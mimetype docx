--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Tony Rey </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE BÂTI COMME EXPRESSION DE LA VULNÉRABILITÉ STRUCTURELLE EN MILIEU URBAIN FACE AUX INONDATIONS : APPLICATION D'UNE MÉTHODE D'ÉVALUATION DANS LA BANLIEUE DAKAROISE (DJIDDAH THIAROYE KAO, SÉNÉGAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matar Seck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Awa Niang-Fall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces Africains (Revue des Sciences Sociales)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, Revue des sciences sociales, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La relocalisation, une stratégie d’adaptation aux risques côtiers : les leçons tirées des projets aux Antilles françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maeli Tramis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études Caribéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53, http://journals.openedition.org/etudescaribeennes/24309</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responses and adjustments of the coastal systems of Dominica (Lesser Antilles) when faced with an extreme event: Hurricane Maria (September 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Cécé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Krien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Hazards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 116 (1), pp.151-191. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11069-022-05668-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drone et cartographie post-désastre : exemples d’applications sur un territoire cycloné (Petites Antilles du Nord, ouragan Irma, septembre 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Péroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Candela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinet Freddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartes &amp; géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 245-246, pp.163-177. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62437/cixz348-656etyknpgmcw-17700952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volcanic hazards assessment of Oldoinyo Lengai in a data scarcity context (Tanzania)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territorium: Revista Internacional de Riscos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28(II), pp.69-81. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14195/1647-7723_28-2_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements côtiers et inondations suite au passage d’un ouragan extrême (Irma, 2017) aux Petites Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Candela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Péroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EchoGéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/echogeo.18666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la gestion des risques hydrométéorologiques au Cambodge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 42, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tem.5761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coastal Processes and Influence on Damage to Urban Structures during Hurricane Irma (St-Martin & St-Barthélemy, French West Indies)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Candela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Belmadani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Palany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (7), pp.215. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jmse7070215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons learned from tropical cyclone Pam to Vanuatu (Melanesia): coastal hazards and flash flood and damages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Le Dé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (4), </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.11842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinématique et impacts d’un événement hydrométéorologique : les inondations du 6-7 octobre 2014, Grabels (France méditerranéenne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Boissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (1), s.p. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.16965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02916636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleoenvironmental reconstruction of the ancient harbors of King Louis IX (Aigues-Mortes, Rhone Delta, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Faucherre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Virmoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Galano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9, pp.505 - 513. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2016.08.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01481285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cité médiévale d’Aigues-Mortes (Gard) : nouvelles données géomorphologiques et archéologiques sur un site méconnu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florençon Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Lartigot-Campin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39, pp.201-215. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeosciences.4504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts et risques environnementaux dans la zone des Niayes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Denain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géorisques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp.19-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des recherches géoarchéologiques autour du port médiéval d'Aigues-Mortes (30)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lettre des lagunes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de production du risque « submersion marine » en zone littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Boissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 222, pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques environnementales dans la partie occidentale du delta du Rhône du néolithique à l'époque romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Tunisienne de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 41, pp.103-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural and human environmental impacts along the Senegalese Great Coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">West Africa Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19, pp.155-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications environnementales dans l'espace du lac Retba (Grande Côte, Sénégal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Ndeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Denain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Geoscience Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 16 (n°4), pp.233-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modalités de remplissages sédimentaires des paléochenaux holocènes identifiés dans la partie occidentale du delta rhodanien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 21 (1), pp.101-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deltaic plain development and environmental changes in the Petite Camargue, Rhône Delta, France, in the past 200 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Vella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 71 (3), pp.284-294</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long term dynamics of a Mediterranean alkaline vernal pool (Rhone delta, Southern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge D. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bruneton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingeborg Soulié-Märsche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wetlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 28 (4), pp.951-966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données nouvelles sur les lobes deltaïques du paléogolfe d'Aigues Mortes à l'Holocène (Petite Camargue, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Vella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 16 (4), pp.329-338. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse comparée des impacts des évènements cycloniques extrêmes en territoire insulaire caribéen : le cas des ouragans Irma et Maria à Saint-Martin, Saint-Barthélemy et la Dominique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géorisques, rencontres scientifiques 17e édition : la saison cyclonique 2017 aux Antilles, Apprentissages scientifiques et transferts de connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Pointe-à-Pitre, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les leçons de la catastrophe du 2 octobre 2020 dans la vallée de la Vésubie (Alpes-Maritimes, France) - quelles opportunités pour ce territoire de montagne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chevret Célia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candela Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustelli Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les tempêtes tuent. Apports de l'évaluation de la vulnérabilité humaine et territoriale à travers l'analyse de la mortalité liée aux évènements hydrométéorologiques extrêmes depuis 1950 dans l'archipel Guadeloupéen et à la Dominique (Petites Antilles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Le Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVth Symposium Ibero-African-American on Risks : Global Processes and Vulnerabilities, Threats/Risks and Local Strategies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bogota, Colombie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of geodynamical processes on the socio-ecosystem of North Tanzania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Tiberi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Albaric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gaucherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Great African Rift Interdisciplinary Research Group 2022 Scientific meeting (GDR Rift Colloquium 2022 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scalar assessment and mapping of volcanic hazards and risks in the space of Ol Doinyo Lengaï (Tanzania)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Candela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">V International Congress on Risks, Contribution of the Science for Disaster Risk Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Coimbra (Portugal), Portugal. pp.69-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contraintes naturelles et adaptations sociétales sur les littoraux du languedoc oriental depuis la protohistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjane Roure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Colloque d'Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie, 22 au 26 Avril 2013, Université de Caen Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnements et sociétés en Languedoc oriental à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPCC Centre Européen de Recherches Préhistoriques de Tautavel dans le cadre des « Vendredis de Tautavel », 31 mai 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Tautavel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « lacs » des Celtes : synthèse de évolution paléogéographique et environnementale des littoraux du Languedoc oriental depuis la Protohistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjane Roure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Compan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Gaulois au fil de l’eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEAF, 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation de la plaine deltaïque de Petite Camargue à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "La formation de la plaine deltaïque de Petite Camargue à l'Holocène : approche géomorphologique, géoarchéologique et paléoécologique", Le Cailar, décembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Le Cailar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paléogolfe d'Aigues-Mortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Rencontre de St Louis, Le Grau du Roi, 7 Mai 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Le Grau du Roi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and climate changes in West Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Vinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "Climate and climate changes in West Africa : Vulnerabilities, risks, adaptation", Accra (Ghana), 25 june 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Accra, Ghana</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques environnementaux et développement durable dans la zone du Lac Retba (Sénégal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Le littoral : gestion d’un espace à risques", 4emes Rencontres Géorisque, Montpellier, 29 Janvier 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution du paléogolfe d’Aigues-Mortes depuis 2000 ans (Petite Camargue, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Vella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Les littoraux entre nature et société", Colloque International en Hommage au Professeur Roland Paskoff, Tunis, 11-13 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution paléogéographique de la plaine deltaïque de Petite Camargue entre les Costières et le cordon des Sables (delta du Rhône, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Le littoral languedocien durant l’âge du Fer", Table ronde, Lattes, 6 février 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lattes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques fluvio-palustres en petite Camargue à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">table ronde en l'honneur du Professeur René Neboit-Guilhot, Clermont-Ferrand, 25-26-27 mars 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Clermont-Ferrand, France. pp.127-132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles données acquises sur l'étang de l'Or (Hérault)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cavero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"La géomorphologie en contexte archéologique : Quels regards sur les territoires et le peuplement ?", Séminaire, Lattes, 24 mai 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lattes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An uncommon geomorphological crisis — Dominica Coastal systems response and adjustments in the Aftermath of Hurricane Maria (September 2017 episode)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceanext international interdisciplinary conference second edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03137389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An uncommon geomorphological crisis-Dominica Coastal systems response and adjustments in the Aftermath of Hurricane Maria (September 2017 episode)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd edition of the international multidisciplinary conference OCEANEXT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archipel du Vanuatu Post-cyclone Pam. Identifier les vulnérabilités et les capacités de résilience sociétale et environnementale par un RETEX sur le long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Le Dé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géorisque 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03153912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hazard in TAnzanian Rift project : how geodynamical processes can affect an ecosystem in terms of riks, education and population evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Tiberi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Clutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International conference of the East African Rift, Dar El Salam, 8 octobre 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dar El Salam, Tanzania. s.p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le remplissage sédimentaire du golfe d'Aigues Mortes depuis 2000 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rakrouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Biodiversité au Quaternaire : Climats, Environnements et Peuplements", Colloque Q6 AFEQ/CNF-INQUA, Montpellier, 26-28 février 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Montpellier, France. pp.n.c, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retours d'expériences post-catastrophes naturelles. (Presses Universitaires de la Méditerranée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retours d'expériences post-catastrophes naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Géorisques, Frédéric Leone; Freddy Vinet, 978-2-36781-327-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation de la plaine deltaïque de Petite Camargue à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rey T. Éd. Édilivre Aparis, 306 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définitions et variétés des formes littorales.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ss. dir. Desse M., Robert S., Herbert V., Chadenas C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les littoraux français. Permanences, changements enjeux.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod / Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp 39-66., 2024, Horizon, 978-2-200-63816-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Lengaï, un géomorphosite chargé d’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boisserie J.-R.; Prat S.; Tiberi C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Rift Africain - à la confluence des temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Cherche Midi; CNRS, pp.160-161, 2024, 9782749178141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une aventure scientifique à travers le temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Tiberi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Renaud Boisserie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Renaud Boisserie; Sandrine Prat; Christel Tiberi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le grand Rift africain, à la confluence des temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cherche-Midi; CNRS, pp.18-23, 2023, 978-2-7491-7814-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les colères froides de l’Ol Doinyo Lengaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyderic France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boisserie J.-R.; Prat S.; Tiberi C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Rift Africain - à la confluence des temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cherche-Midi; CNRS, pp.70-71, 2023, 978-2-7491-7814-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04503637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques et évolutions du littoral languedocien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Etudes héraultaises. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occitanie, un littoral en mouvement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 58, pp.9-20, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et savoirs traditionnels dans la résilience des sociétés face aux phénomènes naturels extrêmes, exemples de Port-Vila et Imafen (Vanuatu)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Résilience et adaptation aux risques « naturels »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03292834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « lacs » des Celtes : synthèse de évolution paléogéographique et environnementale des littoraux du Languedoc oriental depuis la Protohistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjane Roure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabienne Olmer; Réjane Roure. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Gaulois au fil de l’eau. Actes du 37e colloque de l’Association française pour l’étude de l’âge du Fer (Montpellier, 7-11 mai 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mémoires (39), </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausonius Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-34, 2015, 978-2-35613-129-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution de la plaine deltaïque de la Petite Camargue du Néolithique ancien à l’Antiquité Romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre des monuments nationaux ; UMR 5140 de Lattes-Montpellier ; UMR 6572 Laboratoire d'archéologie médévale méditerranéenne d'Aix-en-Provence. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D'Espeyran à Saint-Gilles, de l'Antiquité au Moyen âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil général du Gard, pp.15-23, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ports et étangs du Languedoc au temps des Grecs et des Gaulois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjane Roure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003, 23 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résiliences post-Pam Vanuatu : suivi du processus de RESILIENCES sociétale et environnementale POST-cyclone PAM et renforcement des capacités de prévention des risques naturels majeurs au Vanuatu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Le De</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Fonds de coopération économique, sociale et culturelle pour le Pacifique dit « Fonds Pacifique » (FP), IRD, Université Montpellier 3, Université d’Auckland, Croix Rouge française au Vanuatu. 2019, 78 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03078329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ports médiévaux d'Aigues-Mortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Galano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Faucherre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Direction Régionale des Affaires Culturelles du Languedoc-Roussillon. 2016, s.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03078325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma régional d'aménagement du territoire de la région de Ségou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] GERAD. 2011, 109 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma régional d'aménagement du territoire de la région de Koulikoro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] GERAD. 2011, 121 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climat et changements climatiques en Afrique de l'ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Vinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] WaterAid. 2009, 32 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats de l'étude paléoenvironnementale acquis sur le site protohistorique d'Espeyran (Gard, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IRD. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques hydro-sédimentaires en Petite Camargue à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géomorphologie. Université Paul Valéry - Montpellier III, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00273819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des paléoenvironnements aux aléas côtiers : un géomorphologue à travers les temporalités littorales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Montpellier Paul Valéry, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04964914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId148"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Tony Rey </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE BÂTI COMME EXPRESSION DE LA VULNÉRABILITÉ STRUCTURELLE EN MILIEU URBAIN FACE AUX INONDATIONS : APPLICATION D'UNE MÉTHODE D'ÉVALUATION DANS LA BANLIEUE DAKAROISE (DJIDDAH THIAROYE KAO, SÉNÉGAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matar Seck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Awa Niang-Fall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces Africains (Revue des Sciences Sociales)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, Revue des sciences sociales, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La relocalisation, une stratégie d’adaptation aux risques côtiers : les leçons tirées des projets aux Antilles françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maeli Tramis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études Caribéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53, http://journals.openedition.org/etudescaribeennes/24309</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responses and adjustments of the coastal systems of Dominica (Lesser Antilles) when faced with an extreme event: Hurricane Maria (September 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Cécé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Krien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Hazards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 116 (1), pp.151-191. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11069-022-05668-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volcanic hazards assessment of Oldoinyo Lengai in a data scarcity context (Tanzania)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territorium: Revista Internacional de Riscos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28(II), pp.69-81. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14195/1647-7723_28-2_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drone et cartographie post-désastre : exemples d’applications sur un territoire cycloné (Petites Antilles du Nord, ouragan Irma, septembre 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Péroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Candela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinet Freddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartes &amp; géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 245-246, pp.163-177. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62437/cixz348-656etyknpgmcw-17700952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements côtiers et inondations suite au passage d’un ouragan extrême (Irma, 2017) aux Petites Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Candela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Péroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EchoGéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/echogeo.18666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la gestion des risques hydrométéorologiques au Cambodge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 42, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tem.5761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coastal Processes and Influence on Damage to Urban Structures during Hurricane Irma (St-Martin & St-Barthélemy, French West Indies)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Candela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Belmadani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Palany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (7), pp.215. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jmse7070215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons learned from tropical cyclone Pam to Vanuatu (Melanesia): coastal hazards and flash flood and damages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Le Dé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (4), </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.11842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleoenvironmental reconstruction of the ancient harbors of King Louis IX (Aigues-Mortes, Rhone Delta, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Faucherre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Virmoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Galano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9, pp.505 - 513. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2016.08.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01481285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinématique et impacts d’un événement hydrométéorologique : les inondations du 6-7 octobre 2014, Grabels (France méditerranéenne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Boissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (1), s.p. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.16965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02916636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cité médiévale d’Aigues-Mortes (Gard) : nouvelles données géomorphologiques et archéologiques sur un site méconnu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Markiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florençon Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Lartigot-Campin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39, pp.201-215. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeosciences.4504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts et risques environnementaux dans la zone des Niayes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Denain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géorisques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp.19-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des recherches géoarchéologiques autour du port médiéval d'Aigues-Mortes (30)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lettre des lagunes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de production du risque « submersion marine » en zone littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Vinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Boissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 222, pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques environnementales dans la partie occidentale du delta du Rhône du néolithique à l'époque romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Tunisienne de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 41, pp.103-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural and human environmental impacts along the Senegalese Great Coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">West Africa Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19, pp.155-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications environnementales dans l'espace du lac Retba (Grande Côte, Sénégal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Ndeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Denain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Geoscience Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 16 (n°4), pp.233-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modalités de remplissages sédimentaires des paléochenaux holocènes identifiés dans la partie occidentale du delta rhodanien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 21 (1), pp.101-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deltaic plain development and environmental changes in the Petite Camargue, Rhône Delta, France, in the past 200 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Vella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 71 (3), pp.284-294</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long term dynamics of a Mediterranean alkaline vernal pool (Rhone delta, Southern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge D. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bruneton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingeborg Soulié-Märsche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wetlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 28 (4), pp.951-966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données nouvelles sur les lobes deltaïques du paléogolfe d'Aigues Mortes à l'Holocène (Petite Camargue, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Vella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 16 (4), pp.329-338. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse comparée des impacts des évènements cycloniques extrêmes en territoire insulaire caribéen : le cas des ouragans Irma et Maria à Saint-Martin, Saint-Barthélemy et la Dominique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géorisques, rencontres scientifiques 17e édition : la saison cyclonique 2017 aux Antilles, Apprentissages scientifiques et transferts de connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Pointe-à-Pitre, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les leçons de la catastrophe du 2 octobre 2020 dans la vallée de la Vésubie (Alpes-Maritimes, France) - quelles opportunités pour ce territoire de montagne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chevret Célia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candela Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustelli Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les tempêtes tuent. Apports de l'évaluation de la vulnérabilité humaine et territoriale à travers l'analyse de la mortalité liée aux évènements hydrométéorologiques extrêmes depuis 1950 dans l'archipel Guadeloupéen et à la Dominique (Petites Antilles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Le Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVth Symposium Ibero-African-American on Risks : Global Processes and Vulnerabilities, Threats/Risks and Local Strategies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bogota, Colombie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of geodynamical processes on the socio-ecosystem of North Tanzania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Tiberi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Albaric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gaucherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Great African Rift Interdisciplinary Research Group 2022 Scientific meeting (GDR Rift Colloquium 2022 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scalar assessment and mapping of volcanic hazards and risks in the space of Ol Doinyo Lengaï (Tanzania)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Candela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">V International Congress on Risks, Contribution of the Science for Disaster Risk Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Coimbra (Portugal), Portugal. pp.69-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnements et sociétés en Languedoc oriental à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPCC Centre Européen de Recherches Préhistoriques de Tautavel dans le cadre des « Vendredis de Tautavel », 31 mai 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Tautavel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « lacs » des Celtes : synthèse de évolution paléogéographique et environnementale des littoraux du Languedoc oriental depuis la Protohistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjane Roure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Compan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Gaulois au fil de l’eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEAF, 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contraintes naturelles et adaptations sociétales sur les littoraux du languedoc oriental depuis la protohistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjane Roure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Colloque d'Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie, 22 au 26 Avril 2013, Université de Caen Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation de la plaine deltaïque de Petite Camargue à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "La formation de la plaine deltaïque de Petite Camargue à l'Holocène : approche géomorphologique, géoarchéologique et paléoécologique", Le Cailar, décembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Le Cailar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paléogolfe d'Aigues-Mortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Rencontre de St Louis, Le Grau du Roi, 7 Mai 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Le Grau du Roi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and climate changes in West Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Vinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "Climate and climate changes in West Africa : Vulnerabilities, risks, adaptation", Accra (Ghana), 25 june 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Accra, Ghana</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques environnementaux et développement durable dans la zone du Lac Retba (Sénégal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Le littoral : gestion d’un espace à risques", 4emes Rencontres Géorisque, Montpellier, 29 Janvier 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques fluvio-palustres en petite Camargue à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">table ronde en l'honneur du Professeur René Neboit-Guilhot, Clermont-Ferrand, 25-26-27 mars 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Clermont-Ferrand, France. pp.127-132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution du paléogolfe d’Aigues-Mortes depuis 2000 ans (Petite Camargue, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Vella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Les littoraux entre nature et société", Colloque International en Hommage au Professeur Roland Paskoff, Tunis, 11-13 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution paléogéographique de la plaine deltaïque de Petite Camargue entre les Costières et le cordon des Sables (delta du Rhône, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Le littoral languedocien durant l’âge du Fer", Table ronde, Lattes, 6 février 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lattes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles données acquises sur l'étang de l'Or (Hérault)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cavero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"La géomorphologie en contexte archéologique : Quels regards sur les territoires et le peuplement ?", Séminaire, Lattes, 24 mai 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lattes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An uncommon geomorphological crisis — Dominica Coastal systems response and adjustments in the Aftermath of Hurricane Maria (September 2017 episode)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceanext international interdisciplinary conference second edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03137389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An uncommon geomorphological crisis-Dominica Coastal systems response and adjustments in the Aftermath of Hurricane Maria (September 2017 episode)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Battut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd edition of the international multidisciplinary conference OCEANEXT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archipel du Vanuatu Post-cyclone Pam. Identifier les vulnérabilités et les capacités de résilience sociétale et environnementale par un RETEX sur le long terme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Le Dé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géorisque 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03153912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hazard in TAnzanian Rift project : how geodynamical processes can affect an ecosystem in terms of riks, education and population evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Tiberi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Clutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International conference of the East African Rift, Dar El Salam, 8 octobre 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dar El Salam, Tanzania. s.p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le remplissage sédimentaire du golfe d'Aigues Mortes depuis 2000 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rakrouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Biodiversité au Quaternaire : Climats, Environnements et Peuplements", Colloque Q6 AFEQ/CNF-INQUA, Montpellier, 26-28 février 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Montpellier, France. pp.n.c, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retours d'expériences post-catastrophes naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Géorisques, Frédéric Leone; Freddy Vinet, 978-2-36781-327-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retours d'expériences post-catastrophes naturelles. (Presses Universitaires de la Méditerranée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation de la plaine deltaïque de Petite Camargue à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rey T. Éd. Édilivre Aparis, 306 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définitions et variétés des formes littorales.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ss. dir. Desse M., Robert S., Herbert V., Chadenas C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les littoraux français. Permanences, changements enjeux.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod / Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp 39-66., 2024, Horizon, 978-2-200-63816-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Lengaï, un géomorphosite chargé d’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurice Parat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boisserie J.-R.; Prat S.; Tiberi C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Rift Africain - à la confluence des temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Cherche Midi; CNRS, pp.160-161, 2024, 9782749178141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une aventure scientifique à travers le temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Tiberi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Renaud Boisserie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Renaud Boisserie; Sandrine Prat; Christel Tiberi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le grand Rift africain, à la confluence des temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cherche-Midi; CNRS, pp.18-23, 2023, 978-2-7491-7814-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les colères froides de l’Ol Doinyo Lengaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyderic France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boisserie J.-R.; Prat S.; Tiberi C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Rift Africain - à la confluence des temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cherche-Midi; CNRS, pp.70-71, 2023, 978-2-7491-7814-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04503637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques et évolutions du littoral languedocien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Etudes héraultaises. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occitanie, un littoral en mouvement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 58, pp.9-20, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et savoirs traditionnels dans la résilience des sociétés face aux phénomènes naturels extrêmes, exemples de Port-Vila et Imafen (Vanuatu)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Résilience et adaptation aux risques « naturels »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03292834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « lacs » des Celtes : synthèse de évolution paléogéographique et environnementale des littoraux du Languedoc oriental depuis la Protohistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjane Roure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabienne Olmer; Réjane Roure. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Gaulois au fil de l’eau. Actes du 37e colloque de l’Association française pour l’étude de l’âge du Fer (Montpellier, 7-11 mai 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mémoires (39), </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausonius Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-34, 2015, 978-2-35613-129-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution de la plaine deltaïque de la Petite Camargue du Néolithique ancien à l’Antiquité Romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre des monuments nationaux ; UMR 5140 de Lattes-Montpellier ; UMR 6572 Laboratoire d'archéologie médévale méditerranéenne d'Aix-en-Provence. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D'Espeyran à Saint-Gilles, de l'Antiquité au Moyen âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil général du Gard, pp.15-23, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ports et étangs du Languedoc au temps des Grecs et des Gaulois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réjane Roure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003, 23 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résiliences post-Pam Vanuatu : suivi du processus de RESILIENCES sociétale et environnementale POST-cyclone PAM et renforcement des capacités de prévention des risques naturels majeurs au Vanuatu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Le De</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Defossez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Gherardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Fonds de coopération économique, sociale et culturelle pour le Pacifique dit « Fonds Pacifique » (FP), IRD, Université Montpellier 3, Université d’Auckland, Croix Rouge française au Vanuatu. 2019, 78 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03078329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ports médiévaux d'Aigues-Mortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Galano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Faucherre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Direction Régionale des Affaires Culturelles du Languedoc-Roussillon. 2016, s.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03078325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma régional d'aménagement du territoire de la région de Ségou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] GERAD. 2011, 109 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma régional d'aménagement du territoire de la région de Koulikoro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] GERAD. 2011, 121 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climat et changements climatiques en Afrique de l'ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Vinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] WaterAid. 2009, 32 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats de l'étude paléoenvironnementale acquis sur le site protohistorique d'Espeyran (Gard, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IRD. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03077255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques hydro-sédimentaires en Petite Camargue à l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géomorphologie. Université Paul Valéry - Montpellier III, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00273819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des paléoenvironnements aux aléas côtiers : un géomorphologue à travers les temporalités littorales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Montpellier Paul Valéry, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04964914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId148"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04648294v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matar Seck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Rey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Defossez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Niang-Fall" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054543v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeli Tramis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831607v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Battut" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l C&#233;c&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bernard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Krien" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-022-05668-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607811v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P&#233;roche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Candela" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinet Freddy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz348-656etyknpgmcw-17700952" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260682v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gherardi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurice Parat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/1647-7723_28-2_6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138219v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.18666" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03143534v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.5761" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182034v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Belmadani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Palany" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7070215" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143547v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le D&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11842" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-4NL6T691-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916636v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Vinet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boissier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16965" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481285v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Galano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.08.035" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NGQ2J4K4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273835v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Markiewicz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren&#231;on Patrick" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lartigot-Campin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4504" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067201v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diop" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Denain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077254v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062380v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067202v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067200v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067203v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ndeye" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061682v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060720v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lef&#232;vre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vella" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061681v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge D. Muller" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bruneton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingeborg Souli&#233;-M&#228;rsche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thi&#233;ry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060718v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.529" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682949v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964903v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chevret C&#233;lia" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candela Thomas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robustelli Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775017v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Texier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891618v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Tiberi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Gautier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gaucherel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964892v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074739v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Roure" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074740v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072608v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Compan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074741v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074742v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072609v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074372v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072221v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074374v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070953v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Andr&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Muller" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074373v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137389v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964908v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153912v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pradel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076561v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gautier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baudin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clutier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076624v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rakrouki" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03143539v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135646v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050292v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933865v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/prepas-concours/littoraux-francais-capes-agregation-histoire-geographie" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843195v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501800v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Renaud Boisserie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503637v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyderic France" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964875v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03292834v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vauthier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273839v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055902v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095072v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Py" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078329v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le De" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078325v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Faucherre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920951v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920950v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077253v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077255v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00273819v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04964914v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04648294v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matar Seck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Rey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Defossez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Niang-Fall" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054543v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeli Tramis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831607v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Battut" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l C&#233;c&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bernard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Krien" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-022-05668-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260682v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gherardi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurice Parat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/1647-7723_28-2_6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607811v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P&#233;roche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Candela" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinet Freddy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz348-656etyknpgmcw-17700952" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138219v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.18666" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03143534v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.5761" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182034v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Belmadani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Palany" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7070215" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143547v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le D&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11842" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-4NL6T691-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481285v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Galano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.08.035" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NGQ2J4K4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916636v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Vinet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boissier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16965" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273835v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Markiewicz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren&#231;on Patrick" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lartigot-Campin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4504" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067201v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diop" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Denain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077254v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062380v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067202v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067200v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067203v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ndeye" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061682v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060720v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lef&#232;vre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vella" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061681v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge D. Muller" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bruneton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingeborg Souli&#233;-M&#228;rsche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thi&#233;ry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060718v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.529" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682949v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964903v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chevret C&#233;lia" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candela Thomas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robustelli Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775017v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Texier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891618v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Tiberi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Gautier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gaucherel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964892v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074740v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072608v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Roure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Compan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074739v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074741v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074742v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072609v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074372v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070953v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Andr&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Muller" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072221v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074374v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074373v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137389v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964908v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153912v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pradel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076561v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gautier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baudin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clutier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076624v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rakrouki" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135646v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03143539v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050292v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933865v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/prepas-concours/littoraux-francais-capes-agregation-histoire-geographie" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843195v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501800v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Renaud Boisserie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503637v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyderic France" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964875v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03292834v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vauthier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273839v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055902v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095072v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Py" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078329v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le De" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078325v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Faucherre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920951v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920950v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077253v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077255v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00273819v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04964914v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>