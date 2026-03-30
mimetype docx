--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -185,55 +185,55 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josu C Aurrekoetxea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Living Reviews in Relativity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28 (9), </w:t>
+              <w:t xml:space="preserve">Living Rev.Rel.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (9), pp.9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s41114-025-00056-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -344,391 +344,391 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravitational-Wave Phasing of Compact Binary Systems to the Fourth-and-a-Half post-Newtonian Order</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The quadrupole moment of compact binaries to the fourth post-Newtonian order: relating the harmonic and radiative metrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Larrouturou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Blanchet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Trestini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.121402⟩</w:t>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (5), pp.055006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6382/acb5de⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04093510v1</w:t>
+                <w:t xml:space="preserve">hal-03790348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravitational Wave Flux and Quadrupole Modes from Quasi-Circular Non-Spinning Compact Binaries to the Fourth Post-Newtonian Order</w:t>
+                <w:t xml:space="preserve">Gravitational-Wave Phasing of Compact Binary Systems to the Fourth-and-a-Half post-Newtonian Order</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Larrouturou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Trestini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (6), pp.064041. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 131 (12), pp.121402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.108.064041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.121402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04093506v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04093510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The quadrupole moment of compact binaries to the fourth post-Newtonian order: relating the harmonic and radiative metrics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gravitational Wave Flux and Quadrupole Modes from Quasi-Circular Non-Spinning Compact Binaries to the Fourth Post-Newtonian Order</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Larrouturou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Trestini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Blanchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 40 (5), pp.055006. </w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (6), pp.064041. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6382/acb5de⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.108.064041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03790348v1</w:t>
+                <w:t xml:space="preserve">hal-04093506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravitational waves in scalar-tensor theory to one-and-a-half post-Newtonian order</w:t>
               </w:r>
@@ -889,51 +889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barry Wardell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Trestini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Pound</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1014,336 +1014,336 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03955846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gravitational-wave tails of memory at 4PN order</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">57th Rencontres de Moriond on Gravitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, La Thuile, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04127973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gravitational waves in scalar-tensor theory to one-and-a-half post-Newtonian order</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">56th Rencontres de Moriond on Gravitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, La Thuile, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04114583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravitational radiation of compact binary systems in general relativity and in scalar-tensor theories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Trestini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astrophysics [astro-ph]. Sorbonne Université, 2023. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023SORUS233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04224762v1</w:t>
-              </w:r>
-[...181 lines deleted...]
-                <w:t xml:space="preserve">hal-04114583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId39"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1498,51 +1498,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285017v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niaesh Afshordi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarp Ak&#231;ay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Amaro Seoane" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Antonelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu C Aurrekoetxea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41114-025-00056-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668785v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Blanchet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Faye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Trestini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/adac9d" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093510v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Henry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Larrouturou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.121402" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093506v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.064041" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790348v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/acb5de" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559932v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bernard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2022/08/008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642089v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Warburton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Wardell" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Pound" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955846v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04224762v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023SORUS233" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127973v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114583v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285017v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niaesh Afshordi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarp Ak&#231;ay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Amaro Seoane" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Antonelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu C Aurrekoetxea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41114-025-00056-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668785v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Blanchet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Faye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Trestini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/adac9d" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790348v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Larrouturou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/acb5de" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093510v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Henry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.121402" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093506v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.064041" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559932v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bernard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2022/08/008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642089v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Warburton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Wardell" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Pound" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955846v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127973v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114583v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04224762v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023SORUS233" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>