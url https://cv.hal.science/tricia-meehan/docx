--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -299,363 +299,363 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrastructurectomie</w:t>
+                <w:t xml:space="preserve">Barimnésie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sadoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tricia Meehan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sans mots de l'habitabilité et de la territorialité,</w:t>
+              <w:t xml:space="preserve">Les sans mots de l'habitabilité et de la territorialité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02525121v1</w:t>
+                <w:t xml:space="preserve">halshs-02525101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barimnésie</w:t>
+                <w:t xml:space="preserve">Infrastructurectomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sadoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tricia Meehan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sans mots de l'habitabilité et de la territorialité</w:t>
+              <w:t xml:space="preserve">Les sans mots de l'habitabilité et de la territorialité,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02525101v1</w:t>
+                <w:t xml:space="preserve">halshs-02525121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Val Maubuée : La Cité jardin revisitée</w:t>
+                <w:t xml:space="preserve">Raynaud, Charles, Consigny, Pierre, Filippi, Pierre-Louis, Fraysse, Jacqueline, Gautier, Jacques, Hutin, Georges, Josse, Pierre, Lacaze, Jean-Paul, Lion, Robert, Maugard, Alain, Mayet, Pierre, Millier, Jean, Prothin, André, Senneville, Gérard de</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tricia Meehan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Antoine Picon &amp; Clément Orillard. </w:t>
+              <w:t xml:space="preserve">Pierre Chabard &amp; Virgine Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De la Ville nouvelle à la ville durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Parenthèses, pp.111-125, 2012, 978-2863642740</w:t>
+              <w:t xml:space="preserve">La Défense : Une dictionnaire - architecture / politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Parenthèses, pp.69, 70-72, 81, 83, 94-95, 126, 215, 222, 230, 267, 279, 286-287, 290-291, 295-299, 350-351, 384-385, 2012, 978-2-86364-263-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00953529v1</w:t>
+                <w:t xml:space="preserve">hal-00953528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raynaud, Charles, Consigny, Pierre, Filippi, Pierre-Louis, Fraysse, Jacqueline, Gautier, Jacques, Hutin, Georges, Josse, Pierre, Lacaze, Jean-Paul, Lion, Robert, Maugard, Alain, Mayet, Pierre, Millier, Jean, Prothin, André, Senneville, Gérard de</w:t>
+                <w:t xml:space="preserve">Val Maubuée : La Cité jardin revisitée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tricia Meehan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Pierre Chabard &amp; Virgine Picon-Lefebvre. </w:t>
+              <w:t xml:space="preserve">Antoine Picon &amp; Clément Orillard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Défense : Une dictionnaire - architecture / politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Parenthèses, pp.69, 70-72, 81, 83, 94-95, 126, 215, 222, 230, 267, 279, 286-287, 290-291, 295-299, 350-351, 384-385, 2012, 978-2-86364-263-4</w:t>
+              <w:t xml:space="preserve">De la Ville nouvelle à la ville durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Parenthèses, pp.111-125, 2012, 978-2863642740</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00953528v1</w:t>
+                <w:t xml:space="preserve">hal-00953529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1136,51 +1136,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05485687v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tricia Meehan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiedgerken Tadd" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Stanard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522684v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Orillard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02525121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sadoux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coste" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02525101v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953529v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953528v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128721v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Labrunye" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Samoyault-Muller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Conte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gournay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323487v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gourbin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159966v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05485687v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tricia Meehan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiedgerken Tadd" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Stanard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522684v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Orillard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02525101v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sadoux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coste" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02525121v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953528v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953529v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128721v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Labrunye" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Samoyault-Muller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Conte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gournay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323487v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gourbin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159966v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>