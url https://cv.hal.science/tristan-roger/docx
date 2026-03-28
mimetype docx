--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -642,235 +642,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are retail investors less aggressive on small price stocks?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prévisions d’analystes financiers et ordre de grandeur des prix : une approche expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Bousselmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Willinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Financial Markets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.finmar.2021.100685⟩</w:t>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 72 (5), pp.843-870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reco.725.0843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03421009v1</w:t>
+                <w:t xml:space="preserve">hal-03373298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévisions d’analystes financiers et ordre de grandeur des prix : une approche expérimentale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are retail investors less aggressive on small price stocks?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Roger</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Willinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Economique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 72 (5), pp.843-870. </w:t>
+              <w:t xml:space="preserve">Journal of Financial Markets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.100685. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/reco.725.0843⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.finmar.2021.100685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03373298v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What drives retail portfolio exposure to ESG factors?</w:t>
               </w:r>
@@ -1828,216 +1828,216 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Price magnitude, trading behavior and mispricing: An experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adolescent Financial Literacy: Viewing Peers as Good Financial Role Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Agnew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Roger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04451851v2</w:t>
+                <w:t xml:space="preserve">hal-04744474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adolescent Financial Literacy: Viewing Peers as Good Financial Role Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephen Agnew</w:t>
+                <w:t xml:space="preserve">Price magnitude, trading behavior and mispricing: An experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Bousselmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Willinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04744474v1</w:t>
+                <w:t xml:space="preserve">hal-04451851v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of price magnitude on analysts' forecasts: evidence from the lab</w:t>
               </w:r>
@@ -2497,51 +2497,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492967v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Agnew" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Roger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Roger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2025.102098" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-05199586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/YC-10-2024-2258" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772822v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Bousselmi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Willinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15427560.2024.2427008" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243115v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joes.12583" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03518593v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jedc.2021.104293" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421009v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole M&#233;tais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finmar.2021.100685" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373298v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.725.0843" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373287v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine D&#8217;hondt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Merli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2021.102470" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026577v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062278v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fontaine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fina.411.0053" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303555v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schatt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/fb.2017.1.1.1853" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483831v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pfiffelmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Bourachnikova" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2015.10.041" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W1ZVS7VK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483837v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894269v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dargnies" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gresse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451846v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00658723v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451851v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744474v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954919v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954921v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00980717v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENG004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492967v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Agnew" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Roger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Roger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2025.102098" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-05199586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/YC-10-2024-2258" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772822v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Bousselmi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Willinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15427560.2024.2427008" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243115v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joes.12583" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03518593v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jedc.2021.104293" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373298v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.725.0843" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421009v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole M&#233;tais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finmar.2021.100685" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373287v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine D&#8217;hondt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Merli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2021.102470" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026577v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062278v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fontaine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fina.411.0053" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303555v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schatt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/fb.2017.1.1.1853" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483831v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pfiffelmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Bourachnikova" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2015.10.041" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W1ZVS7VK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483837v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894269v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dargnies" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gresse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451846v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00658723v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744474v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451851v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954919v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954921v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00980717v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENG004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>