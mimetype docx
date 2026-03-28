--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -157,195 +157,195 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inflammation, childhood trauma, and symptom dimensions in schizophrenia: a path-analysis study</w:t>
+                <w:t xml:space="preserve">Conceptual competences in philosophy of psychiatry: A cross-sectional survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisca Silva</w:t>
+                <w:t xml:space="preserve">Christophe Gauld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrei Szöke</w:t>
+                <w:t xml:space="preserve">Awais Aftab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Lajnef</w:t>
+                <w:t xml:space="preserve">Marc Auriacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myrtille André</w:t>
+                <w:t xml:space="preserve">Pierre Fourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Andrieu</w:t>
+                <w:t xml:space="preserve">Christophe Arbus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain, Behavior &amp; Immunity - Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 48, pp.101060. </w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 52 (1), pp.47-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbih.2025.101060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2025.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05304421v1</w:t>
+                <w:t xml:space="preserve">hal-05565143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of relapse in a French cohort of outpatients with schizophrenia (FACE-SZ): Prediction, not association.</w:t>
               </w:r>
@@ -383,3247 +383,3381 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Leboyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Aouizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 137, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pnpbp.2025.111304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05029188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pro-inflammatory processes and metabolic syndrome: combined risk of resistance to treatment in patients with schizophrenia from the FACE-SZ cohort</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Inflammation, childhood trauma, and symptom dimensions in schizophrenia: a path-analysis study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisca Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Szöke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lajnef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtille André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2025.116557⟩</w:t>
+              <w:t xml:space="preserve">Brain, Behavior &amp; Immunity - Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48, pp.101060. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbih.2025.101060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05216782v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05304421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QT Interval, Antipsychotics and Correlates Among Patients with Schizophrenia: Cross-Sectional Data from the Multicentric Real-World FACE-SZ</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Pro-inflammatory processes and metabolic syndrome: combined risk of resistance to treatment in patients with schizophrenia from the FACE-SZ cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaori Saitoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lajnef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Berna</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahid Boukouaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtille Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40264-025-01526-9⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 350, pp.116557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2025.116557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034540v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personal Identity and Narrativity in Borderline Personality Disorder: A Phenomenological Reconfiguration</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">QT Interval, Antipsychotics and Correlates Among Patients with Schizophrenia: Cross-Sectional Data from the Multicentric Real-World FACE-SZ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tudi Gozé</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mona Gerentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Lajnef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Szöke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Aouizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Berna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000526222⟩</w:t>
+              <w:t xml:space="preserve">Drug Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48, pp.739-752. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40264-025-01526-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04229977v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le trouble de la personnalité limite et les profondeurs de l'identité : approche phénoménologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Personal Identity and Narrativity in Borderline Personality Disorder: A Phenomenological Reconfiguration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">István Fazakas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information Psychiatrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (3), pp.183-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000526222⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/ipe.2023.2619⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04407570v1</w:t>
+                <w:t xml:space="preserve">hal-04229977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giving thickness to the minimal self: coenesthetic depth and the materiality of consciousness</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Le trouble de la personnalité limite et les profondeurs de l'identité : approche phénoménologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Bois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phenomenology and the Cognitive Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11097-023-09951-w⟩</w:t>
+              <w:t xml:space="preserve">L'Information Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 99 (7), pp.463-473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ipe.2023.2619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04332974v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04407570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un « goûter » en unité protégée : les bruissements autour d’une non-madeleine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Giving thickness to the minimal self: coenesthetic depth and the materiality of consciousness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">István Fazakas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.inan.2022.10.007⟩</w:t>
+              <w:t xml:space="preserve">Phenomenology and the Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11097-023-09951-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03648176v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is clinical insight a determinant factor of subjective recovery in persons living with schizophrenia or schizoaffective disorders?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un « goûter » en unité protégée : les bruissements autour d’une non-madeleine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Icher</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurie d'Abbadie de Nodrest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tudi Gozé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 316, pp.114726. </w:t>
+              <w:t xml:space="preserve">In Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Cliniques des enveloppes, 6 (3), pp.288-295. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2022.114726⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.inan.2022.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04934912v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03648176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Teach/Learn Praecox Feeling? Through Phenomenology to Medical Education</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Is clinical insight a determinant factor of subjective recovery in persons living with schizophrenia or schizoaffective disorders?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Galliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Sanchez-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Belloc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Phulpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Icher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.819305⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 316, pp.114726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2022.114726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04290668v1</w:t>
+                <w:t xml:space="preserve">hal-04934912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schizophrénie et dissociation (Spaltung) dans l’anthropologie phénoménologique de Marc Richir</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">How to Teach/Learn Praecox Feeling? Through Phenomenology to Medical Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Istvan Fazakas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.03.003⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.819305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404788v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychiatrists Report Praecox Feeling and Find It Reliable. A Cross-Cultural Comparison</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Schizophrénie et dissociation (Spaltung) dans l’anthropologie phénoménologique de Marc Richir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michael Schwartz</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Istvan Fazakas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2021.642322⟩</w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 179 (3), pp.213-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404784v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le délire est-il « inconséquent » ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Poupart</w:t>
+                <w:t xml:space="preserve">Psychiatrists Report Praecox Feeling and Find It Reliable. A Cross-Cultural Comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Bouscail</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tudi Gozé</w:t>
+                <w:t xml:space="preserve">Marcin Moskalewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Kordel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Brejwo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2021.03.013⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2021.642322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04598283v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centrality and Decentration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Le délire est-il « inconséquent » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Poupart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bouscail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Paul Lysaker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nervous and Mental Disease</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 179 (5), pp.452-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2021.03.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/NMD.0000000000001420⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03404785v1</w:t>
+                <w:t xml:space="preserve">hal-04598283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acting on delusion and delusional inconsequentiality: A review</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Centrality and Decentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tudi Gozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Phulpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lysaker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nervous and Mental Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 210 (2), pp.116-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/NMD.0000000000001420⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2021.152230⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03404777v1</w:t>
+                <w:t xml:space="preserve">hal-03404785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schizophrénie et rétablissement : analyse phénoménologique d’un cas de retrait positif</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Acting on delusion and delusional inconsequentiality: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Poupart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bouscail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gesine Sturm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Galliot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.09.006⟩</w:t>
+              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106, pp.152230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2021.152230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404787v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychothérapie institutionnelle en situation de confinement : adaptation du cadre en hôpital de jour. Vers une institution mentale virtuelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Schizophrénie et rétablissement : analyse phénoménologique d’un cas de retrait positif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Karine Faure</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Galliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 178 (7), pp.722-727. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.05.005⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 179 (5), pp.401-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404780v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Social physiology” for psychiatric semiology: How TTOM can initiate an interactive turn for computational psychiatry?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Psychothérapie institutionnelle en situation de confinement : adaptation du cadre en hôpital de jour. Vers une institution mentale virtuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène de Brouwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioral and Brain Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0140525X19002735⟩</w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 178 (7), pp.722-727. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404773v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagination and Self Disorders in Schizophrenia: A Review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">“Social physiology” for psychiatric semiology: How TTOM can initiate an interactive turn for computational psychiatry?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Istvan Fazakas</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000509488⟩</w:t>
+              <w:t xml:space="preserve">Behavioral and Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 43, pp.e102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0140525X19002735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404772v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is “praecox feeling” a phenomenological fossil? A preliminary study on diagnostic decision making in schizophrenia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Imagination and Self Disorders in Schizophrenia: A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Istvan Fazakas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Schizophrenia Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.schres.2018.07.041⟩</w:t>
+              <w:t xml:space="preserve">Psychopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (5-6), pp.264-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000509488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02553011v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is “praecox feeling” a phenomenological fossil? A preliminary study on diagnostic decision making in schizophrenia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Reassessing “Praecox Feeling” in Diagnostic Decision-Making in Schizophrenia: A Critical Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcin Moskalewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Schizophrenia Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.schres.2018.07.041⟩</w:t>
+              <w:t xml:space="preserve">Schizophrenia Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45 (5), pp.966-970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/schbul/sby172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404779v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Enfermer, être enfermé, s’enfermer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Is “praecox feeling” a phenomenological fossil? A preliminary study on diagnostic decision making in schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Moskalewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Naudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Empan</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/empa.114.0009⟩</w:t>
+              <w:t xml:space="preserve">Schizophrenia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 204, pp.413-414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.schres.2018.07.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404792v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02553011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reassessing “Praecox Feeling” in Diagnostic Decision-Making in Schizophrenia: A Critical Review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Is “praecox feeling” a phenomenological fossil? A preliminary study on diagnostic decision making in schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcin Moskalewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Arthur Micoulaud-Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Schizophrenia Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/schbul/sby172⟩</w:t>
+              <w:t xml:space="preserve">Schizophrenia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 204, pp.413-414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.schres.2018.07.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404774v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenomenology as an ethical and epistemological basis of the desalienist movement in france and in Brazil</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Introduction. Enfermer, être enfermé, s’enfermer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Ponet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Morlhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista da Abordagem Gestáltica : Phenomenological Studies (Online)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18065/RAG.2019v25n3.6⟩</w:t>
+              <w:t xml:space="preserve">Empan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 114 (2), pp.9-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/empa.114.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404789v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un échange entre Marcel Sassolas et quatre cliniciens d’orientations différentes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Phenomenology as an ethical and epistemological basis of the desalienist movement in france and in Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marcel Sassolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives Psy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revista da Abordagem Gestáltica : Phenomenological Studies (Online)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (3), pp.274-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18065/RAG.2019v25n3.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/ppsy/2018572102⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03404793v1</w:t>
+                <w:t xml:space="preserve">hal-03404789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenomenology of Intuitive Judgment: Praecox-Feeling in the Diagnosis of Schizophrenia</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Un échange entre Marcel Sassolas et quatre cliniciens d’orientations différentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Félus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gouillez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Winter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Sassolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AVANT. The Journal of the Philosophical-Interdisciplinary Vanguard</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26913/avant.2018.02.04⟩</w:t>
+              <w:t xml:space="preserve">Perspectives Psy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (2), pp.102-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ppsy/2018572102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03404791v1</w:t>
+                <w:t xml:space="preserve">hal-03404793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insight into Affectivity in Schizophrenia: from the Phenomenology of Marc Richir</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Phenomenology of Intuitive Judgment: Praecox-Feeling in the Diagnosis of Schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Moskalewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Cermolacce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000481516⟩</w:t>
+              <w:t xml:space="preserve">AVANT. The Journal of the Philosophical-Interdisciplinary Vanguard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (2), pp.63-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26913/avant.2018.02.04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404781v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychothérapie institutionnelle et phénoménologie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">New Insight into Affectivity in Schizophrenia: from the Phenomenology of Marc Richir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Till Grohmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Naudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cermolacce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sud / Nord : folies et cultures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sn.026.0033⟩</w:t>
+              <w:t xml:space="preserve">Psychopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (6), pp.401-407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000481516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404794v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mania associated with ranitidine: a case report and review of literature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Psychothérapie institutionnelle et phénoménologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Naudin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sud / Nord : folies et cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (1), pp.33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sn.026.0033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/fcp.12201⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03404775v1</w:t>
+                <w:t xml:space="preserve">hal-03404794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mania associated with ranitidine: a case report and review of literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tudi Gozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bondon-Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 30 (4), pp.294-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fcp.12201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Caméléon, club de clinique institutionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Coustalat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abel Guillen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Sporer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Empan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 96 (4), pp.82. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/empa.096.0082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03404795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3633,153 +3767,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phénoménologie et schizophrénie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermann. , 2024, Phenomenologie clinique, Jérôme Englebert, 9791037031860</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04407568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérience de la rencontre schizophrénique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermann. , 2020, Phénoménologie Clinique, Jérôme Englebert, 9791037005045</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04407566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3789,134 +3923,134 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical Judgment of Schizophrenia: Praecox Feeling and the Bizarreness of Contact—Open Controversies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcin Moskalewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudi Gozé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Clinician in the Psychiatric Diagnostic Process</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.135-149, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-90431-9_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId129"/>
+      <w:footerReference w:type="default" r:id="rId136"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3984,51 +4118,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EC1B87AD"/>
+    <w:nsid w:val="8EECE844"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4215,51 +4349,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tudi-goze" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3958-896X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304421v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Silva" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sz&#246;ke" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lajnef" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Andr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Andrieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbih.2025.101060" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029188v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Barbosa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Tamouza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leboyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2025.111304" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216782v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaori Saitoh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Boukouaci" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Andre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2025.116557" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034540v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Gerentes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Berna" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-025-01526-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229977v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Bois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Fazakas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudi Goz&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000526222" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407570v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ipe.2023.2619" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332974v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11097-023-09951-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie d'Abbadie de Nodrest" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2022.10.007" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934912v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Galliot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Sanchez-Rodriguez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Belloc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Phulpin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Icher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2022.114726" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290668v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.819305" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404788v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Fazakas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.03.003" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404784v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Moskalewicz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Kordel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Brejwo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schwartz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2021.642322" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598283v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poupart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouscail" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2021.03.013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404785v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Faure" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lysaker" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/NMD.0000000000001420" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404777v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesine Sturm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bensoussan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2021.152230" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404787v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.09.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404780v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Brouwer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.05.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404773v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Arthur Micoulaud-Franchi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0140525X19002735" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404772v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000509488" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553011v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Naudin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2018.07.041" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404779v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404792v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Ponet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morlhon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.114.0009" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404774v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/schbul/sby172" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404789v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18065/RAG.2019v25n3.6" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404793v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael F&#233;lus" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gouillez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Winter" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Sassolas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2018572102" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-M2G8LFXV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404791v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26913/avant.2018.02.04" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404781v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Grohmann" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cermolacce" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000481516" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404794v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sn.026.0033" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404775v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mauran" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Abadie" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bondon-Guitton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chevrel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12201" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NMP1SL59-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404795v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Coustalat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guillen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sporer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.096.0082" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407568v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407566v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290664v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90431-9_9" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tudi-goze" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3958-896X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05565143v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauld" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awais Aftab" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Auriacombe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fourneret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arbus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2025.02.005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029188v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Barbosa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Tamouza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leboyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Andrieu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2025.111304" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304421v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Silva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sz&#246;ke" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lajnef" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Andr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbih.2025.101060" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216782v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaori Saitoh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Boukouaci" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Andre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2025.116557" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034540v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Gerentes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Berna" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-025-01526-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229977v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Bois" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Fazakas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudi Goz&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000526222" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407570v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ipe.2023.2619" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332974v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11097-023-09951-w" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648176v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie d'Abbadie de Nodrest" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2022.10.007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934912v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Galliot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Sanchez-Rodriguez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Belloc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Phulpin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Icher" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2022.114726" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290668v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.819305" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404788v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Fazakas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.03.003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404784v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Moskalewicz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Kordel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Brejwo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schwartz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2021.642322" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598283v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poupart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouscail" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2021.03.013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404785v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Faure" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lysaker" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/NMD.0000000000001420" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404777v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesine Sturm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bensoussan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2021.152230" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404787v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.09.006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404780v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Brouwer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.05.005" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404773v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Arthur Micoulaud-Franchi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0140525X19002735" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404772v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000509488" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404774v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Naudin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/schbul/sby172" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553011v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2018.07.041" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404779v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404792v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Ponet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morlhon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.114.0009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404789v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18065/RAG.2019v25n3.6" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404793v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael F&#233;lus" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gouillez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Winter" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Sassolas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2018572102" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-M2G8LFXV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404791v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26913/avant.2018.02.04" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404781v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Grohmann" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cermolacce" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000481516" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404794v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sn.026.0033" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404775v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mauran" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Abadie" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bondon-Guitton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chevrel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12201" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NMP1SL59-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404795v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Coustalat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guillen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sporer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.096.0082" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407568v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407566v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290664v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90431-9_9" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>