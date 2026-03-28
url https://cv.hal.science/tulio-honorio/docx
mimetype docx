--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -220,1477 +220,1477 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring crystallization pressure limits via molecular simulation</w:t>
+                <w:t xml:space="preserve">Crystallization pressure in ASR expansion quantified by thermodynamic modeling and micromechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilal Mahmoud Hawchar</w:t>
+                <w:t xml:space="preserve">Syrine Razki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Vandamme</w:t>
+                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Osselin</w:t>
+                <w:t xml:space="preserve">Sylvain Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Pereira</w:t>
+                <w:t xml:space="preserve">Amélie Fau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 163 (21), </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 193, pp.107878. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0282117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2025.107878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05423278v1</w:t>
+                <w:t xml:space="preserve">hal-04992550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallization pressure in ASR expansion quantified by thermodynamic modeling and micromechanics</w:t>
+                <w:t xml:space="preserve">Exploring crystallization pressure limits via molecular simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syrine Razki</w:t>
+                <w:t xml:space="preserve">Bilal Mahmoud Hawchar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
+                <w:t xml:space="preserve">Matthieu Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Langlois</w:t>
+                <w:t xml:space="preserve">Florian Osselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Fau</w:t>
+                <w:t xml:space="preserve">Jean-Michel Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 193, pp.107878. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 163 (21), </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2025.107878⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0282117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992550v1</w:t>
+                <w:t xml:space="preserve">insu-05423278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeability of C-S-H</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">H2 anisotropic subdiffusion and induced expansion in portlandite, gibbsite, and boehmite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwane Trifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Herin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Caër</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2023.107408⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c04681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04363362v1</w:t>
+                <w:t xml:space="preserve">hal-04766595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal properties of ASR products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cavitation, Hydrophilicity, and Sorption Hysteresis in C–S–H Pores: Coupled Effects of Relative Humidity and Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Masara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-024-02388-w⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (52), pp.27286-27298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.4c03223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04991802v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cavitation, Hydrophilicity, and Sorption Hysteresis in C–S–H Pores: Coupled Effects of Relative Humidity and Temperature</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal properties of ASR products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syrine Razki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.4c03223⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57 (5), pp.117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-024-02388-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987937v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04991802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanomechanics of ASR Gels from Coarse-Grained Simulations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Permeability of C-S-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering Mechanics - ASCE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1061/JENMDT.EMENG-6926⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 176, pp.107408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2023.107408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399031v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H2 anisotropic subdiffusion and induced expansion in portlandite, gibbsite, and boehmite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nanomechanics of ASR Gels from Coarse-Grained Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Le Caër</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Journal of Engineering Mechanics - ASCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 150 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c04681⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1061/JENMDT.EMENG-6926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766595v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric permittivity of C-S-H</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Machine learning and micromechanics as allies to establish composition-property correlations in cement pastes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Fau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2023.107178⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.9830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04072394v1</w:t>
+                <w:t xml:space="preserve">hal-03723418v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of Mortar Hydration Combining Microwave and Calorimetry Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Daout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 72, pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TIM.2023.3256462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning and micromechanics as allies to establish composition-property correlations in cement pastes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dielectric permittivity of C-S-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Daout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-28. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 169, pp.107178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/jtcam.9830⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2023.107178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03723418v3</w:t>
+                <w:t xml:space="preserve">hal-04072394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface water in C-S-H: Effect of the temperature on (de)sorption</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sorption in C-S-H at the molecular level: Disjoining pressures, effective interactions, hysteresis, and cavitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Masara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 169, pp.107179. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2023.107179⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 164, pp.107047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.107047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04086019v1</w:t>
+                <w:t xml:space="preserve">hal-03884014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorption in C-S-H at the molecular level: Disjoining pressures, effective interactions, hysteresis, and cavitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Surface water in C-S-H: Effect of the temperature on (de)sorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Masara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Poyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 164, pp.107047. </w:t>
+              <w:t xml:space="preserve">, 2023, 169, pp.107179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.107047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2023.107179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03884014v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04086019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solubility of NaCl under anisotropic stress state</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Mahmoud Hawchar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Osselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 159 (3), </w:t>
@@ -1722,2361 +1722,2361 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04167031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal conductivity, heat capacity and thermal expansion of ettringite and metaettringite: Effects of the relative humidity and temperature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Friedel's salt: Temperature dependence of thermoelastic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Carasek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oswaldo Cascudo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 159, pp.106865. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106865⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 160, pp.106904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03693857v1</w:t>
+                <w:t xml:space="preserve">hal-03725272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water self-diffusion in C-S-H: Effect of confinement and temperature studied by molecular dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Carasek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oswaldo Cascudo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 155, pp.106775. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03614509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triclinic tricalcium silicate: Structure and thermoelastic properties from molecular simulations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Thermal conductivity, heat capacity and thermal expansion of ettringite and metaettringite: Effects of the relative humidity and temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.106810. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106810⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 159, pp.106865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03676563v1</w:t>
+                <w:t xml:space="preserve">hal-03693857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-A-S-H Thermoelastic Properties at the Molecular and Gel Scales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Triclinic tricalcium silicate: Structure and thermoelastic properties from molecular simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waleska Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advanced Concrete Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 20 (6), pp.375-388. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.106810. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3151/jact.20.375⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03688325v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03676563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drained and undrained heat capacity of swelling clays</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">C-A-S-H Thermoelastic Properties at the Molecular and Gel Scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Mahmoud Hawchar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D2CP01419J⟩</w:t>
+              <w:t xml:space="preserve">Journal of Advanced Concrete Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (6), pp.375-388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3151/jact.20.375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03676559v1</w:t>
+                <w:t xml:space="preserve">hal-03688325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Friedel's salt: Temperature dependence of thermoelastic properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Drained and undrained heat capacity of swelling clays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Oswaldo Cascudo</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 160, pp.106904. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (24), pp.15003-15014. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106904⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D2CP01419J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03725272v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03676559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in atomistic modeling and understanding of drying shrinkage in cementitious materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ettringite hysteresis under sorption from molecular simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Javad Abdolhosseini Qomi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
+                <w:t xml:space="preserve">Maroua Maaroufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ippei Maruyama</w:t>
+                <w:t xml:space="preserve">Sirine Al Dandachli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Vandamme</w:t>
+                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 148, pp.106536. </w:t>
+              <w:t xml:space="preserve">, 2021, 150, pp.106587. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2021.106536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2021.106587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03304057v1</w:t>
+                <w:t xml:space="preserve">hal-03338753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogenization of nonaging basic creep of cementitious materials: A multiscale modeling benchmark</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupled hydraulic, mechanical and dielectric investigations on kaolin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Königsberger</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Partha Narayan Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norman Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moritz Schwing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2021.123144⟩</w:t>
+              <w:t xml:space="preserve">Engineering Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 294, pp.106352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enggeo.2021.106352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03212821v1</w:t>
+                <w:t xml:space="preserve">hal-03334648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shear deformations in crystalline alkali-silica reaction products at the molecular scale: anisotropy and role of specific ion effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials and structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 54 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1617/s11527-021-01671-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03202659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On structural finite element modeling strategies and their influence on the optimization of final constructability of reinforced concrete structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hervé-Secourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Hervé-Secourgeon</w:t>
+                <w:t xml:space="preserve">Estelle Hervé-Secourgeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Hervé-Secourgeon</w:t>
+                <w:t xml:space="preserve">Marina Bottoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Bottoni</w:t>
+                <w:t xml:space="preserve">François Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaja Razafimbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 385, pp.111541. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2021.111541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03420820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled hydraulic, mechanical and dielectric investigations on kaolin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bore</w:t>
+                <w:t xml:space="preserve">Advances in atomistic modeling and understanding of drying shrinkage in cementitious materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Javad Abdolhosseini Qomi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partha Narayan Mishra</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ippei Maruyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.enggeo.2021.106352⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 148, pp.106536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2021.106536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03334648v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03304057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommendations of RILEM TC 287-CCS: thermo-chemo-mechanical modelling of massive concrete structures towards cracking risk assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Homogenization of nonaging basic creep of cementitious materials: A multiscale modeling benchmark</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Königsberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sanahuja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Azenha</w:t>
+                <w:t xml:space="preserve">Brice Delsaute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fragkoulis Kanavaris</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bernhard L.A. Pichler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-021-01732-8⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 290, pp.123144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2021.123144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03263213v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03212821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-poro-mechanics under adsorption applied to the anomalous thermal pressurization of water in undrained clays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Brochard</w:t>
+                <w:t xml:space="preserve">Heat capacity, isothermal compressibility, isosteric heat of adsorption and thermal expansion of water confined in C-S-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Masara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Geotechnica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11440-021-01188-8⟩</w:t>
+              <w:t xml:space="preserve">Cement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.100015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cement.2021.100015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03223764v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03364762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat capacity, isothermal compressibility, isosteric heat of adsorption and thermal expansion of water confined in C-S-H</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recommendations of RILEM TC 287-CCS: thermo-chemo-mechanical modelling of massive concrete structures towards cracking risk assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Azenha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fragkoulis Kanavaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Schlicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Jędrzejewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cement.2021.100015⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 54 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-021-01732-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03364762v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ettringite hysteresis under sorption from molecular simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Thermo-poro-mechanics under adsorption applied to the anomalous thermal pressurization of water in undrained clays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 150, pp.106587. </w:t>
+              <w:t xml:space="preserve">Acta Geotechnica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2021.106587⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11440-021-01188-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03338753v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03223764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">May self-diffusion of ions computed from molecular dynamics explain the electrical conductivity of pore solutions in cement-based materials?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Specific ion effects control the thermoelastic behavior of nanolayered materials: the case of crystalline alkali-silica reaction products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Túlio Honório</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Oswaldo Cascudo</w:t>
+                <w:t xml:space="preserve">Ornella Chemgne Tamouya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenguo Shi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-020-01507-7⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0CP04955G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02871012v1</w:t>
+                <w:t xml:space="preserve">hal-03026630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermolecular interactions of nanocrystalline alkali-silica reaction products under sorption</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Revisiting thermo-poro-mechanics under adsorption: Formulation without assuming Gibbs-Duhem equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2020.106155⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 152, pp.103296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2020.103296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889721v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02586084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced massivity index based on evidence from case studies: Towards a robust pre-design assessment of early-age thermal cracking risk and practical recommendations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intermolecular interactions of nanocrystalline alkali-silica reaction products under sorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ornella Chemgne Tamouya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenguo Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.121570⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 136, pp.106155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2020.106155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016757v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical properties of cement-based materials: Multiscale modeling and quantification of the variability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">May self-diffusion of ions computed from molecular dynamics explain the electrical conductivity of pore solutions in cement-based materials?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Túlio Honório</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Carasek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oswaldo Cascudo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.118461⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-020-01507-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02486901v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02871012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting thermo-poro-mechanics under adsorption: Formulation without assuming Gibbs-Duhem equation</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Enhanced massivity index based on evidence from case studies: Towards a robust pre-design assessment of early-age thermal cracking risk and practical recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fragkoulis Kanavaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Jędrzejewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Sfikas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Schlicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selmo Kuperman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 152, pp.103296. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.121570. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2020.103296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.121570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02586084v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific ion effects control the thermoelastic behavior of nanolayered materials: the case of crystalline alkali-silica reaction products</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Electrical properties of cement-based materials: Multiscale modeling and quantification of the variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Zhenguo Shi</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Carasek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oswaldo Cascudo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 245, pp.118461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0CP04955G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.118461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03026630v1</w:t>
+                <w:t xml:space="preserve">hal-02486901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular simulation of the structure and elastic properties of ettringite and monosulfoaluminate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Percy Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 135, pp.106126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4110,103 +4110,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric properties of the pore solution in cement-based materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Vourc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ferhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Liquids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.112548. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4234,1634 +4234,1634 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anomalous water and ion dynamics in hydroxyapatite mesopores</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The pore solution of cement-based materials: structure and dynamics of water and ions from molecular simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Salah Naili</w:t>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vourc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2018.08.060⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9CP01577A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01896672v1</w:t>
+                <w:t xml:space="preserve">hal-02112672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo Molecular Modeling of Temperature and Pressure Effects on the Interactions between Crystalline Calcium Silicate Hydrate Layers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Molecular modelling of the heat capacity and anisotropic thermal expansion of nanoporous hydroxyapatite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devis Di Tommaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Naïli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.100251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b04156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2019.100251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02044675v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular modelling of the heat capacity and anisotropic thermal expansion of nanoporous hydroxyapatite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Anomalous water and ion dynamics in hydroxyapatite mesopores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devis Di Tommaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salah Naïli</w:t>
+                <w:t xml:space="preserve">Salah Naili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.100251. </w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 156, pp.26 - 34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2019.100251⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2018.08.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02018776v1</w:t>
+                <w:t xml:space="preserve">hal-01896672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pore solution of cement-based materials: structure and dynamics of water and ions from molecular simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Monte Carlo Molecular Modeling of Temperature and Pressure Effects on the Interactions between Crystalline Calcium Silicate Hydrate Layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eric Vourc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9CP01577A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b04156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02112672v1</w:t>
+                <w:t xml:space="preserve">hal-02044675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical variability of mechanical fields in thermo-poro-elasticity: Multiscale analytical estimations applied to cement-based materials at early-age</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal properties of cement-based materials: Multiscale estimations at early-age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoît Bary</w:t>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 110, pp.24 - 41. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 87, pp.205 - 219. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2018.05.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2018.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01825103v1</w:t>
+                <w:t xml:space="preserve">hal-01695165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexibility of nanolayers and stacks: implications in the nanostructuration of clays</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effective stresses and estimations of the apparent Biot coefficient in stacked clay layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vandamme</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arthur Lebée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8SM01359D⟩</w:t>
+              <w:t xml:space="preserve">Géotechnique Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (2), pp.1 - 5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1680/jgele.17.00170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01896675v1</w:t>
+                <w:t xml:space="preserve">hal-01825099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective stresses and estimations of the apparent Biot coefficient in stacked clay layers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Statistical variability of mechanical fields in thermo-poro-elasticity: Multiscale analytical estimations applied to cement-based materials at early-age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Vandamme</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géotechnique Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1680/jgele.17.00170⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 110, pp.24 - 41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2018.05.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01825099v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01825103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal properties of cement-based materials: Multiscale estimations at early-age</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Flexibility of nanolayers and stacks: implications in the nanostructuration of clays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Lebée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 87, pp.205 - 219. </w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (36), pp.7354 - 7367. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2018.01.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C8SM01359D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01695165v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical benchmark campaign of COST Action TU1404 – microstructural modelling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydration Phase Diagram of Clay Particles from Molecular Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Túlio Honório</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RILEM Technical Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21809/rilemtechlett.2017.44⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33 (44), pp.12766-12776. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.7b03198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01695168v1</w:t>
+                <w:t xml:space="preserve">hal-01695174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective properties of n-coated composite spheres assemblage in an ageing linear viscoelastic framework</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Numerical benchmark campaign of COST Action TU1404 – microstructural modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateusz Wyrzykowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sanahuja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Charpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Königsberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Hellmich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 124, pp.1 - 13. </w:t>
+              <w:t xml:space="preserve">RILEM Technical Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.04.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21809/rilemtechlett.2017.44⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01896677v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01695168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromechanics of transformation fields in ageing linear viscoelastic composites: effects of phase dissolution or precipitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Túlio Honório</w:t>
+                <w:t xml:space="preserve">Effective properties of n-coated composite spheres assemblage in an ageing linear viscoelastic framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sanahuja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Time-Dependent Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 21 (4), pp.597 - 612. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 124, pp.1 - 13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11043-017-9344-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.04.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01896679v1</w:t>
+                <w:t xml:space="preserve">hal-01896677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale origin of the thermo-mechanical behavior of clays</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Micromechanics of transformation fields in ageing linear viscoelastic composites: effects of phase dissolution or precipitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Túlio Honório</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michaël Peigney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Geotechnica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11440-017-0596-3⟩</w:t>
+              <w:t xml:space="preserve">Mechanics of Time-Dependent Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (4), pp.597 - 612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11043-017-9344-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686216v1</w:t>
+                <w:t xml:space="preserve">hal-01896679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydration Phase Diagram of Clay Particles from Molecular Simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Nanoscale origin of the thermo-mechanical behavior of clays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Túlio Honório</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Peigney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 33 (44), pp.12766-12776. </w:t>
+              <w:t xml:space="preserve">Acta Geotechnica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (6), pp.1261-1279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.7b03198⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11440-017-0596-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01695174v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors affecting the thermo-chemo-mechanical behaviour of massive concrete structures at early-age</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Multiscale estimation of ageing viscoelastic properties of cement-based materials: A combined analytical and numerical approach to estimate the behaviour at early age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Túlio Honório</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 49 (8), pp.3055 - 3073. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85, pp.137-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1617/s11527-015-0704-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2016.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01695958v1</w:t>
+                <w:t xml:space="preserve">hal-01695959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling hydration kinetics based on boundary nucleation and space-filling growth in a fixed confined zone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Túlio Honório</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Poyet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 83, pp.31 - 44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5901,187 +5901,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01695961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale estimation of ageing viscoelastic properties of cement-based materials: A combined analytical and numerical approach to estimate the behaviour at early age</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Factors affecting the thermo-chemo-mechanical behaviour of massive concrete structures at early-age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Túlio Honório</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 85, pp.137-155. </w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (8), pp.3055 - 3073. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2016.03.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1617/s11527-015-0704-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01695959v1</w:t>
+                <w:t xml:space="preserve">hal-01695958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the contribution of boundary and initial conditions in the chemo-thermal analysis of a massive concrete structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Túlio Honório</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 80, pp.173 - 188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6159,90 +6159,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédiction du gonflement lors de la RAS: apport de la modélisation thermodynamique et de la micromécanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syrine Razki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fikri Hafid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6278,1470 +6278,1470 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05177825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamic modeling of ASR Products and estimates of crystallization pressure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Expansion due à la pression de cristallisation dans la RAS: Combiner la modélisation thermodynamique et micromécanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syrine Razki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farid Benboudjema</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMS 2024 - 78th RILEM Conference on Sustainable Materials &amp; Structures: Meeting the major challenges of the 21st century</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05177822v1</w:t>
+                <w:t xml:space="preserve">hal-05177830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expansion due à la pression de cristallisation dans la RAS: Combiner la modélisation thermodynamique et micromécanique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Thermodynamic modeling of ASR Products and estimates of crystallization pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syrine Razki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farid Benboudjema</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Le Havre, France</w:t>
+              <w:t xml:space="preserve">SMS 2024 - 78th RILEM Conference on Sustainable Materials &amp; Structures: Meeting the major challenges of the 21st century</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05177830v1</w:t>
+                <w:t xml:space="preserve">hal-05177822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Einstein Explains Water Transport in C-S-H</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is Thermal Pressurization in C-S-H Relevant for Concrete Spalling?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Masara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Milos, Greece. pp.54-65, </w:t>
+              <w:t xml:space="preserve">International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Milos, Greece. pp.66-75, </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-33211-1_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-33211-1_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391853v1</w:t>
+                <w:t xml:space="preserve">hal-04391862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the Processes at the Origin of the Dielectric Response of Cement-Based Materials with Molecular Dynamics Simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiscale Modeling of the Dielectric Response of C-S-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Daout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISEMA Down Under 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Milos, Greece. pp.76-87, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-33211-1_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392653v1</w:t>
+                <w:t xml:space="preserve">hal-04391858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-S-H sorption under temperature and relative humidity changes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fatima Masara</w:t>
+                <w:t xml:space="preserve">On the use of molecular dynamics to compute the dielectric permittivity of C-S-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vourc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Further Reduction of CO2 -Emissions and Circularity in the Cement and Concrete Industry, 16th International Congress on the Chemistry of Cement 2023 - ICCC2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Bangkok, Thailand</w:t>
+              <w:t xml:space="preserve">ISEMA Down Under 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04391870v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04421747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of molecular dynamics to compute the dielectric permittivity of C-S-H</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
+                <w:t xml:space="preserve">C-S-H sorption under temperature and relative humidity changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Masara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISEMA Down Under 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Brisbane, Australia</w:t>
+              <w:t xml:space="preserve">Further Reduction of CO2 -Emissions and Circularity in the Cement and Concrete Industry, 16th International Congress on the Chemistry of Cement 2023 - ICCC2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04421747v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04391870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of water in C-S-H</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Einstein Explains Water Transport in C-S-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Further Reduction of CO2 -Emissions and Circularity in the Cement and Concrete Industry, 16th International Congress on the Chemistry of Cement 2023 - ICCC2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Milos, Greece. pp.54-65, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-33211-1_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04391865v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04391853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiberglass Mesh Reinforced Rendering Mortar: Effect of Fiberglass Reinforcement</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Quantifying the Processes at the Origin of the Dielectric Response of Cement-Based Materials with Molecular Dynamics Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures. SynerCrete 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ISEMA Down Under 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Brisbane, Australia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04497641v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency-dependent permittivity of C-S-H</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
+                <w:t xml:space="preserve">Behavior of water in C-S-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Masara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISEMA Down Under 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Brisbane (AU), Australia</w:t>
+              <w:t xml:space="preserve">Further Reduction of CO2 -Emissions and Circularity in the Cement and Concrete Industry, 16th International Congress on the Chemistry of Cement 2023 - ICCC2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04426554v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04391865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is Thermal Pressurization in C-S-H Relevant for Concrete Spalling?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fatima Masara</w:t>
+                <w:t xml:space="preserve">Fiberglass Mesh Reinforced Rendering Mortar: Effect of Fiberglass Reinforcement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Saba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Brajer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures,</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-33211-1_6⟩</w:t>
+              <w:t xml:space="preserve">International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures. SynerCrete 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Milos Island, Greece. pp.787-798, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-33211-1_71⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04391862v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Modeling of the Dielectric Response of C-S-H</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Frequency-dependent permittivity of C-S-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vourc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Daout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International RILEM Conference on Synergising Expertise towards Sustainability and Robustness of Cement-based Materials and Concrete Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISEMA Down Under 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Brisbane (AU), Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-33211-1_7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04391858v1</w:t>
+                <w:t xml:space="preserve">hal-04426554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversible order-disorder transition in ettringite-metaettringite conversion?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crack Initiation and Propagation in Fiber-Glass Reinforced Mortars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Saba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar-Ateeq Mahmood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference: 14th World Congress on Computational Mechanics (WCCM) &amp; ECCOMAS Congress (2020)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International RILEM Conference on Early-Age and Long-Term Cracking in RC Structures. CRC 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Gif-Sur-Yvette, France. pp.63-75, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-72921-9_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03138657v1</w:t>
+                <w:t xml:space="preserve">hal-04497644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack Initiation and Propagation in Fiber-Glass Reinforced Mortars</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Reversible order-disorder transition in ettringite-metaettringite conversion?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sirine Al Dandachli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International RILEM Conference on Early-Age and Long-Term Cracking in RC Structures. CRC 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference: 14th World Congress on Computational Mechanics (WCCM) &amp; ECCOMAS Congress (2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-72921-9_6⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04497644v1</w:t>
+                <w:t xml:space="preserve">hal-03138657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CSI (Cement Science Investigation): using machine learning to guess the OPC pastes composition from the elastic response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CRC2021 : International RILEM Conference on early-age and long-term crack width analysis in RC structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Gif sur Yvette, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7775,51 +7775,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of mechanical properties and microstructure of mortars based on oyster shell powder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bourdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalal Badreddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7827,51 +7827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahia Lackache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RUGC 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, /, France</w:t>
@@ -7900,103 +7900,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic properties of concrete: bottom-up modeling from the molecular scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tulio Honorio</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Carasek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oswaldo Cascudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RILEM-SC2020 Ambitioning a Sustainable Future for Built Environment: Comprehensive Strategies for Unprecedented Challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Guimarães, Portugal. </w:t>
@@ -8028,126 +8028,126 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02500081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelagem micromecânica aplicada ao estudo de argamassas de revestimento</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Mécanique des matériaux nanogranulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIII Simpósio Brasileiro de Tecnologia das Argamassas (SBTA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Goiânia, Brazil</w:t>
+              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02151898v1</w:t>
+                <w:t xml:space="preserve">hal-02122767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and analytical estimation of the ageing linear viscoelastic behavior of a two-phase composite with expansive inclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8194,51 +8194,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non Equilibrium Molecular Dynamics simulation of the Hydrodynamics in Crystalline Calcium Silicate Hydrates Nanopores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamilia Abahri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8270,856 +8270,856 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02074624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mécanique des matériaux nanogranulaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Modelagem micromecânica aplicada ao estudo de argamassas de revestimento</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Giens, France</w:t>
+              <w:t xml:space="preserve">XIII Simpósio Brasileiro de Tecnologia das Argamassas (SBTA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Goiânia, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02122767v1</w:t>
+                <w:t xml:space="preserve">hal-02151898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the flexibility of the calcium silicate hydrates layers on the mesotexture: coarse grained simulations accounting for three-body interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Interactions between crystalline calcium silicate hydrates: grand canonical simulation of pressure and temperature effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SynerCrete'18 International Conference on Interdisciplinary Approaches for Cement-based Materials and Structural Concrete</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Funchal, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901915v1</w:t>
+                <w:t xml:space="preserve">hal-01901912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between crystalline calcium silicate hydrates: grand canonical simulation of pressure and temperature effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Influence of the flexibility of the calcium silicate hydrates layers on the mesotexture: coarse grained simulations accounting for three-body interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SynerCrete'18 International Conference on Interdisciplinary Approaches for Cement-based Materials and Structural Concrete</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Funchal, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901912v1</w:t>
+                <w:t xml:space="preserve">hal-01901915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of Hydrated Clay Layers from Molecular Simulations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Thermo-mechanical behavior of clays explained from the nanoscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Stefanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siavash Ghabezloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth Biot Conference on Poromechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th International Conference on Coupled THMC Processes in Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole des Ponts ParisTech, Jul 2017, Champs-sur-Marne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686230v1</w:t>
+                <w:t xml:space="preserve">hal-03994310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Possible Nano-Scale Origin of the Surprising Thermal Expansion of Clays</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Stability of Hydrated Clay Layers from Molecular Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Túlio Honório</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Stefanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siavash Ghabezloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth Biot Conference on Poromechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2017, Paris, France. pp.626, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1061/9780784480779.077⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France. pp.688, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/9780784480779.085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01686247v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Estimation of the Fluctuations of Mechanical Fields in Poroelasticity: Application to Cement-Based Composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Flexibility of C-S-H sheets and stacks from molecular simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth Biot Conference on Poromechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EAC-02 - 2nd International RILEM/COST Conference on Early Age Cracking and Serviceability in Cement-based Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Brussels, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01686268v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexibility of C-S-H sheets and stacks from molecular simulations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">A Possible Nano-Scale Origin of the Surprising Thermal Expansion of Clays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Túlio Honório</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Stefanou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siavash Ghabezloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAC-02 - 2nd International RILEM/COST Conference on Early Age Cracking and Serviceability in Cement-based Materials and Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sixth Biot Conference on Poromechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France. pp.626, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/9780784480779.077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986296v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-mechanical behavior of clays explained from the nanoscale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Multiscale Estimation of the Fluctuations of Mechanical Fields in Poroelasticity: Application to Cement-Based Composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Coupled THMC Processes in Geosystems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sixth Biot Conference on Poromechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/9780784480779.164⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03994310v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of elastic properties of cement based materials at early age based on a combined numerical and analytical multiscale micromechanics approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tulio Honorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Benboudjema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONMOD 2014 - RILEM International Symposium on Concrete Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Pekin, China. pp.236-243</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9176,77 +9176,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expansion thermique des argiles depuis l'échelle moléculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Stefanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9346,51 +9346,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale modeling of the mesotexture of C-S-H and ASR gels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ait-Hamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Modelling of Concrete and Concrete Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, CRC Press, pp.138-147, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9456,77 +9456,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of ``Machine learning and micromechanics as allies to establish composition-property correlations in cement pastes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ait Hamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Masoero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9606,51 +9606,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Scale Multi-Physics Multi-Technique modeling for establishing composition-(micro)structure-property correlations in cement-based materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tulio Honorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mechanics of materials [physics.class-ph]. Université Paris - Saclay, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9758,51 +9758,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3051D843"/>
+    <w:nsid w:val="B20E8624"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9989,51 +9989,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tulio-honorio" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0281-4502" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189833467" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/S-5867-2017" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05423278v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Mahmoud Hawchar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tulio Honorio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vandamme" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Osselin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pereira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0282117" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992550v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Razki" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Benboudjema" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bourdot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Langlois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2025.107878" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363362v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107408" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991802v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-024-02388-w" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987937v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Masara" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c03223" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399031v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ait Hamadouche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/JENMDT.EMENG-6926" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766595v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwane Trifa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Herin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Ca&#235;r" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c04681" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072394v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bore" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Daout" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107178" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04164383v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ferhat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2023.3256462" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723418v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.9830" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086019v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Poyet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107179" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884014v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.107047" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167031v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0156229" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693857v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106865" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614509v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Carasek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oswaldo Cascudo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106775" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676563v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleska Barbosa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106810" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688325v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3151/jact.20.375" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676559v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brochard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CP01419J" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725272v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106904" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304057v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Javad Abdolhosseini Qomi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ippei Maruyama" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106536" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212821v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus K&#246;nigsberger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sanahuja" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Delsaute" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard L.A. Pichler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.123144" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202659v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-021-01671-4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herv&#233;-Secourgeon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herv&#233;-Secourgeon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Bottoni" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Voldoire" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaja Razafimbelo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2021.111541" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334648v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partha Narayan Mishra" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Wagner" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Schwing" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2021.106352" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263213v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Azenha" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fragkoulis Kanavaris" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Schlicke" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka J&#281;drzejewska" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-021-01732-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223764v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-021-01188-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364762v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cement.2021.100015" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338753v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Maaroufi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Al Dandachli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106587" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871012v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#250;lio Hon&#243;rio" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-020-01507-7" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889721v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Chemgne Tamouya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenguo Shi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2020.106155" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016757v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Sfikas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selmo Kuperman" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.121570" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486901v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.118461" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586084v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2020.103296" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026630v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP04955G" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02836843v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Percy Guerra" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2020.106126" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455700v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vourc'H" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2020.112548" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896672v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lemaire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devis Di Tommaso" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Naili" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2018.08.060" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044675v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b04156" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018776v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Na&#239;li" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100251" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112672v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CP01577A" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825103v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.05.010" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896675v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Leb&#233;e" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SM01359D" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825099v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgele.17.00170" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695165v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2018.01.003" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695168v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Wyrzykowski" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charpin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hellmich" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2017.44" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896677v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.04.028" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896679v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11043-017-9344-1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686216v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Peigney" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-017-0596-3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695174v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b03198" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695958v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-015-0704-5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695961v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2016.01.012" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WFKRXM1T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695959v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2016.03.010" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695965v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.08.050" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DT62FX5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177825v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fikri Hafid" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177822v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177830v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391853v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_5" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392653v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391870v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421747v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391865v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497641v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Saba" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brajer" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_71" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426554v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391862v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_6" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391858v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_7" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138657v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497644v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar-Ateeq Mahmood" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72921-9_6" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200465v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72921-9_17" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036900v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalal Badreddine" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Lackache" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rateau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500081v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76547-7_6" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151898v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163047v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bary" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21012/FC10.235550" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074624v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilia Abahri" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122767v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901915v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901912v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686230v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Stefanou" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siavash Ghabezloo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.085" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686247v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.077" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686268v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.164" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986296v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03994310v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02995159v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995501v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792617v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ait-Hamadouche" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003316404-17" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936241v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Masoero" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Di Luzio" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04051504v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tulio-honorio" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0281-4502" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189833467" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/S-5867-2017" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992550v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Razki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Benboudjema" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bourdot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Langlois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2025.107878" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05423278v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Mahmoud Hawchar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tulio Honorio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vandamme" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Osselin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pereira" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0282117" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766595v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwane Trifa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Herin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Ca&#235;r" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c04681" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987937v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Masara" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c03223" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991802v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-024-02388-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363362v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107408" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399031v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ait Hamadouche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/JENMDT.EMENG-6926" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723418v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.9830" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04164383v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ferhat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bore" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Daout" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2023.3256462" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072394v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107178" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884014v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.107047" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086019v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Poyet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107179" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167031v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0156229" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725272v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Carasek" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oswaldo Cascudo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106904" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614509v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106775" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693857v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106865" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676563v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleska Barbosa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106810" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688325v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3151/jact.20.375" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676559v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brochard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CP01419J" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338753v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Maaroufi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Al Dandachli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106587" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334648v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partha Narayan Mishra" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Wagner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Schwing" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2021.106352" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202659v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-021-01671-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420820v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herv&#233;-Secourgeon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herv&#233;-Secourgeon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Bottoni" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Voldoire" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaja Razafimbelo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2021.111541" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304057v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Javad Abdolhosseini Qomi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ippei Maruyama" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106536" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212821v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus K&#246;nigsberger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sanahuja" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Delsaute" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard L.A. Pichler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.123144" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364762v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cement.2021.100015" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263213v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Azenha" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fragkoulis Kanavaris" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Schlicke" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka J&#281;drzejewska" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-021-01732-8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223764v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-021-01188-8" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026630v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Chemgne Tamouya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenguo Shi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP04955G" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586084v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2020.103296" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889721v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2020.106155" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871012v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#250;lio Hon&#243;rio" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-020-01507-7" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016757v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Sfikas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selmo Kuperman" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.121570" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486901v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.118461" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02836843v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Percy Guerra" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2020.106126" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455700v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vourc'H" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2020.112548" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112672v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CP01577A" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018776v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lemaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devis Di Tommaso" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Na&#239;li" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100251" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896672v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Naili" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2018.08.060" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044675v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b04156" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695165v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2018.01.003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825099v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgele.17.00170" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825103v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.05.010" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896675v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Leb&#233;e" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SM01359D" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695174v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b03198" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695168v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Wyrzykowski" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charpin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hellmich" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2017.44" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896677v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.04.028" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896679v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11043-017-9344-1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686216v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Peigney" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-017-0596-3" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695959v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2016.03.010" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695961v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2016.01.012" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WFKRXM1T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695958v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-015-0704-5" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695965v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.08.050" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DT62FX5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177825v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fikri Hafid" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177830v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177822v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391862v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_6" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391858v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_7" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421747v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391870v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391853v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_5" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392653v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391865v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497641v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Saba" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brajer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_71" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426554v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497644v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar-Ateeq Mahmood" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72921-9_6" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138657v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200465v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72921-9_17" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036900v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalal Badreddine" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Lackache" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rateau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500081v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76547-7_6" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122767v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163047v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bary" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21012/FC10.235550" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074624v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilia Abahri" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151898v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901912v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901915v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03994310v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Stefanou" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siavash Ghabezloo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686230v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.085" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986296v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686247v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.077" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686268v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.164" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02995159v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995501v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792617v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ait-Hamadouche" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003316404-17" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936241v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Masoero" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Di Luzio" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04051504v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>