--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,8637 +66,8637 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (77)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (79)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glioneuronal tumors PATZ1-fused: clinico-molecular and DNA methylation signatures for a variety of morphological and radiological profiles</w:t>
+                <w:t xml:space="preserve">Malignant Transformation in Pleomorphic Adenoma: The Impact of DNA Methylation Profiling and Pathogenic Mutations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volodia Dangouloff-Ros</w:t>
+                <w:t xml:space="preserve">Yvan Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philipp Sievers</w:t>
+                <w:t xml:space="preserve">Béatrice Akiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Duchesne</w:t>
+                <w:t xml:space="preserve">Clémentine Decamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+                <w:t xml:space="preserve">Léonor Chaltiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (1), pp.114. </w:t>
+              <w:t xml:space="preserve">Modern Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (9), pp.100786. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40478-025-02037-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.modpat.2025.100786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05453682v1</w:t>
+                <w:t xml:space="preserve">hal-05549067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanopore Sequencing as a Cutting-Edge Technology for Medulloblastoma Classification</w:t>
+                <w:t xml:space="preserve">Glioneuronal tumors PATZ1-fused: clinico-molecular and DNA methylation signatures for a variety of morphological and radiological profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Filser</w:t>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacob Torrejon</w:t>
+                <w:t xml:space="preserve">Volodia Dangouloff-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Merchadou</w:t>
+                <w:t xml:space="preserve">Philipp Sievers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Dufour</w:t>
+                <w:t xml:space="preserve">Mathilde Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Girard</w:t>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (5), pp.1313-1324. </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (1), pp.114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/neuonc/noae279⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40478-025-02037-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867122v1</w:t>
+                <w:t xml:space="preserve">hal-05453682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two novel tumours with NTRK2 fusion in the methylation class of extraventricular neurocytomas, including one intraventricular</w:t>
+                <w:t xml:space="preserve">Nanopore Sequencing as a Cutting-Edge Technology for Medulloblastoma Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+                <w:t xml:space="preserve">Mathilde Filser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Dubucs</w:t>
+                <w:t xml:space="preserve">Jacob Torrejon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dan Christian Chiforeanu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+                <w:t xml:space="preserve">Kevin Merchadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bpa.13223⟩</w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (5), pp.1313-1324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/noae279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416149v1</w:t>
+                <w:t xml:space="preserve">hal-04867122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reappraisal of prognostic factors in CNS WHO grade 3 oligodendrogliomas IDH-mutant and 1p/19q co-deleted: Lessons from the French POLA cohort</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carole Colin</w:t>
+                <w:t xml:space="preserve">A comparison of CDKN2A status in gliomas using different techniques: The loss of p16 as a surrogate marker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karima Mokhtari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+                <w:t xml:space="preserve">Audrey Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Idbaih</w:t>
+                <w:t xml:space="preserve">Laetitia Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Saffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Cavillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/neuonc/noae221⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuropathology and Experimental Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 84 (10), pp.847-854. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jnen/nlaf062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04894190v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tumeurs des glandes salivaires associées à des transcrits de fusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marick Laé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Delphine Lanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Hourseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazim Benzerdjeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Pathologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 45 (1), pp.29-42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.annpat.2023.12.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FGFR1 wild-type rosette-forming glioneuronal tumours</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reappraisal of prognostic factors in CNS WHO grade 3 oligodendrogliomas IDH-mutant and 1p/19q co-deleted: Lessons from the French POLA cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaury de Barros</w:t>
+                <w:t xml:space="preserve">Domique Figarella-Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domique Figarella-Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Bauchet</w:t>
+                <w:t xml:space="preserve">Carole Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00401-024-02779-x⟩</w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (3), pp.755-766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/noae221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680760v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04894190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic and epigenetic heterogeneity in FGFR2 ‐fused glial and glioneuronal tumours</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FGFR1 wild-type rosette-forming glioneuronal tumours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Garcia</w:t>
+                <w:t xml:space="preserve">Mégane Le Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Vannod-Michel</w:t>
+                <w:t xml:space="preserve">Aude Trinquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Csanyi</w:t>
+                <w:t xml:space="preserve">Amaury de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Bauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nan.13014⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 148 (1), pp.26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00401-024-02779-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04784873v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beneath HMGA2 alterations in Pleomorphic Adenomas: Pathological, Immunohistochemical, and Molecular Insights</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phenotypic and epigenetic heterogeneity in FGFR2 ‐fused glial and glioneuronal tumours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Descotes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Delphine Lanic</w:t>
+                <w:t xml:space="preserve">Alice Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volodia Dangouloff-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Pissaloux</w:t>
+                <w:t xml:space="preserve">Jeremy Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Vannod-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Csanyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.humpath.2024.105633⟩</w:t>
+              <w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nan.13014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04676584v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CNS tumors with PLAGL1-fusion: beyond ZFTA and YAP1 in the genetic spectrum of supratentorial ependymomas</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Beneath HMGA2 alterations in Pleomorphic Adenomas: Pathological, Immunohistochemical, and Molecular Insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas von Deimling</w:t>
+                <w:t xml:space="preserve">Ziyad Alsugair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Lépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Descotes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Delphine Lanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pissaloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-023-01695-7⟩</w:t>
+              <w:t xml:space="preserve">Human Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.105633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.humpath.2024.105633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04589975v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Therapeutic strategy for advanced stages salivary carcinomas of the tongue: A multicenter REFCOR study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+                <w:t xml:space="preserve">CNS tumors with PLAGL1-fusion: beyond ZFTA and YAP1 in the genetic spectrum of supratentorial ependymomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Nicaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Sievers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Woisard</w:t>
+                <w:t xml:space="preserve">Felix Sahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Moya-Plana</w:t>
+                <w:t xml:space="preserve">Andreas von Deimling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oral Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 159, pp.107072. </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (1), pp.55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oraloncology.2024.107072⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40478-023-01695-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824410v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLAG1 fusions extend the spectrum of PLAG(L)-altered CNS tumors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Therapeutic strategy for advanced stages salivary carcinomas of the tongue: A multicenter REFCOR study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Poissonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Chabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne Laprie</w:t>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Woisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moya-Plana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00401-023-02643-4⟩</w:t>
+              <w:t xml:space="preserve">Oral Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 159, pp.107072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oraloncology.2024.107072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04934758v1</w:t>
+                <w:t xml:space="preserve">hal-04824410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pediatric spinal pilocytic astrocytomas form a distinct epigenetic subclass from pilocytic astrocytomas of other locations and diffuse leptomeningeal glioneuronal tumours</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Volodia Dangouloff-Ros</w:t>
+                <w:t xml:space="preserve">Two novel tumours with NTRK2 fusion in the methylation class of extraventricular neurocytomas, including one intraventricular</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Maynadier</w:t>
+                <w:t xml:space="preserve">Charlotte Dubucs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Christian Chiforeanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00401-022-02512-6⟩</w:t>
+              <w:t xml:space="preserve">Brain Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (3), pp.e13223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bpa.13223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03982282v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04416149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypofractionated Stereotactic Re-irradiation and Anti-PDL1 Durvalumab Combination in Recurrent Glioblastoma: STERIMGLI Phase I Results</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Pouessel</w:t>
+                <w:t xml:space="preserve">CNS tumor with EP300::BCOR fusion: discussing its prevalence in adult population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Sievers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soléakhéna Ken</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Augustin Mervoyer</w:t>
+                <w:t xml:space="preserve">Cassandra Mariet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/oncolo/oyad095⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-023-01523-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843735v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04087524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Randomized phase III trial of metabolic imaging-guided dose escalation of radio-chemotherapy in patients with newly diagnosed glioblastoma (SPECTRO GLIO trial)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Laprie</w:t>
+                <w:t xml:space="preserve">Survival outcomes, prognostic factors, and effect of adjuvant radiotherapy and prophylactic neck dissection in salivary acinic cell carcinoma: A prospective multicenter REFCOR study of 187 patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chatelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Régis Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Atallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Noel</w:t>
+                <w:t xml:space="preserve">Juliette Thariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonor Chaltiel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Sunyach</w:t>
+                <w:t xml:space="preserve">François Mouawad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/neuonc/noad119⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 185, pp.11-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2023.02.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04209651v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CNS tumor with EP300::BCOR fusion: discussing its prevalence in adult population</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yvan Nicaise</w:t>
+                <w:t xml:space="preserve">Natural Course and Prognosis of Primary Spinal Glioblastoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Amelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Marie Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassandra Mariet</w:t>
+                <w:t xml:space="preserve">Bertrand Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiebaud Picart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-023-01523-y⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 100 (14), pp.e1497-e1509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000206834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04087524v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04227725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural Course and Prognosis of Primary Spinal Glioblastoma</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Louis-Marie Terrier</w:t>
+                <w:t xml:space="preserve">CNS neuroblastoma, FOXR2-activated and its mimics: a relevant panel approach for work-up and accurate diagnosis of this rare neoplasm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Mathon</w:t>
+                <w:t xml:space="preserve">Dominique Figarella-Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Joubert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thiebaud Picart</w:t>
+                <w:t xml:space="preserve">Claude-Alain Maurage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000206834⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-023-01536-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04227725v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04086974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survival outcomes, prognostic factors, and effect of adjuvant radiotherapy and prophylactic neck dissection in salivary acinic cell carcinoma: A prospective multicenter REFCOR study of 187 patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Mouawad</w:t>
+                <w:t xml:space="preserve">Clinico-pathological and epigenetic heterogeneity of diffuse gliomas with FGFR3::TACC3 fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Appay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2023.02.020⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-023-01506-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04044097v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CNS neuroblastoma, FOXR2-activated and its mimics: a relevant panel approach for work-up and accurate diagnosis of this rare neoplasm</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claude-Alain Maurage</w:t>
+                <w:t xml:space="preserve">A Multigene Signature Associated with Progression-Free Survival after Treatment for IDH Mutant and 1p/19q Codeleted Oligodendrogliomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Gilhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Meola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Cabarrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Peyraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-023-01536-7⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (12), pp.3067. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers15123067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04086974v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04207099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinico-pathological and epigenetic heterogeneity of diffuse gliomas with FGFR3::TACC3 fusion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Pediatric spinal pilocytic astrocytomas form a distinct epigenetic subclass from pilocytic astrocytomas of other locations and diffuse leptomeningeal glioneuronal tumours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Métais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Garcia</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Bouchoucha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kergrohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volodia Dangouloff-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Appay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+                <w:t xml:space="preserve">Xavier Maynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (1), </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 145 (1), pp.83-95. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40478-023-01506-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00401-022-02512-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04068545v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03982282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multigene Signature Associated with Progression-Free Survival after Treatment for IDH Mutant and 1p/19q Codeleted Oligodendrogliomas</w:t>
+                <w:t xml:space="preserve">Hypofractionated Stereotactic Re-irradiation and Anti-PDL1 Durvalumab Combination in Recurrent Glioblastoma: STERIMGLI Phase I Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Gilhodes</w:t>
+                <w:t xml:space="preserve">Damien Pouessel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adèle Meola</w:t>
+                <w:t xml:space="preserve">Soléakhéna Ken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Cabarrou</w:t>
+                <w:t xml:space="preserve">Valérie Gouazé-Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Peyraga</w:t>
+                <w:t xml:space="preserve">Lucie Piram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Dehais</w:t>
+                <w:t xml:space="preserve">Augustin Mervoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (12), pp.3067. </w:t>
+              <w:t xml:space="preserve">Oncologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (9), pp.825-e817. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers15123067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/oncolo/oyad095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04207099v1</w:t>
+                <w:t xml:space="preserve">hal-04843735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disseminated diffuse midline gliomas, H3K27-altered mimicking diffuse leptomeningeal glioneuronal tumors: a diagnostical challenge!</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">PLAG1 fusions extend the spectrum of PLAG(L)-altered CNS tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Castel</w:t>
+                <w:t xml:space="preserve">Delphine Dghayem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laprie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-022-01419-3⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 146 (6), pp.841-844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00401-023-02643-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493144v1</w:t>
+                <w:t xml:space="preserve">hal-04934758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosette‐forming glioneuronal tumours are midline, FGFR1 ‐mutated tumours</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philipp Sievers</w:t>
+                <w:t xml:space="preserve">Randomized phase III trial of metabolic imaging-guided dose escalation of radio-chemotherapy in patients with newly diagnosed glioblastoma (SPECTRO GLIO trial)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laprie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doriane Barets</w:t>
+                <w:t xml:space="preserve">Georges Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Fina</w:t>
+                <w:t xml:space="preserve">Leonor Chaltiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Truc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sunyach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nan.12813⟩</w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (1), pp.153-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/noad119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03982227v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinicopathological and molecular characterization of three cases classified by DNA-methylation profiling as “Glioneuronal Tumors, NOS, Subtype A”</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvan Nicaise</w:t>
+                <w:t xml:space="preserve">Rosette‐forming glioneuronal tumours are midline, FGFR1 ‐mutated tumours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Appay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Sievers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriane Barets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 48 (5), pp.e12813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nan.12813⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00401-022-02490-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03982248v1</w:t>
+                <w:t xml:space="preserve">hal-03982227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-grade epilepsy-associated neuroepithelial tumours with a prominent oligodendroglioma-like component: the diagnostic challenges</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Karen Silva</w:t>
+                <w:t xml:space="preserve">Clinicopathological and molecular characterization of three cases classified by DNA-methylation profiling as “Glioneuronal Tumors, NOS, Subtype A”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volodia Dangouloff-Ros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Figarella‑branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 144 (6), pp.1179-1183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00401-022-02490-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nan.12769⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03368370v1</w:t>
+                <w:t xml:space="preserve">hal-03982248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel YAP1-MAML2 fusion in an adult supra-tentorial ependymoma, YAP1-fused</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Low-grade epilepsy-associated neuroepithelial tumours with a prominent oligodendroglioma-like component: the diagnostic challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Appay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Tumor Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10014-022-00439-0⟩</w:t>
+              <w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 48 (2), pp.e12769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nan.12769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03982121v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03368370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supratentorial non-RELA, ZFTA-fused ependymomas: a comprehensive phenotype genotype correlation highlighting the number of zinc fingers in ZFTA-NCOA1/2 fusions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A novel YAP1-MAML2 fusion in an adult supra-tentorial ependymoma, YAP1-fused</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philipp Sievers</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Figarella‑branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Appay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-021-01238-y⟩</w:t>
+              <w:t xml:space="preserve">Brain Tumor Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (4), pp.240-242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10014-022-00439-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493324v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03982121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrative histopathological and epigenetic characterization of primary intracranial mesenchymal tumors, FET:CREB‐fused broadening the spectrum of tumor entities in comparison with their soft tissue counterparts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine Guillemot</w:t>
+                <w:t xml:space="preserve">Disseminated diffuse midline gliomas, H3K27-altered mimicking diffuse leptomeningeal glioneuronal tumors: a diagnostical challenge!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Nicaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Pathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (1), pp.119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-022-01419-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bpa.13010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04531050v1</w:t>
+                <w:t xml:space="preserve">hal-04493144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mucoepidermoid carcinoma of salivary glands: A French Network of Rare Head and Neck Tumors (REFCOR) prospective study of 292 cases</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roch Giorgi</w:t>
+                <w:t xml:space="preserve">The Implementation of DNA Methylation Profiling into a Multistep Diagnostic Process in Pediatric Neuropathology: A 2-Year Real-World Experience by the French Neuropathology Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Vergez</w:t>
+                <w:t xml:space="preserve">David Meyronet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Le Taillandier de Gabory</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Costes-Martineau</w:t>
+                <w:t xml:space="preserve">Guillaume Gauchotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EJSO - European Journal of Surgical Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejso.2020.11.123⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (6), pp.1377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers13061377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03049061v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03190280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A recurrent RYR1 mutation associated with early-onset hypotonia and benign disease course</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Biancalana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Biancalana</w:t>
+                <w:t xml:space="preserve">John Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Rendu</w:t>
+                <w:t xml:space="preserve">Annabelle Chaussenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabelle Chaussenot</w:t>
+                <w:t xml:space="preserve">Helen Mecili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bieth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (1), pp.155. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s40478-021-01254-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03613310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Implementation of DNA Methylation Profiling into a Multistep Diagnostic Process in Pediatric Neuropathology: A 2-Year Real-World Experience by the French Neuropathology Network</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carole Colin</w:t>
+                <w:t xml:space="preserve">Mucoepidermoid carcinoma of salivary glands: A French Network of Rare Head and Neck Tumors (REFCOR) prospective study of 292 cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Saloner Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Meyronet</w:t>
+                <w:t xml:space="preserve">Roch Giorgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gauchotte</w:t>
+                <w:t xml:space="preserve">Sébastien Vergez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Le Taillandier de Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Costes-Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers13061377⟩</w:t>
+              <w:t xml:space="preserve">EJSO - European Journal of Surgical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (6), pp.1376-1383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejso.2020.11.123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190280v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03049061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating next-generation sequencing in neuromuscular diseases with neonatal respiratory distress</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Integrated Clinical-Biological Approach to Identify Interindividual Variability and Atypical Phenotype-Genotype Correlations in Myopathies: Experience on A Cohort of 156 Families</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Espil-Taris</w:t>
+                <w:t xml:space="preserve">Raul Juntas Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Beze-Beyrie</w:t>
+                <w:t xml:space="preserve">Aurélien Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Rivier</w:t>
+                <w:t xml:space="preserve">Guilhem Solé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Pegeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Paediatric Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpn.2021.01.011⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (8), pp.1199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes12081199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03147695v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314914v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Integrated Clinical-Biological Approach to Identify Interindividual Variability and Atypical Phenotype-Genotype Correlations in Myopathies: Experience on A Cohort of 156 Families</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluating next-generation sequencing in neuromuscular diseases with neonatal respiratory distress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Solé</w:t>
+                <w:t xml:space="preserve">Marie-Céline François-Heude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Lacourt</w:t>
+                <w:t xml:space="preserve">Ulrike Walther-Louvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Pegeot</w:t>
+                <w:t xml:space="preserve">Caroline Espil-Taris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Beze-Beyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/genes12081199⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Paediatric Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31, pp.78-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpn.2021.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03314914v2</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03147695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immunopathogenesis and proposed clinical score for identifying Kelch-like protein-11 encephalitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Vogrig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Péricart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laurie Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rogemond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Muñiz-Castrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 3 (3), pp.16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/braincomms/fcab185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel dominant distal titinopathy phenotype associated with copy number variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Juntas Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Thèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lacourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Clinical and Translational Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8 (9), pp.1906-1912. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/acn3.51434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03304664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiotherapy‐PCV versus radiotherapy‐temozolomide for IDH ‐mutant anaplastic astrocytoma: a retrospective multicentre analysis of the French POLA cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Esteyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Uro‐coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/onco.13701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03137363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of an integrated genotype-phenotype strategy to unravel the molecular bases of titinopathies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ulrike Walther-Louvier</w:t>
+                <w:t xml:space="preserve">An integrative histopathological and epigenetic characterization of primary intracranial mesenchymal tumors, FET:CREB‐fused broadening the spectrum of tumor entities in comparison with their soft tissue counterparts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède‐espariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Sievers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Larousserie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Benzakoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nmd.2020.09.032⟩</w:t>
+              <w:t xml:space="preserve">Brain Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32, pp.e1301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bpa.13010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02985653v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which Method for Diagnosing Small Fiber Neuropathy?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Rousseau</w:t>
+                <w:t xml:space="preserve">Supratentorial non-RELA, ZFTA-fused ependymomas: a comprehensive phenotype genotype correlation highlighting the number of zinc fingers in ZFTA-NCOA1/2 fusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Nicaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kergrohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Sievers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fneur.2020.00342⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (1), pp.135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-021-01238-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814632v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A prospective multicentre REFCOR study of 470 cases of head and neck Adenoid cystic carcinoma: epidemiology and prognostic factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Atallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Casiraghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Casiraghi</w:t>
+                <w:t xml:space="preserve">Nicolas Fakhry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Fakhry</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Wassef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European journal of cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 130, pp.241-249. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejca.2020.01.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03599053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translation reprogramming by eIF3 linked to glioblastoma resistance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The importance of an integrated genotype-phenotype strategy to unravel the molecular bases of titinopathies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Juntas Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Rivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Bertorello</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Monique Courtade-Saïdi</w:t>
+                <w:t xml:space="preserve">Claude Cances</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrike Walther-Louvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAR Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/narcan/zcaa020⟩</w:t>
+              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nmd.2020.09.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04920717v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02985653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translation reprogramming by eIF3 linked to glioblastoma resistance</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Which Method for Diagnosing Small Fiber Neuropathy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Courtade-Saïdi</w:t>
+                <w:t xml:space="preserve">Vincent Fabry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Gerdelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Acket</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Cintas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAR Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/narcan/zcaa020⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fneur.2020.00342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802996v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of cN0 low‐grade mucoepidermoid carcinomas of salivary glands: Prospective multicentre study of 152 cases of the French Network of Rare Head and Neck Tumors (REFCOR)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Costes‐martineau</w:t>
+                <w:t xml:space="preserve">Translation reprogramming by eIF3 linked to glioblastoma resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bertorello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Sesen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Gilhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Courtade-Saïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Otolaryngology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NAR Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/narcan/zcaa020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/coa.13600⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03049063v1</w:t>
+                <w:t xml:space="preserve">hal-04920717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amyloid-β transmission through cardiac surgery using cadaveric dura mater patch</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Translation reprogramming by eIF3 linked to glioblastoma resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bertorello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Raposo</w:t>
+                <w:t xml:space="preserve">Julie Sesen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Planton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+                <w:t xml:space="preserve">Solène Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Calviere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Payoux</w:t>
+                <w:t xml:space="preserve">Monique Courtade-Saïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NAR Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/narcan/zcaa020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/jnnp-2019-321927⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04660028v1</w:t>
+                <w:t xml:space="preserve">hal-04802996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The EP300:BCOR fusion extends the genetic alteration spectrum defining the new tumoral entity of “CNS tumors with BCOR internal tandem duplication”</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+                <w:t xml:space="preserve">Management of cN0 low‐grade mucoepidermoid carcinomas of salivary glands: Prospective multicentre study of 152 cases of the French Network of Rare Head and Neck Tumors (REFCOR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Saloner Dahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roch Giorgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Pierron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+                <w:t xml:space="preserve">Renaud Garrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Le Taillandier de Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Costes‐martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-020-01064-8⟩</w:t>
+              <w:t xml:space="preserve">Clinical Otolaryngology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (6), pp.926-931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/coa.13600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623269v1</w:t>
+                <w:t xml:space="preserve">hal-03049063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pédagogie à grande échelle en ACP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bertheau</w:t>
+                <w:t xml:space="preserve">The EP300:BCOR fusion extends the genetic alteration spectrum defining the new tumoral entity of “CNS tumors with BCOR internal tandem duplication”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Denize</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anthony Jacquier</w:t>
+                <w:t xml:space="preserve">Gaëlle Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Pathologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.annpat.2018.12.009⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (1), pp.178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-020-01064-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03486707v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04623269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain tumor with an ATXN1-NUTM1 fusion gene expands the histologic spectrum of NUTM1-rearranged neoplasia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Amyloid-β transmission through cardiac surgery using cadaveric dura mater patch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Raposo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Planton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Calviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Masliah-Planchon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Pierron</w:t>
+                <w:t xml:space="preserve">Pierre Payoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-019-0870-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 91 (4), pp.440-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jnnp-2019-321927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02440672v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paraneoplastic neuromyelitis optica and ovarian teratoma: A case series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pédagogie à grande échelle en ACP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bertheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Denize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Bernard-Valnet</w:t>
+                <w:t xml:space="preserve">Julien Calvani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvaro Cobo-Calvo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+                <w:t xml:space="preserve">Charlotte Gardair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raluca Marasescu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mickael Bonnan</w:t>
+                <w:t xml:space="preserve">Anthony Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msard.2019.03.031⟩</w:t>
+              <w:t xml:space="preserve">Annales de Pathologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (2), pp.144 - 150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annpat.2018.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03484440v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03486707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The molecular landscape of ETMR at diagnosis and relapse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brain tumor with an ATXN1-NUTM1 fusion gene expands the histologic spectrum of NUTM1-rearranged neoplasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Masliah-Planchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sander Lambo</w:t>
+                <w:t xml:space="preserve">Franck-Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne Gröbner</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christin Schmidt</w:t>
+                <w:t xml:space="preserve">Delphine Larrieu-Ciron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-019-1815-x⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (1), pp.220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-019-0870-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02441051v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02440672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EWSR1-PATZ1 gene fusion may define a new glioneuronal tumor entity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Paraneoplastic neuromyelitis optica and ovarian teratoma: A case series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Bernard-Valnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Cobo-Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Marasescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Rousseau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yvan Nicaise</w:t>
+                <w:t xml:space="preserve">Mickael Bonnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bpa.12619⟩</w:t>
+              <w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31, pp.97 - 100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msard.2019.03.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01812464v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03484440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CDKN2A homozygous deletion is a strong adverse prognosis factor in diffuse malignant IDH-mutant gliomas</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claude-Alain Maurage</w:t>
+                <w:t xml:space="preserve">The molecular landscape of ETMR at diagnosis and relapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sander Lambo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agusti Alentorn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Carpentier</w:t>
+                <w:t xml:space="preserve">Susanne Gröbner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Rausch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Waszak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christin Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/neuonc/noz124⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 576 (7786), pp.274-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-019-1815-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02441014v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dose-painting multicenter phase III trial in newly diagnosed glioblastoma: the SPECTRO-GLIO trial comparing arm A standard radiochemotherapy to arm B radiochemotherapy with simultaneous integrated boost guided by MR spectroscopic imaging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laure Vieillevigne</w:t>
+                <w:t xml:space="preserve">CDKN2A homozygous deletion is a strong adverse prognosis factor in diffuse malignant IDH-mutant gliomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Appay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Alain Maurage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agusti Alentorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12885-019-5317-x⟩</w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (12), pp.1519-1528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/noz124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706298v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ETMR-like infantile cerebellar embryonal tumors in the extended morphologic spectrum of DICER1-related tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Masliah-Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Blanluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Lambo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Neuropathologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 137 (1), pp.175-177. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00401-018-1935-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01984537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pediatric methylation class HGNET-MN1: unresolved issues with terminology and grading</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">EWSR1-PATZ1 gene fusion may define a new glioneuronal tumor entity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Alain Maurage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Pericart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-019-0834-z⟩</w:t>
+              <w:t xml:space="preserve">Brain Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bpa.12619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04515758v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01812464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somatostatin receptor 2A protein expression characterizes anaplastic oligodendrogliomas with favorable outcome</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emeline Tabouret</w:t>
+                <w:t xml:space="preserve">Dose-painting multicenter phase III trial in newly diagnosed glioblastoma: the SPECTRO-GLIO trial comparing arm A standard radiochemotherapy to arm B radiochemotherapy with simultaneous integrated boost guided by MR spectroscopic imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laprie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soléakhéna Ken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Touat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carole Colin</w:t>
+                <w:t xml:space="preserve">Thomas Filleron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lubrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieillevigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-018-0594-1⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (1), pp.167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-019-5317-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01879945v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IDH2 mutations are commonly associated with 1p/19q codeletion in diffuse adult gliomas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Carpentier</w:t>
+                <w:t xml:space="preserve">Pediatric methylation class HGNET-MN1: unresolved issues with terminology and grading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Tauziède-Espariat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (1), pp.176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-019-0834-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/neuonc/noy014⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01775166v1</w:t>
+                <w:t xml:space="preserve">hal-04515758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Reliable Targeted Next-Generation Sequencing Strategy for Diagnosis of Myopathies and Muscular Dystrophies, Especially for the Giant Titin and Nebulin Genes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Henri Pégeot</w:t>
+                <w:t xml:space="preserve">Somatostatin receptor 2A protein expression characterizes anaplastic oligodendrogliomas with favorable outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Appay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Yauy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raul Juntas Morales</w:t>
+                <w:t xml:space="preserve">Emeline Tabouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Touat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Diagnostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmoldx.2018.04.001⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-018-0594-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01800470v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01879945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffuse gliomas with FGFR3-TACC3 fusion have characteristic histopathological and molecular features</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Meyronet</w:t>
+                <w:t xml:space="preserve">IDH2 mutations are commonly associated with 1p/19q codeletion in diffuse adult gliomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Appay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Tabouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Picca</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chiara Villa</w:t>
+                <w:t xml:space="preserve">Nicolas Macagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Touat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bpa.12563⟩</w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (5), pp.716-718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/noy014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01676427v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01775166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phostine PST3.1a Targets MGAT5 and Inhibits Glioblastoma-Initiating Cell Invasiveness and Proliferation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diffuse gliomas with FGFR3-TACC3 fusion have characteristic histopathological and molecular features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Luisa Di Stefano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Meyronet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahra Hassani</w:t>
+                <w:t xml:space="preserve">Alberto Picca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saleh Ali</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Willy Morelle</w:t>
+                <w:t xml:space="preserve">Chiara Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/1541-7786.MCR-17-0120⟩</w:t>
+              <w:t xml:space="preserve">Brain Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bpa.12563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01610960v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adipose stromal cells improve healing of vocal fold scar: Morphological and functional evidences</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Swider</w:t>
+                <w:t xml:space="preserve">A Reliable Targeted Next-Generation Sequencing Strategy for Diagnosis of Myopathies and Muscular Dystrophies, Especially for the Giant Titin and Nebulin Genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reda Zenagui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Pégeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Yauy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Juntas Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laryngoscope</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/lary.25867⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Diagnostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (4), pp.533-549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmoldx.2018.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01585568v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01800470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitotic index, microvascular proliferation, and necrosis define 3 pathological subgroups of prognostic relevance among 1p/19q co-deleted anaplastic oligodendrogliomas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carole Colin</w:t>
+                <w:t xml:space="preserve">Phostine PST3.1a Targets MGAT5 and Inhibits Glioblastoma-Initiating Cell Invasiveness and Proliferation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Hassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saleh Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya Turpault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Khiati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Morelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/neuonc/now085⟩</w:t>
+              <w:t xml:space="preserve">Molecular Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (10), pp.1376-1387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1541-7786.MCR-17-0120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576124v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01610960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear protein in testis carcinoma of the mediastinum: a case report</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Birembaut</w:t>
+                <w:t xml:space="preserve">Mitotic index, microvascular proliferation, and necrosis define 3 pathological subgroups of prognostic relevance among 1p/19q co-deleted anaplastic oligodendrogliomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Figarella-Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Case Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13256-017-1328-x⟩</w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (6), pp.888-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/now085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01536347v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prognostic impact of the 2016 WHO classification of diffuse gliomas in the French POLA cohort</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emeline Tabouret</w:t>
+                <w:t xml:space="preserve">Adipose stromal cells improve healing of vocal fold scar: Morphological and functional evidences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume De Bonnecaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Woisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anh Tuan Nguyen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">François Ducray</w:t>
+                <w:t xml:space="preserve">Pascal Swider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00401-016-1611-8⟩</w:t>
+              <w:t xml:space="preserve">Laryngoscope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, vol. 126 (n° 8), pp. E278-E285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/lary.25867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01480146v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01585568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated multi-omics analysis of oligodendroglial tumours identifies three subgroups of 1p/19q co-deleted gliomas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prognostic impact of the 2016 WHO classification of diffuse gliomas in the French POLA cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Tabouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh Tuan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Kamoun</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Catherine Carpentier</w:t>
+                <w:t xml:space="preserve">François Ducray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms11263⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 132 (4), pp.625-634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00401-016-1611-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01320022v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prognostic Relevance of Histomolecular Classification of Diffuse Adult High-Grade Gliomas with Necrosis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+                <w:t xml:space="preserve">Integrated multi-omics analysis of oligodendroglial tumours identifies three subgroups of 1p/19q co-deleted gliomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Kamoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Jouvet</w:t>
+                <w:t xml:space="preserve">Ahmed Idbaih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Elarouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bpa.12227⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.11263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms11263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01629490v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of TRIM32 deletions in LGMD patients analyzed by a combined strategy of CGH array and massively parallel sequencing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nuclear protein in testis carcinoma of the mediastinum: a case report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael de Cid</w:t>
+                <w:t xml:space="preserve">Gonçalo Boleto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Baulande</w:t>
+                <w:t xml:space="preserve">Jeanne-Marie Perotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Leturcq</w:t>
+                <w:t xml:space="preserve">Claire Launois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jon Andoni Urtizberea</w:t>
+                <w:t xml:space="preserve">Philippe Birembaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Human Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 23 (7), pp.929-934. </w:t>
+              <w:t xml:space="preserve">Journal of Medical Case Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (1), pp.152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ejhg.2014.223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13256-017-1328-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190709v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01536347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RAD18 Is a Maternal Limiting Factor Silencing the UV-Dependent DNA Damage Checkpoint in Xenopus Embryos</w:t>
               </w:r>
@@ -8810,1677 +8810,1945 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02121294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced sphingosine kinase-1 and enhanced sphingosine 1-phosphate lyase expression demonstrate deregulated sphingosine 1-phosphate signaling in Alzheimer's disease.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prognostic Relevance of Histomolecular Classification of Diffuse Adult High-Grade Gliomas with Necrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Figarella-Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johnatan Ceccom</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yvan Nicaise</w:t>
+                <w:t xml:space="preserve">Anne Jouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/2051-5960-2-12⟩</w:t>
+              <w:t xml:space="preserve">Brain Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (4), pp.418 - 428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bpa.12227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00941846v1</w:t>
+                <w:t xml:space="preserve">hal-01629490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: SNP Array Analysis Reveals Novel Genomic Abnormalities Including Copy Neutral Loss of Heterozygosity in Anaplastic Oligodendrogliomas</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caroline Dehais</w:t>
+                <w:t xml:space="preserve">Detection of TRIM32 deletions in LGMD patients analyzed by a combined strategy of CGH array and massively parallel sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Nectoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael de Cid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Baulande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Courdy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Carpentier</w:t>
+                <w:t xml:space="preserve">France Leturcq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Andoni Urtizberea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/annotation/27807b78-9c79-414a-a47e-fb3eca621be4⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Human Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 23 (7), pp.929-934. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ejhg.2014.223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03025087v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNP array analysis reveals novel genomic abnormalities including copy neutral loss of heterozygosity in anaplastic oligodendrogliomas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Carpentier</w:t>
+                <w:t xml:space="preserve">Reduced sphingosine kinase-1 and enhanced sphingosine 1-phosphate lyase expression demonstrate deregulated sphingosine 1-phosphate signaling in Alzheimer's disease.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnatan Ceccom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najat Loukh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lauwers-Cances</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Touriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (1), pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/2051-5960-2-12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0045950⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00911465v1</w:t>
+                <w:t xml:space="preserve">inserm-00941846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histopathologic and Ultrastructural Features and Claudin Expression in Papillary Tumors of the Pineal Region</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jacques Champier</w:t>
+                <w:t xml:space="preserve">Correction: SNP Array Analysis Reveals Novel Genomic Abnormalities Including Copy Neutral Loss of Heterozygosity in Anaplastic Oligodendrogliomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Idbaih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ducray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Courdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Surgical Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/PAS.0b013e31824b7114⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/annotation/27807b78-9c79-414a-a47e-fb3eca621be4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01853558v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03025087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxoplasmic encephalitis IRIS in HIV-infected patients: a case series and review of the literature</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lise Cuzin</w:t>
+                <w:t xml:space="preserve">SNP array analysis reveals novel genomic abnormalities including copy neutral loss of heterozygosity in anaplastic oligodendrogliomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Idbaih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ducray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Courdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jnnp.2009.199919⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (10), pp.e45950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0045950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00591166v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Management of muscle and nerve biopsies: expert guidelines from two French professional societies, Société française de myologie et de l'Association française contre les myopathies] : Prise en charge des biopsies musculaires et nerveuses. Recommandations formalisées d'experts sous l'égide de la Société française de neuropathologie, de la Société française de myologie et de l'Association française contre les myopathies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Histopathologic and Ultrastructural Features and Claudin Expression in Papillary Tumors of the Pineal Region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Fèvre Montange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Vasiljevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bergemer Fouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Uro-Soste</w:t>
+                <w:t xml:space="preserve">Michèle Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Fernandez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Butori</w:t>
+                <w:t xml:space="preserve">Jacques Champier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2010.03.015⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Surgical Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 36 (6), pp.916 - 928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/PAS.0b013e31824b7114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00629866v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01853558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Striking phenotypic variability in two familial cases of myosin storage myopathy with a MYH7 Leu1793pro mutation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Toxoplasmic encephalitis IRIS in HIV-infected patients: a case series and review of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martin-Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Delobel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Arné-Bes</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Levade</w:t>
+                <w:t xml:space="preserve">Lise Cuzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nmd.2008.11.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82 (6), pp.691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jnnp.2009.199919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-00408773v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00591166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond PrP9res) type 1/type 2 dichotomy in Creutzfeldt-Jakob disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+                <w:t xml:space="preserve">[Management of muscle and nerve biopsies: expert guidelines from two French professional societies, Société française de myologie et de l'Association française contre les myopathies] : Prise en charge des biopsies musculaires et nerveuses. Recommandations formalisées d'experts sous l'égide de la Société française de neuropathologie, de la Société française de myologie et de l'Association française contre les myopathies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Uro-Soste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Jérôme Authier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bassez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Cassard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Bilheude</w:t>
+                <w:t xml:space="preserve">C. Butori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1000029⟩</w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 166 (5), pp.477-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2010.03.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00421129v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00629866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamin 2 mutations cause sporadic centronuclear myopathy with neonatal onset</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Striking phenotypic variability in two familial cases of myosin storage myopathy with a MYH7 Leu1793pro mutation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Arné-Bes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pellissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Bitoun</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Ana Lia Taratuto</w:t>
+                <w:t xml:space="preserve">Thierry Levade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ana.21235⟩</w:t>
+              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (2), pp.163-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nmd.2008.11.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02448610v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00408773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal analysis of gene expression in porcine skeletal muscle after post-injection local injury.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Beyond PrP9res) type 1/type 2 dichotomy in Creutzfeldt-Jakob disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Cassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Lugan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bilheude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11095-007-9266-8⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4 (3), pp.e1000029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1000029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409866v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00421129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrocytes Accumulate 4-Hydroxynonenal Adducts in Murine Scrapie and Human Creutzfeldt–Jakob Disease</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Longitudinal analysis of gene expression in porcine skeletal muscle after post-injection local injury.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre J. Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Liaubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Concordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sarradin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1006/nbdi.2002.0558⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceutical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 24 (8), pp.1480-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11095-007-9266-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02953624v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00409866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dynamin 2 mutations cause sporadic centronuclear myopathy with neonatal onset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bitoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Alfredo Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Prudhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Maugenre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Lia Taratuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 62 (6), pp.666-670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ana.21235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02448610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrocytes Accumulate 4-Hydroxynonenal Adducts in Murine Scrapie and Human Creutzfeldt–Jakob Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Andreoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Levavasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tabouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sarradin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 11 (3), pp.386-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/nbdi.2002.0558⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lysosomal sphingomyelinase is not solicited for apoptosis signaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bezombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cuvillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FASEB Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 15 (2), pp.297-299. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1096/fj.00-0466fje⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04826847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10490,168 +10758,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses fonctionnelles et études de corrélation phénotype-génotype chez des patients suspects de titinopathie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Van Goethem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Métay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Juntas Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19èmes Journées de la Société Française de Myologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04004837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId411"/>
+      <w:footerReference w:type="default" r:id="rId421"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10798,51 +11066,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453682v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Tauzi&#232;de-Espariat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodia Dangouloff-Ros" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Sievers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duchesne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Siegfried" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-025-02037-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867122v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Filser" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Torrejon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Merchadou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dufour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Girard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noae279" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416149v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro-Coste" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubucs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Christian Chiforeanu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.13223" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04894190v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domique Figarella-Branger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Colin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Mokhtari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Idbaih" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noae221" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666417v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marick La&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Delphine Lanic" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles L&#233;pine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Hourseau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Benzerdjeb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpat.2023.12.012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680760v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Le Quang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Trinquet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury de Barros" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bauchet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-024-02779-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04784873v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M&#233;tais" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Garcia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vannod-Michel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Csanyi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.13014" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676584v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyad Alsugair" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Descotes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pissaloux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humpath.2024.105633" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04589975v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Nicaise" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Sahm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas von Deimling" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01695-7" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824410v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Poissonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Chabrillac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Moya-Plana" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oraloncology.2024.107072" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934758v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dghayem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laprie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-023-02643-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03982282v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouchoucha" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kergrohen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Maynadier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-022-02512-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843735v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pouessel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#233;akh&#233;na Ken" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouaz&#233;-Andersson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Piram" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Mervoyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oncolo/oyad095" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209651v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Noel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor Chaltiel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Truc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sunyach" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noad119" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04087524v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Mariet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01523-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227725v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Amelot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Terrier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mathon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Joubert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiebaud Picart" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000206834" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04044097v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chatelet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R&#233;gis Ferrand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Atallah" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Thariat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mouawad" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2023.02.020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04086974v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Figarella-Branger" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alain Maurage" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01536-7" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068545v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Appay" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01506-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207099v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gilhodes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Meola" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cabarrou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Peyraga" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dehais" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15123067" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493144v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-022-01419-3" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03982227v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bielle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Barets" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fina" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12813" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03982248v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Figarella&#8209;branger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-022-02490-9" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368370v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pag&#232;s" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gallardo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Silva" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12769" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03982121v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10014-022-00439-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493324v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01238-y" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04531050v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Tauzi&#232;de&#8208;espariat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Larousserie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Benzakoun" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guillemot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.13010" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049061v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Saloner Dahan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Giorgi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vergez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Taillandier de Gabory" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Costes-Martineau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejso.2020.11.123" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613310v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Biancalana" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rendu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Chaussenot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mecili" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bieth" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01254-y" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190280v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meyronet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gauchotte" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13061377" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147695v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Fran&#231;ois-Heude" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Walther-Louvier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Espil-Taris" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beze-Beyrie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rivier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2021.01.011" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314914v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Juntas Morales" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacourt" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Pegeot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12081199" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619018v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Vogrig" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah P&#233;ricart" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laurie Pinto" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rogemond" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Mu&#241;iz-Castrillo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcab185" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304664v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chapon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Th&#232;ze" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acn3.51434" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137363v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Esteyrie" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Carpentier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro&#8208;coste" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/onco.13701" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985653v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rivier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cances" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2020.09.032" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04814632v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fabry" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gerdelat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Acket" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cintas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.00342" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03599053v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Casiraghi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fakhry" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wassef" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2020.01.023" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920717v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertorello" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sesen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evrard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Courtade-Sa&#239;di" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/narcan/zcaa020" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802996v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049063v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garrel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Costes&#8208;martineau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/coa.13600" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04660028v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raposo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Planton" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Calviere" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Payoux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2019-321927" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04623269v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Pierron" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-020-01064-8" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486707v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bertheau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Denize" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Calvani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gardair" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Jacquier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpat.2018.12.009" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440672v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Masliah-Planchon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Emmanuel Roux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Larrieu-Ciron" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0870-8" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484440v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bernard-Valnet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Cobo-Calvo" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Marasescu" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bonnan" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2019.03.031" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441051v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Lambo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Gr&#246;bner" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Rausch" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Waszak" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christin Schmidt" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1815-x" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01812464v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rousseau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pericart" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12619" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441014v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agusti Alentorn" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noz124" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706298v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Filleron" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lubrano" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieillevigne" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-019-5317-x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984537v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Blanluet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-018-1935-7" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515758v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Roux" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0834-z" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01879945v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Tabouret" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Touat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0594-1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01775166v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Macagno" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noy014" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01800470v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Zenagui" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri P&#233;geot" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Yauy" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmoldx.2018.04.001" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01676427v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Luisa Di Stefano" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Picca" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Villa" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12563" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610960v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Hassani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Ali" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Turpault" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Khiati" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Morelle" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-17-0120" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585568v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume De Bonnecaze" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chaput" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Swider" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lary.25867" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576124v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/now085" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01536347v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Boleto" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Perotin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Launois" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Birembaut" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13256-017-1328-x" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01480146v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Nguyen" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ducray" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-016-1611-8" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01320022v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kamoun" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Elarouci" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms11263" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629490v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouvet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12227" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02190709v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Nectoux" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael de Cid" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baulande" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Leturcq" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Andoni Urtizberea" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2014.223" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121294v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chames Kermi" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Prieto" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siem Van&#160;der&#160;laan" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Tsanov" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Recolin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2015.06.002" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00941846v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnatan Ceccom" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Loukh" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lauwers-Cances" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Touriol" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2051-5960-2-12" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025087v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Courdy" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/annotation/27807b78-9c79-414a-a47e-fb3eca621be4" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00911465v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0045950" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853558v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle F&#232;vre Montange" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vasiljevic" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergemer Fouquet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bernier" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Champier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PAS.0b013e31824b7114" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591166v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin-Blondel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Alvarez" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Cuzin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2009.199919" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00629866v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Uro-Soste" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandez" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-J&#233;r&#244;me Authier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bassez" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Butori" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2010.03.015" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00408773v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Arn&#233;-Bes" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pellissier" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Richard" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Levade" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2008.11.012" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7CSMHZ04-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421129v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cassard" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Simon" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lugan" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bilheude" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000029" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448610v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bitoun" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alfredo Bevilacqua" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Prudhon" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Maugenre" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lia Taratuto" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.21235" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V1R7JBLT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409866v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre J. Ferr&#233;" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Concordet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-007-9266-8" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8VSKDDMN-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953624v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Andreoletti" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Levavasseur" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sarradin" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/nbdi.2002.0558" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PCHZQZHM-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04826847v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bezombes" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno S&#233;gui" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cuvillier" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bruno" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.00-0466fje" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004837v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Van Goethem" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M&#233;tay" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549067v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro-Coste" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Nicaise" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Akiki" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Decamps" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onor Chaltiel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.modpat.2025.100786" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453682v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Tauzi&#232;de-Espariat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodia Dangouloff-Ros" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Sievers" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duchesne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Siegfried" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-025-02037-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867122v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Filser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Torrejon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Merchadou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dufour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Girard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noae279" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05551469v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rousseau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Basset" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Saffroy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cavillon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnen/nlaf062" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666417v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marick La&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Delphine Lanic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles L&#233;pine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Hourseau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Benzerdjeb" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpat.2023.12.012" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04894190v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domique Figarella-Branger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Colin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Mokhtari" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noae221" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680760v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Le Quang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Trinquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury de Barros" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bauchet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-024-02779-x" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04784873v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M&#233;tais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Garcia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vannod-Michel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Csanyi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.13014" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676584v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyad Alsugair" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Descotes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pissaloux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humpath.2024.105633" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04589975v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Sahm" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas von Deimling" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01695-7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824410v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Poissonnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Chabrillac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Moya-Plana" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oraloncology.2024.107072" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416149v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubucs" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Christian Chiforeanu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.13223" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04087524v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Mariet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01523-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04044097v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chatelet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R&#233;gis Ferrand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Atallah" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Thariat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mouawad" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2023.02.020" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227725v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Amelot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Terrier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mathon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Joubert" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiebaud Picart" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000206834" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04086974v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Figarella-Branger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alain Maurage" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01536-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068545v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Appay" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01506-z" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207099v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gilhodes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Meola" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cabarrou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Peyraga" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dehais" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15123067" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03982282v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouchoucha" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kergrohen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Maynadier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-022-02512-6" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843735v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pouessel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#233;akh&#233;na Ken" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouaz&#233;-Andersson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Piram" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Mervoyer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oncolo/oyad095" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934758v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dghayem" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laprie" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-023-02643-4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209651v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Noel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor Chaltiel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Truc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sunyach" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noad119" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03982227v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bielle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Barets" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fina" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12813" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03982248v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Figarella&#8209;branger" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-022-02490-9" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368370v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pag&#232;s" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gallardo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Silva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12769" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03982121v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10014-022-00439-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493144v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-022-01419-3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190280v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meyronet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gauchotte" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13061377" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613310v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Biancalana" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rendu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Chaussenot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mecili" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bieth" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01254-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049061v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Saloner Dahan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Giorgi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vergez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Taillandier de Gabory" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Costes-Martineau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejso.2020.11.123" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314914v2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Juntas Morales" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacourt" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Pegeot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12081199" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147695v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Fran&#231;ois-Heude" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Walther-Louvier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Espil-Taris" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beze-Beyrie" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rivier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2021.01.011" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619018v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Vogrig" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah P&#233;ricart" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laurie Pinto" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rogemond" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Mu&#241;iz-Castrillo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcab185" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304664v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chapon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Th&#232;ze" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acn3.51434" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137363v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Esteyrie" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Carpentier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro&#8208;coste" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/onco.13701" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04531050v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Tauzi&#232;de&#8208;espariat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Larousserie" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Benzakoun" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guillemot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.13010" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493324v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01238-y" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03599053v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Casiraghi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fakhry" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wassef" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2020.01.023" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985653v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rivier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cances" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2020.09.032" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04814632v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fabry" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gerdelat" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Acket" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cintas" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.00342" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920717v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertorello" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sesen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evrard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Courtade-Sa&#239;di" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/narcan/zcaa020" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802996v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049063v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garrel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Costes&#8208;martineau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/coa.13600" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04623269v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Pierron" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-020-01064-8" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04660028v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raposo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Planton" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Calviere" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Payoux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2019-321927" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486707v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bertheau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Denize" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Calvani" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gardair" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Jacquier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpat.2018.12.009" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440672v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Masliah-Planchon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Emmanuel Roux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Larrieu-Ciron" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0870-8" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484440v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bernard-Valnet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Cobo-Calvo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Marasescu" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bonnan" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2019.03.031" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441051v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Lambo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Gr&#246;bner" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Rausch" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Waszak" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christin Schmidt" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1815-x" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441014v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agusti Alentorn" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noz124" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984537v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Blanluet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-018-1935-7" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01812464v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pericart" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12619" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706298v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Filleron" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lubrano" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieillevigne" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-019-5317-x" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515758v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Roux" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0834-z" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01879945v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Tabouret" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Touat" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0594-1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01775166v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Macagno" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noy014" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01676427v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Luisa Di Stefano" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Picca" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Villa" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12563" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01800470v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Zenagui" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri P&#233;geot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Yauy" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmoldx.2018.04.001" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610960v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Hassani" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Ali" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Turpault" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Khiati" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Morelle" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-17-0120" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576124v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/now085" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585568v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume De Bonnecaze" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chaput" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Swider" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lary.25867" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01480146v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Nguyen" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ducray" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-016-1611-8" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01320022v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kamoun" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Idbaih" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Elarouci" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms11263" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01536347v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Boleto" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Perotin" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Launois" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Birembaut" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13256-017-1328-x" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121294v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chames Kermi" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Prieto" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siem Van&#160;der&#160;laan" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Tsanov" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Recolin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2015.06.002" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629490v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouvet" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12227" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02190709v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Nectoux" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael de Cid" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baulande" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Leturcq" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Andoni Urtizberea" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2014.223" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00941846v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnatan Ceccom" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Loukh" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lauwers-Cances" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Touriol" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2051-5960-2-12" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025087v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Courdy" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/annotation/27807b78-9c79-414a-a47e-fb3eca621be4" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00911465v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0045950" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853558v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle F&#232;vre Montange" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vasiljevic" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergemer Fouquet" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bernier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Champier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PAS.0b013e31824b7114" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591166v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin-Blondel" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Alvarez" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Cuzin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2009.199919" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00629866v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Uro-Soste" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandez" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-J&#233;r&#244;me Authier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bassez" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Butori" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2010.03.015" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00408773v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Arn&#233;-Bes" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pellissier" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Richard" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Levade" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2008.11.012" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7CSMHZ04-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421129v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cassard" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Simon" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lugan" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bilheude" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000029" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409866v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre J. Ferr&#233;" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Concordet" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-007-9266-8" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8VSKDDMN-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448610v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bitoun" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alfredo Bevilacqua" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Prudhon" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Maugenre" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lia Taratuto" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.21235" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V1R7JBLT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953624v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Andreoletti" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Levavasseur" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sarradin" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/nbdi.2002.0558" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PCHZQZHM-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04826847v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bezombes" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno S&#233;gui" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cuvillier" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bruno" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.00-0466fje" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004837v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Van Goethem" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M&#233;tay" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>