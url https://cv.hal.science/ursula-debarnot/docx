--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,6482 +66,6893 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High‐Intensity Interval Exercise Affects Explicit Sequential Motor Consolidation With Both Physical and Motor Imagery Practice</w:t>
+                <w:t xml:space="preserve">Decoding hypnotic consciousness: neural and experiential insights into induced and ideomotor suggestions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Digonet</w:t>
+                <w:t xml:space="preserve">Juliette Gelebart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lapole</w:t>
+                <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Gelebart</w:t>
+                <w:t xml:space="preserve">Romain Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Bouvier</w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05427943v1</w:t>
+                <w:t xml:space="preserve">hal-05541842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of acute physical and cognitive exercises on sequential motor skill learning: An exploratory study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Multimodal Dynamics of Mental Fatigue and Their Selective Modulation by Acute Exercise: Effects on Memory and Creativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Gélébart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Digonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Pouilloux</w:t>
+                <w:t xml:space="preserve">Thomas Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Célia Ruffino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ursula Debarnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-05376594v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05541843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poor Sleep Quality Is Associated With an Increased Risk of Running‐Related Injuries: A Prospective Study of 339 Runners Over Six Months</w:t>
-[...109 lines deleted...]
-                <w:t xml:space="preserve">hal-05419371v1</w:t>
+                <w:t xml:space="preserve">The Night Shift of Heat: How Real-World Exposure and Human Diversity Redefine Vulnerability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05541845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleepiness may predict hypnotizability, while personality traits do not</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Motor memory under sleep deprivation: Can physical exercise support consolidation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Digonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lapole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Gelebart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-04740705v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05541844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of Personality Traits With the Efficacy of Stress Management Interventions for Medical Students Taking Objective Structured Clinical Examinations</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Does the corollary discharge provide the sensory content of inner speech? A preregistered direct replication and extension of Scott (2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Delem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Stauffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noel Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ursula Debarnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean Jacques Lehot</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...5300 lines deleted...]
-                <w:t xml:space="preserve">hal-05427947v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04577276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-intensity interval exercise affects explicit sequential motor consolidation with both physical and mental practice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The effects of acute physical and cognitive exercises on sequential motor skill learning: An exploratory study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Digonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...61 lines deleted...]
-                <w:t xml:space="preserve">hal-05070194v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Pouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (7), pp.e0327725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0327725⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05376594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the corollary discharge provide the sensory content of inner speech? A preregistered direct replication and extension of Scott (2013)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-intensity interval exercise affects explicit sequential motor consolidation with both physical and mental practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Digonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lapole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Gelebart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2025.05.10.653061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05070194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poor Sleep Quality Is Associated With an Increased Risk of Running‐Related Injuries: A Prospective Study of 339 Runners Over Six Months</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Mat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Metra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas De Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Edouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sms.70164⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High‐Intensity Interval Exercise Affects Explicit Sequential Motor Consolidation With Both Physical and Motor Imagery Practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Digonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lapole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Gelebart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sms.70168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Association of Personality Traits With the Efficacy of Stress Management Interventions for Medical Students Taking Objective Structured Clinical Examinations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour El Houda Haouhache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jacques Lehot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academic Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 99 (7), pp.784-793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/ACM.0000000000005714⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interlimb transfer of sequential motor learning between upper and lower effectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angèle Metais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saimpont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 113, pp.412-418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2024.07.294⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sleepiness may predict hypnotizability, while personality traits do not</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Gelebart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schlatter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Billot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Am J Clin Hypn </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (1-13), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00029157.2024.2387360⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sleep-related motor skill consolidation and generalizability after physical practice, motor imagery, and action observation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Conessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle A. Siegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (8), pp.107314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.107314⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brain plasticity underlying sleep-dependent motor consolidation after motor imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Daligault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpuech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Doyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (23), pp.11431-11445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhad379⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of morning and evening physical exercise on subjective and objective sleep quality: an ecological study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Pairot de Fontenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jsr.13996⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Role of Motor Inhibition During Covert Speech Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislas Nalborczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marieke Longcamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-Xavier Alario</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2022.804832⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03737946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the impact of interactive movement‐based anatomy learning in real classroom setting among kinesiology students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre‐yves Rabattu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nady Hoyek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anatomical Sciences Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (1), pp.148-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ase.2172⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hypnosis to manage musculoskeletal and neuropathic chronic pain: A systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaick Perrochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rainville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 135, pp.104591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2022.104591⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03710932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Questioning the transfer effect of motor imagery benefits: The neglected variable of interest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Monarchi-Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asian Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (2), pp.91-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajsep.2022.08.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sleep dependent consolidation of gross motor sequence learning with motor imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angèle Metais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Digonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61, pp.102216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102216⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From simulation to motor execution: a review of the impact of dynamic motor imagery on performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadhg E Macintyre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Review of Sport and Exercise Psychology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (1), pp.420-439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1750984X.2021.2007539⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implementing biofeedback as a proactive coping strategy: Psychological and physiological effects on anticipatory stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schlatter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Behaviour Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 140, pp.103834. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brat.2021.103834⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining proactive transcranial stimulation and cardiac biofeedback to substantially manage harmful stress effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schlatter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Trama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain Stimulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (5), pp.1384-1392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brs.2021.08.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining proactive transcranial stimulation and cardiac biofeedback to substantially manage harmful stress effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schlatter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Trama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain Stimulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (5), pp.1384-1392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brs.2021.08.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motor imagery practice benefits during arm immobilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore. Perrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Sterpenich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chieko Huber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.8928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-88142-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition and consolidation of sequential footstep movements with physical and motor imagery practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saimpont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30, pp.2477 - 2484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sms.13799⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04694931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acute stress affects implicit but not explicit motor imagery: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schlatter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Faes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Saruco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 152, pp.62-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2020.04.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of Physical Fatigue Elicited by Continuous and Intermittent Exercise on Motor Imagery Ability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Ferreira Dias Kanthack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Clémençon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 91 (3), pp.525-538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02701367.2019.1691709⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motor imagery training during arm immobilization prevents corticomotor idling: an EEG resting-state analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Daligault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain Topography: a Journal of Cerebral Function and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motor Imagery Training During Arm Immobilization Prevents Corticomotor Idling: An EEG Resting-State Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Daligault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain Topography: a Journal of Cerebral Function and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33 (3), pp.327-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10548-020-00763-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breathing with the mind: Effects of motor imagery on breath-hold performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ferreira Dias Kanthack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Saboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 208, pp.112583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2019.112583⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of Action Observation and Action Observation Combined with Motor Imagery on Maximal Isometric Strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierric Joassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Kanthack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadhg Eoghan Macintyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 418, pp.82-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2019.08.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition and consolidation of implicit motor learning with physical and mental practice across multiple days of anodal tDCS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Samaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Saruco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadhg Macintyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurobiology of Learning and Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 164, pp.107062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nlm.2019.107062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02464338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benefits of Motor Imagery for Human Space Flight: A Brief Review of Current Knowledge and Future Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02464345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early stimulation of the left posterior parietal cortex promotes representation change in problem solving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schlatter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.16523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-52668-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensorimotor representation and functional motor changes following short-term arm immobilization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chieko Huber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 132 (6), pp.595-603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/bne0000274⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02127533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal Combination of Anodal Transcranial Direct Current Stimulations and Motor Imagery Interventions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Saruco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Nunez-Nagy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Rubio-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neural plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2018/5351627⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sleep does not facilitate insight in older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Faraguna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sebastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurobiology of Learning and Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 140, pp.106-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nlm.2017.02.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Online and Offline Performance Gains Following Motor Imagery Practice: A Comprehensive Review of Behavioral and Neuroimaging Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Daligault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Saruco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpuech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2016.00315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02330559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variable motor imagery training induces sleep memory consolidation and transfer improvements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kouloud Abichou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Kalenzaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Sperduti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Piolino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurobiology of Learning and Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119, pp.85-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nlm.2014.12.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02091161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intermittent theta burst stimulation over left BA10 enhances virtual reality-based prospective memory in healthy aged subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Crépon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Orriols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Abram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Charron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 36 (8), pp.2360-2369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2015.05.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When music tempo affects the temporal congruence between physical practice and motor imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Psychologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 149, pp.40-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2014.02.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experts bodies, experts minds: How physical and mental training shape the brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Sperduti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Di Rienzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2014.00280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mental Rotation: Effects of Gender, Training and Sleep Consolidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Piolino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (3), pp.e60296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0060296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Declarative interference affects off-line processing of motor imagery learning during both sleep and wakefulness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Castellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Giannotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Dimarco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurobiology of Learning and Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 98 (4), pp.361-367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nlm.2012.10.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Movement imagery •</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives Italiennes de Biologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selective Influence of Circadian Modulation and Task Characteristics on Motor Imagery Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djafar Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 83 (3), pp.442-450</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02337664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selective Influence of Circadian Modulation and Task Characteristics on Motor Imagery Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djafar Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 83 (3), pp.442-450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02701367.2012.10599879⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How does motor imagery speed affect motor performance times? Evaluating the effects of task specificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Cognitive Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 25 (4), pp.536-540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/acp.1718⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daytime naps improve motor imagery learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Castellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Valenza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sebastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (4), pp.541-550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13415-011-0052-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motor imagery effectiveness for mirror reversed movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Valenza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Pasquale Scilingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maël Delem</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Danilo de Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (1), pp.22-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Stauffert</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.3758/s13415-010-0008-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02337822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...9 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motor interference does not impair the memory consolidation of imagined movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ursula Debarnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Maley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danilo De Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Guillot</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 74 (1), pp.52-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bandc.2010.06.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Functional Structure of Spontaneous Sleep Slow Oscillation Activity in Humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danilo Menicucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piarulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Debarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola d'Ascanio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Landi</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04577276v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (10), pp.e7601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0007601⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ENHANCING SLEEP IN PROFESSIONAL RUGBY PLAYERS: OBSERVATION AND SLEEP INTERVENTIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Goldberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émeric Stauffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ursula Debarnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Congress of the European Sleep Research Society (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Séville, France. pp.e14291, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jsr.14291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04708484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morning and evening physical exercise prolong non-REM sleep: an ecological study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Goldberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pairot de Fontenay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ursula Debarnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of Sport Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ECSS, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04569868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6551,105 +6962,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports de l’imagerie motrice dans l’apprentissage moteur et l’immobilisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ursula Debarnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Claude Bernard Lyon 1, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05070170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId213"/>
+      <w:footerReference w:type="default" r:id="rId223"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6796,51 +7207,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Digonet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gelebart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bouvier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Blanco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.70168" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376594v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Pouilloux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Debarnot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0327725" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419371v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Goldberg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Mat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Metra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas De Sousa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Edouard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.70164" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740705v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schlatter" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00029157.2024.2387360" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008674v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Le Saux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Canada" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Houda Haouhache" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Lehot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ACM.0000000000005714" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740704v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Metais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Legrand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Blache" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saimpont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2024.07.294" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293213v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Conessa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle A. Siegler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boutin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107314" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672055v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pairot de Fontenay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13996" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427957v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Di Rienzo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpuech" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Doyon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhad379" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737946v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas Nalborczyk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Longcamp" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Guillot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-Xavier Alario" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2022.804832" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672048v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Rabattu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nady Hoyek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ase.2172" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710932v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Langlois" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Perrochon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rainville" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Wood" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2022.104591" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672052v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Monarchi-Comte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajsep.2022.08.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672054v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Freitas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102216" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672047v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Frank" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadhg E Macintyre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1750984X.2021.2007539" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672042v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schmidt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lilot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brat.2021.103834" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427955v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mura" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Trama" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2021.08.019" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672043v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore. Perrault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Sterpenich" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legendre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieko Huber" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88142-6" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672044v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694931v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13799" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672035v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Faes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Saruco" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Collet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2020.04.011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103148v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Daligault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schwartz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672040v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Ferreira Dias Kanthack" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cl&#233;men&#231;on" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2019.1691709" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672045v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10548-020-00763-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672032v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ferreira Dias Kanthack" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saboul" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2019.112583" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02307121v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Joassy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Kanthack" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadhg Eoghan Macintyre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2019.08.025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02464338v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Neveu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Samaha" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadhg Macintyre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2019.107062" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02464345v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00396" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672033v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monteil" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-52668-7" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127533v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/bne0000274" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02315979v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Nunez-Nagy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rubio-Gonzalez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/5351627" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672030v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rossi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Faraguna" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sebastiani" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2017.02.005" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02330559v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2016.00315" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091161v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouloud Abichou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Kalenzaga" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sperduti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Piolino" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2014.12.010" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-19GT0KQC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363467v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cr&#233;pon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Orriols" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Abram" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2015.05.001" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3SN7G4BF-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365362v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2014.02.011" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TFH2TZPQ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427950v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00280" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672026v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Baron" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0060296" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672037v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Castellani" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Giannotti" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Dimarco" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2012.10.009" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCN8LKXJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672024v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337664v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djafar Sahraoui" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672021v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2012.10599879" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672038v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Valenza" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-011-0052-z" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337822v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Pasquale Scilingo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo de Rossi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-010-0008-8" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672020v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Louis" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acp.1718" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NGG75SXT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672022v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Maley" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo De Rossi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2010.06.004" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DJWJ1CX-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427947v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Menicucci" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piarulli" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola d'Ascanio" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Landi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0007601" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070194v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Bouvier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577276v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Delem" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Stauffert" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Nguyen" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708484v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meric Stauffer" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.14291" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569868v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pairot de Fontenay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05070170v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gelebart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Four&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Quentin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Debarnot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541843v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Digonet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Ruffino" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541845v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541844v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bouvier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Prudent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577276v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Delem" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Stauffert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Guillot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376594v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Pouilloux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0327725" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070194v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Blanco" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.05.10.653061" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419371v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Goldberg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Mat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Metra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas De Sousa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Edouard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.70164" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427943v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.70168" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008674v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Le Saux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Canada" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Houda Haouhache" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Lehot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ACM.0000000000005714" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740704v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Metais" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Legrand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Blache" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saimpont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2024.07.294" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740705v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schlatter" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00029157.2024.2387360" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293213v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Conessa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle A. Siegler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boutin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107314" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427957v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Di Rienzo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpuech" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Doyon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhad379" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672055v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pairot de Fontenay" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13996" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737946v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas Nalborczyk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Longcamp" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-Xavier Alario" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2022.804832" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672048v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Rabattu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nady Hoyek" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ase.2172" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710932v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Langlois" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Perrochon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rainville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Wood" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2022.104591" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672052v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Monarchi-Comte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajsep.2022.08.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672054v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Freitas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102216" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672047v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Frank" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadhg E Macintyre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1750984X.2021.2007539" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672042v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schmidt" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lilot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brat.2021.103834" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427955v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mura" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Trama" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2021.08.019" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672044v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672043v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore. Perrault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Sterpenich" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legendre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieko Huber" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88142-6" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694931v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13799" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672035v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Faes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Saruco" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Collet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2020.04.011" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672040v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Ferreira Dias Kanthack" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cl&#233;men&#231;on" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2019.1691709" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103148v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Daligault" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schwartz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672045v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10548-020-00763-8" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672032v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ferreira Dias Kanthack" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saboul" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2019.112583" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02307121v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Joassy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Kanthack" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadhg Eoghan Macintyre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2019.08.025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02464338v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Neveu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Samaha" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadhg Macintyre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2019.107062" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02464345v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00396" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672033v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monteil" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-52668-7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127533v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/bne0000274" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02315979v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Nunez-Nagy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rubio-Gonzalez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/5351627" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672030v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rossi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Faraguna" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sebastiani" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2017.02.005" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02330559v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2016.00315" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091161v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouloud Abichou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Kalenzaga" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sperduti" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Piolino" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2014.12.010" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-19GT0KQC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363467v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cr&#233;pon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Orriols" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Abram" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charron" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2015.05.001" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3SN7G4BF-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365362v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2014.02.011" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TFH2TZPQ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427950v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00280" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672026v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Baron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0060296" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672037v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Castellani" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Giannotti" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Dimarco" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2012.10.009" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCN8LKXJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672024v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337664v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djafar Sahraoui" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672021v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2012.10599879" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672020v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Louis" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acp.1718" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NGG75SXT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672038v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Valenza" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-011-0052-z" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337822v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Pasquale Scilingo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo de Rossi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-010-0008-8" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672022v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Maley" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo De Rossi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2010.06.004" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DJWJ1CX-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427947v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Menicucci" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piarulli" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola d'Ascanio" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Landi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0007601" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708484v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meric Stauffer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.14291" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569868v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pairot de Fontenay" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05070170v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>