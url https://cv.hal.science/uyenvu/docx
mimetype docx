--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -454,52 +454,209 @@
               <w:t xml:space="preserve">, European Public Health Association (EUPHA), Nov 2023, Dublin, Ireland. pp.Meeting abstract: 510-510</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04373804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can local agriculture improve the nutritional quality of diet while reducing the environmental impact in Guadeloupe ? A system model approach from fork to farm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Drogué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Ameller Pavez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Blazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Guindé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Guillemaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUNS-ICN 2025 International Congress of Nutrition - Sustainable Food for Global Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Paris, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -646,51 +803,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05520507v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uyen Thao Vu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Du Martin Luong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dufour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogu&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301057v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Guillemaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Guind&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blazy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Ameller Pavez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04373804v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Uyen Vu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M&#233;jean" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05520507v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uyen Thao Vu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Du Martin Luong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dufour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogu&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301057v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Guillemaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Guind&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blazy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Ameller Pavez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04373804v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Uyen Vu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M&#233;jean" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554424v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>