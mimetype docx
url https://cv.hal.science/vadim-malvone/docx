--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vadim Malvone </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attack Graphs & Subset Sabotage Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligenza Artificiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (1), pp.77-88. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/IA-221080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An abstraction-refinement framework for verifying strategic properties in multi-agent systems with imperfect information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 316, pp.103847. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2022.103847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03960910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximating Perfect Recall when Model Checking Strategic Abilities: Theory and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Lomuscio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Yu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Intelligence Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 73, pp.897-932. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1613/jair.1.12539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to measure usable security: Natural strategies in voting protocols1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Kurpiewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (3), pp.381-409. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JCS-210049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural strategic ability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 277, pp.103170. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2019.103170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about graded strategy quantifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Mogavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loredana Sorrentino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 259, pp.390-411. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ic.2017.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graded modalities in Strategy Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aminof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Rubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 261, pp.634-649. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ic.2018.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Additional Winning Strategies in Reachability Games*†</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loredana Sorrentino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamenta Informaticae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 159 (1-2), pp.175--195. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FI-2018-1662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended Graded Modalities in Strategy Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aminof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Rubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Proceedings in Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 218, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4204/EPTCS.218.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Timed Automata with Clock Derivatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Schobbens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Formal Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Paris, France. pp.99-119, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-10794-7_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstruction Alternating-time Temporal Logic: A Strategic Logic to Reason about Dynamic Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Autonomous Agents and Multiagent Systems (AAMAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Auckland (Nouvelle Zelande), New Zealand. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5555/3635637.3662875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Reasoning under Capacity-constrained Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Laarouchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Autonomous Agents and Multiagent Systems (AAMAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Auckland (Nouvelle Zelande), New Zealand. pp.123--131, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5555/3635637.3662859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Formal Verification Approach to Handle Attack Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Mijatovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Ulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Agents and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rome, Italy. pp.125-132, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012310000003636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about Intuitionistic Computation Tree Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Krakow (Cracovie), Poland. pp.42-48, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4204/EPTCS.391.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatically Verifying Expressive Epistemic Properties of Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Boureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fortunat Rajaona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Thirty-Seventh AAAI Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Washington, United States. pp.6245-6252, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1609/AAAI.V37I5.25769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Verification of Strategic Properties in Multi-Agent Systems with Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAMAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Program Semantics and Verification Technique for AI-Centred Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fortunat Rajaona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Boureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FM 2023 : 25th International Symposium on Formal Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Formal Methods Europe (FME), Mar 2023, Lubeck, Germany. pp.473-491, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-27481-7_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Find Good Coalitions to Achieve Strategic Objectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Agents and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisbon, Portugal. pp.105-113, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011778700003393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstruction Logic: A Strategic Temporal Logic to Reason About Dynamic Game Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Kracow, Poland. pp.365 - 372, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA230292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Game Theoretic Approach to Attack Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Di Stasio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAART 2023 - 15th International Conference on Agents and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisbon, Portugal. pp.347-354, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011776900003393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning About Dynamic Game Models Using Obstruction Logic (short paper)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPS-RCRA-SPIRIT@AI*IA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04427546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Strategies and Information in Model Checking for Multi-Agent Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Krakow (Cracovie), Poland. pp.63-70, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4204/EPTCS.391.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Verification of Strategy Logic through Three-Valued Abstraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thirty-Second International Joint Conference on Artificial Intelligence {IJCAI-23}</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Macau, China. pp.46-54, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24963/IJCAI.2023/6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Formal Verification of Attack Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIRIT 2022 - Workshop on Strategies, Prediction, Interaction, and Reasoning in Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Udine, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Combination of Model Checking and Runtime Verification on Multi-agent Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAAMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, L'aquila, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subset sabotage games & attack graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WOA 2022 - 23rd Workshop From Objects to Agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Genova, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about Moving Target Defense in Attack Modeling Formalisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Borde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTD'22: Proceedings of the 9th ACM Workshop on Moving Target Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Los Angeles CA USA, United States. pp.55-65, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3560828.3564009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about Human-Friendly Strategies in Repeated Keyword Auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Munyque Mittelmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Foundation for Autonomous Agents and Multiagent Systems (IFAAMAS), May 2022, Auckland (virtual), New Zealand. pp.62--71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03666430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Runtime Verification with Imperfect Information Through Indistinguishability Relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEFM 2022: 20th International Conference on Software Engineering and Formal Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of Computer Science of Humboldt University Berlin (DE); School of Electronic and Information Engineering of Beijing Jiaotong University (CN), Sep 2022, Berlin, Germany. pp.335-351, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-17108-6_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Give Me a Hand: How to Use Model Checking for Multi-Agent Systems to Help Runtime Verification and Vice Versa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIRIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Udine, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling Markovian Representations under Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borja G. León</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Agents and Artificial Intelligence (ICAART 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Online Streaming, France. pp.450-457, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0010882200003116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Model Checking Tool for Strategy Logic with Simple Goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Stranieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bologna, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combine Model Checking and Runtime Verification in Multi-Agent Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bologna, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategy RV: A Tool to Approximate ATL Model Checking under Imperfect Information and Perfect Recall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAMAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Three-valued Approach to Strategic Abilities under Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Principles of Knowledge Representation and Reasoning (KR 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Rhodes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03170197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verifying Strategic Abilities in Multi-agent Systems via First-order Entailment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th European Conference on Artificial Intelligence (ECAI 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03170192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hennessy-Milner Theorem for ATL with Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalin Dima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferucio Tiplea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Annual ACM/IEEE Symposium on Logic in Computer Science (LICS 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Saarbrücken, Germany. pp.181--194, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3373718.3394784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02867538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decidable Verification of Agent-Based Data-Aware Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles and Practice of Multi-Agent Systems (PRIMA 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Torino, Italy. pp.52--68, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-33792-6_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02422205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategy logic with simple goals: Tractable reasoning about strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Joint Conference on Artificial Intelligence (IJCAI 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Macao, China. pp.88--94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02377403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural strategic ability under imperfect information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montreal, Canada. pp.962--970</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verifying Strategic Abilities in Multi-agent Systems with Private-Data Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Boureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalin Dima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 18th International Conference on Autonomous Agents and Multi Agent Systems (AAMAS'19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montreal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Abstraction-Based Method for Verifying Strategic Properties in Multi-Agent Systems with Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Lomuscio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd AAAI Conference on Artificial Intelligence (AAAI 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Hawai, United States. pp.6030--6037, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1609/aaai.v33i01.33016030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02377457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Counting of Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Mogavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loredana Sorrentino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 22nd International Symposium on Temporal Representation and Reasoning (TIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Kassel, Germany. pp.170-179, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIME.2015.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural Strategic Abilities in Voting Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Kurpiewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-Technical Aspects in Security and Trust</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12812, Springer International Publishing, pp.45-62, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-79318-0_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning About Additional Winning Strategies in Two-Player Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multi-Agent Systems and Agreement Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10767, Springer International Publishing, pp.163--171, 2018, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-01713-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMA-RAG: A Survey on Multimodal Agentic Retrieval-Augmented Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladana Perlić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lebailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Tam Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Urard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about Moving Target Defense in Attack Modeling Formalisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Borde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04427676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId118"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vadim Malvone </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attack Graphs & Subset Sabotage Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligenza Artificiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (1), pp.77-88. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/IA-221080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An abstraction-refinement framework for verifying strategic properties in multi-agent systems with imperfect information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 316, pp.103847. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2022.103847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03960910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximating Perfect Recall when Model Checking Strategic Abilities: Theory and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Lomuscio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Yu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Intelligence Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 73, pp.897-932. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1613/jair.1.12539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to measure usable security: Natural strategies in voting protocols1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Kurpiewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (3), pp.381-409. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JCS-210049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural strategic ability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 277, pp.103170. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2019.103170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about graded strategy quantifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Mogavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loredana Sorrentino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 259, pp.390-411. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ic.2017.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graded modalities in Strategy Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aminof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Rubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 261, pp.634-649. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ic.2018.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Additional Winning Strategies in Reachability Games*†</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loredana Sorrentino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamenta Informaticae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 159 (1-2), pp.175--195. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FI-2018-1662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended Graded Modalities in Strategy Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Aminof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Rubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Proceedings in Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 218, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4204/EPTCS.218.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Timed Automata with Clock Derivatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Schobbens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Formal Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Paris, France. pp.99-119, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-10794-7_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstruction Alternating-time Temporal Logic: A Strategic Logic to Reason about Dynamic Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Autonomous Agents and Multiagent Systems (AAMAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Auckland (Nouvelle Zelande), New Zealand. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5555/3635637.3662875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Reasoning under Capacity-constrained Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Laarouchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Autonomous Agents and Multiagent Systems (AAMAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Auckland (Nouvelle Zelande), New Zealand. pp.123--131, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5555/3635637.3662859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Formal Verification Approach to Handle Attack Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Mijatovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Ulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Agents and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rome, Italy. pp.125-132, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012310000003636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about Intuitionistic Computation Tree Logic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Krakow (Cracovie), Poland. pp.42-48, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4204/EPTCS.391.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatically Verifying Expressive Epistemic Properties of Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Boureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fortunat Rajaona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Thirty-Seventh AAAI Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Washington, United States. pp.6245-6252, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1609/AAAI.V37I5.25769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Verification of Strategic Properties in Multi-Agent Systems with Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAMAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Find Good Coalitions to Achieve Strategic Objectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Agents and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisbon, Portugal. pp.105-113, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011778700003393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Program Semantics and Verification Technique for AI-Centred Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fortunat Rajaona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Boureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FM 2023 : 25th International Symposium on Formal Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Formal Methods Europe (FME), Mar 2023, Lubeck, Germany. pp.473-491, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-27481-7_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Game Theoretic Approach to Attack Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Di Stasio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAART 2023 - 15th International Conference on Agents and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Lisbon, Portugal. pp.347-354, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011776900003393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obstruction Logic: A Strategic Temporal Logic to Reason About Dynamic Game Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Kracow, Poland. pp.365 - 372, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA230292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning About Dynamic Game Models Using Obstruction Logic (short paper)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPS-RCRA-SPIRIT@AI*IA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04427546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Strategies and Information in Model Checking for Multi-Agent Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Krakow (Cracovie), Poland. pp.63-70, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4204/EPTCS.391.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Verification of Strategy Logic through Three-Valued Abstraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thirty-Second International Joint Conference on Artificial Intelligence {IJCAI-23}</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Macau, China. pp.46-54, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24963/IJCAI.2023/6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Formal Verification of Attack Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIRIT 2022 - Workshop on Strategies, Prediction, Interaction, and Reasoning in Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Udine, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subset sabotage games & attack graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Catta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WOA 2022 - 23rd Workshop From Objects to Agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Genova, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Combination of Model Checking and Runtime Verification on Multi-agent Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAAMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, L'aquila, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about Moving Target Defense in Attack Modeling Formalisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Borde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MTD'22: Proceedings of the 9th ACM Workshop on Moving Target Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Los Angeles CA USA, United States. pp.55-65, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3560828.3564009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about Human-Friendly Strategies in Repeated Keyword Auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Munyque Mittelmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Foundation for Autonomous Agents and Multiagent Systems (IFAAMAS), May 2022, Auckland (virtual), New Zealand. pp.62--71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03666430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling Markovian Representations under Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borja G. León</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Agents and Artificial Intelligence (ICAART 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Online Streaming, France. pp.450-457, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0010882200003116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Give Me a Hand: How to Use Model Checking for Multi-Agent Systems to Help Runtime Verification and Vice Versa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIRIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Udine, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Runtime Verification with Imperfect Information Through Indistinguishability Relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEFM 2022: 20th International Conference on Software Engineering and Formal Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of Computer Science of Humboldt University Berlin (DE); School of Electronic and Information Engineering of Beijing Jiaotong University (CN), Sep 2022, Berlin, Germany. pp.335-351, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-17108-6_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Model Checking Tool for Strategy Logic with Simple Goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Stranieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bologna, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combine Model Checking and Runtime Verification in Multi-Agent Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bologna, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategy RV: A Tool to Approximate ATL Model Checking under Imperfect Information and Perfect Recall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Ferrando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAMAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Three-valued Approach to Strategic Abilities under Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Principles of Knowledge Representation and Reasoning (KR 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Rhodes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03170197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verifying Strategic Abilities in Multi-agent Systems via First-order Entailment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th European Conference on Artificial Intelligence (ECAI 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03170192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hennessy-Milner Theorem for ATL with Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalin Dima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferucio Tiplea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Annual ACM/IEEE Symposium on Logic in Computer Science (LICS 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Saarbrücken, Germany. pp.181--194, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3373718.3394784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02867538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decidable Verification of Agent-Based Data-Aware Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles and Practice of Multi-Agent Systems (PRIMA 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Torino, Italy. pp.52--68, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-33792-6_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02422205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategy logic with simple goals: Tractable reasoning about strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Joint Conference on Artificial Intelligence (IJCAI 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Macao, China. pp.88--94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02377403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural strategic ability under imperfect information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montreal, Canada. pp.962--970</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verifying Strategic Abilities in Multi-agent Systems with Private-Data Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Boureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalin Dima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 18th International Conference on Autonomous Agents and Multi Agent Systems (AAMAS'19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montreal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Abstraction-Based Method for Verifying Strategic Properties in Multi-Agent Systems with Imperfect Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Belardinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Lomuscio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd AAAI Conference on Artificial Intelligence (AAAI 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Hawai, United States. pp.6030--6037, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1609/aaai.v33i01.33016030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02377457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Counting of Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Mogavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loredana Sorrentino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 22nd International Symposium on Temporal Representation and Reasoning (TIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Kassel, Germany. pp.170-179, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIME.2015.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural Strategic Abilities in Voting Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Jamroga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Kurpiewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-Technical Aspects in Security and Trust</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12812, Springer International Publishing, pp.45-62, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-79318-0_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning About Additional Winning Strategies in Two-Player Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniello Murano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multi-Agent Systems and Agreement Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10767, Springer International Publishing, pp.163--171, 2018, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-01713-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMA-RAG: A Survey on Multimodal Agentic Retrieval-Augmented Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladana Perlić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lebailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Tam Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Urard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning about Moving Target Defense in Attack Modeling Formalisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Malvone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Leneutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Borde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04427676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId118"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336220v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Catta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leneutre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Malvone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/IA-221080" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03960910v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Belardinelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Ferrando" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2022.103847" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779030v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Lomuscio" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Yu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.12539" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779032v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Jamroga" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Kurpiewski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JCS-210049" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779038v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniello Murano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2019.103170" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779045v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Mogavero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredana Sorrentino" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2017.08.010" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779046v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aminof" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Rubin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2018.02.022" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779041v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2018-1662" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779061v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.218.1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484311v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cort&#233;s" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Ortiz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Schobbens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-10794-7_6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580667v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3635637.3662875" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580662v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ballot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Laarouchi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3635637.3662859" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580655v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonina Mijatovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ulin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012310000003636" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336273v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.391.6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336236v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Boureanu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortunat Rajaona" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/AAAI.V37I5.25769" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336296v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04336339v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-27481-7_27" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336255v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011778700003393" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336248v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA230292" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336262v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Di Stasio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011776900003393" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427546v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336278v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.391.8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336265v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/IJCAI.2023/6" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336392v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336322v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336385v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336316v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Borde" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3560828.3564009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666430v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munyque Mittelmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04336329v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-17108-6_21" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336398v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779034v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja G. Le&#243;n" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010882200003116" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336416v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Stranieri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336413v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336405v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170197v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170192v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867538v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Dima" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferucio Tiplea" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3373718.3394784" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422205v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-33792-6_4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377403v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428208v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04572109v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377457v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v33i01.33016030" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779058v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIME.2015.19" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779036v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79318-0_3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779065v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01713-2_12" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322313v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladana Perli&#263;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lebailly" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Tam Nguyen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Urard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427676v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336220v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Catta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leneutre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Malvone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/IA-221080" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03960910v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Belardinelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Ferrando" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2022.103847" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779030v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Lomuscio" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Yu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.12539" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779032v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Jamroga" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Kurpiewski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JCS-210049" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779038v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniello Murano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2019.103170" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779045v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Mogavero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredana Sorrentino" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2017.08.010" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779046v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aminof" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Rubin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2018.02.022" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779041v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2018-1662" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779061v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.218.1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484311v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cort&#233;s" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Ortiz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Schobbens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-10794-7_6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580667v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3635637.3662875" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580662v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ballot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Laarouchi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3635637.3662859" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580655v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonina Mijatovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ulin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012310000003636" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336273v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.391.6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336236v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Boureanu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortunat Rajaona" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/AAAI.V37I5.25769" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336296v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336255v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011778700003393" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04336339v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-27481-7_27" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336262v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Di Stasio" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011776900003393" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336248v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA230292" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427546v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336278v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.391.8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336265v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/IJCAI.2023/6" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336392v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336385v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336322v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336316v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Borde" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3560828.3564009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666430v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munyque Mittelmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779034v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja G. Le&#243;n" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010882200003116" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336398v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04336329v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-17108-6_21" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336416v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Stranieri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336413v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336405v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170197v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170192v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867538v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Dima" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferucio Tiplea" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3373718.3394784" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422205v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-33792-6_4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377403v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428208v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04572109v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377457v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v33i01.33016030" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779058v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIME.2015.19" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779036v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79318-0_3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03779065v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01713-2_12" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322313v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladana Perli&#263;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lebailly" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Tam Nguyen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Urard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427676v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>