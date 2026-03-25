--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -770,429 +770,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Insect and Mammal Glutathione Transferases in Chemoperception</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of human oxidoreductases involved in aldehyde odorant metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Boichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin Boichot</w:t>
+                <w:t xml:space="preserve">Franck Menetrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Saliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Fraichard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mariam Muradova</w:t>
+                <w:t xml:space="preserve">Frederic Lirussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Senet</w:t>
+                <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (2), pp.322. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.4876. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom13020322⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-31769-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04011738v1</w:t>
+                <w:t xml:space="preserve">hal-04080823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure–activity analysis suggests an olfactory function for the unique antennal delta glutathione transferase of &amp;lt;i&amp;gt;Apis mellifera&amp;lt;/i&amp;gt;</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Role of Insect and Mammal Glutathione Transferases in Chemoperception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fraichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Muradova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Senet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/1873-3468.14770⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2), pp.322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom13020322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329230v1</w:t>
+                <w:t xml:space="preserve">hal-04011738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of human oxidoreductases involved in aldehyde odorant metabolism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure–activity analysis suggests an olfactory function for the unique antennal delta glutathione transferase of &amp;lt;i&amp;gt;Apis mellifera&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frederic Lirussi</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Canon</w:t>
+                <w:t xml:space="preserve">Pablo Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Senet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (1), pp.4876. </w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 597 (24), pp.3038-3048. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-31769-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/1873-3468.14770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04080823v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of aldehyde dehydrogenases and aldo-keto reductases in human olfactory peri-receptor events</w:t>
               </w:r>
@@ -1230,51 +1230,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Saliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lirussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 48, pp.bjad029.01</w:t>
@@ -1521,51 +1521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Saliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lirussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. annual meeting - association for chemoreception sciences (AChemS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Bonita Springs, Florida, United States. </w:t>
@@ -1620,390 +1620,390 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecules of the flavor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metabolism of flavor sulfur precursors by the oral microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Boichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IATA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instituto de Agroquímica y Tecnología de Alimentos, Jun 2022, Valence, Spain</w:t>
+              <w:t xml:space="preserve">Food Science Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03827290v1</w:t>
+                <w:t xml:space="preserve">hal-03829017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolism of flavor sulfur precursors by the oral microbiota</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Molecules of the flavor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Neiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IATA Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Instituto de Agroquímica y Tecnología de Alimentos, Jun 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03827341v1</w:t>
+                <w:t xml:space="preserve">hal-03827290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolism of flavor sulfur precursors by the oral microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Science Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Valence, Spain</w:t>
+              <w:t xml:space="preserve">IATA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto de Agroquímica y Tecnología de Alimentos, Jun 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03829017v1</w:t>
+                <w:t xml:space="preserve">hal-03827341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId57"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2158,51 +2158,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514870v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Boichot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Chaloyard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Moreno" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2026.148324" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05481558v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Muradova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Proskura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Senty-Segault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ilina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c13712" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203028v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poirier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c00821" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665602v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne M&#233;rignac-Lacombe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Kornbausch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinu Sivarajan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Berg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c00752" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493038v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Heydel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c00483" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011738v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schwartz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fraichard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Senet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13020322" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329230v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Fournier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.14770" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04080823v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Menetrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lirussi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-31769-4" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473519v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Saliou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lirussi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03934249v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nivet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frfst.2022.989291" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095217v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827290v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neiers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827341v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829017v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514870v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Boichot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Chaloyard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Moreno" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2026.148324" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05481558v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Muradova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Proskura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Senty-Segault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ilina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c13712" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203028v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poirier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c00821" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665602v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne M&#233;rignac-Lacombe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Kornbausch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinu Sivarajan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Berg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c00752" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493038v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Heydel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c00483" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04080823v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Menetrier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lirussi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-31769-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011738v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schwartz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fraichard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Senet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13020322" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329230v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Fournier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.14770" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473519v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Saliou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lirussi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03934249v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nivet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frfst.2022.989291" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095217v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829017v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neiers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827290v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827341v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>