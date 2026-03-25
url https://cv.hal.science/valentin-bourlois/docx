--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -263,291 +263,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cognitive Costs of Sleep Deprivation in Ultra‐Endurance Cycling: Insights From the Race Across France</w:t>
+                <w:t xml:space="preserve">Sleep, physical activity and mental health among 361 French business leaders: A cross-sectional descriptive study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Hurdiel</w:t>
+                <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Courtney Kurinec</w:t>
+                <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Pezé</w:t>
+                <w:t xml:space="preserve">Charlotte Elsworth-Edelsten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sonia Levillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bonduelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 9p. / e70295. </w:t>
+              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 6 (2), 13p. / e0005880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jsr.70295⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0005880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05494106v1</w:t>
+                <w:t xml:space="preserve">hal-05494093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep, physical activity and mental health among 361 French business leaders: A cross-sectional descriptive study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Cognitive Costs of Sleep Deprivation in Ultra‐Endurance Cycling: Insights From the Race Across France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Hurdiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Courtney Kurinec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pezé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bonduelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 6 (2), 13p. / e0005880. </w:t>
+              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 9p. / e70295. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0005880⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jsr.70295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05494093v1</w:t>
+                <w:t xml:space="preserve">hal-05494106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conduction osseuse : une technologie au service du progrès des nageurs en natation de vitesse ?</w:t>
               </w:r>
@@ -559,51 +559,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Paya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vanlerberghe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -650,64 +650,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la sieste sur les temps de réponses et la somnolence perçue lors de l’Ultra Trail du Mont Blanc®, étude pilote observationnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -778,364 +778,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04301266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No gender difference in association between sleep quality and physical activity level of French students</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Sleep and Subjective Recovery in Amateur Trail Runners After the Ultra-Trail du Mont Blanc® (UTMB®)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Charlotte Elsworth-Edelsten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thierry Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dieu</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport Sciences for Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11332-022-00920-5⟩</w:t>
+              <w:t xml:space="preserve">J. Sci. Sport Exerc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (2), pp.123-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42978-021-00154-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04111824v1</w:t>
+                <w:t xml:space="preserve">hal-04341935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep and Subjective Recovery in Amateur Trail Runners After the Ultra-Trail du Mont Blanc® (UTMB®)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">No gender difference in association between sleep quality and physical activity level of French students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valentin Bourlois</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Kuehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J. Sci. Sport Exerc.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5 (2), pp.123-129. </w:t>
+              <w:t xml:space="preserve">Sport Sciences for Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (1), pp.277-283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s42978-021-00154-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11332-022-00920-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04341935v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04111824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Aerobic Exercise Training on Sleep and Core Temperature in Middle-Aged Women with Chronic Insomnia: A Randomized Controlled Trial.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Aron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1218,90 +1218,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien prescrire de l’activité physique après un diagnostique d’insomnie chronique ? Essai randomisé contrôlé chez des femmes d’âge moyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1352,90 +1352,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaleur et sommeil : l'effet d'un entraînement aérobie sur la température centrale et le sommeil.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Aron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1477,103 +1477,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of napping on response time, perceived sleepiness during the ultra trail du mont blanc, observational pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pezé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Elsworth-Edelsten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20ème congrès international de l'ACAPS (Association des Chercheurs en Activité Physique et Sportive) : "Les Environnements de l'Activité Physique et Sportive"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Chercheurs en Activité Physique et Sportive (ACAPS), Oct 2023, Reims, France</w:t>
@@ -1602,90 +1602,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaleur et sommeil : L’effet d’un entraînement aérobie sur la température centrale et le sommeil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Aron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1727,90 +1727,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of a sleep education program in a professional ice hockey team</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Hochart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1852,103 +1852,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la relation entre le sommeil et l’intensité d’activité physique chez les adultes jeunes et d’âge moyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pezé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hermand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Elsworth-Edelsten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du Sommeil 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Recherche et de Médecine du Sommeil (SFRMS); Groupe Sommeil de la Société de Pneumologie de Langue Française (SPLF), Nov 2021, Lille, France. pp.107</w:t>
@@ -1977,77 +1977,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross sectional study of relation between sleep and physical activity in young and middle-aged adults: Preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2134,103 +2134,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observatoire de la santé des dirigeants d’entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Elsworth-Edelsten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pezé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Hurdiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Congrès du Sommeil® Lille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Lille, France. Médecine du Sommeil, 22 (1), pp.52-53, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2256,140 +2256,290 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04987767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Multidisciplinary health program effect among sedentary small business leaders. a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bourlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Elsworth-Edelsten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ceugniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bonduelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pezé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05381952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sommeil, activité physique et santé mentale des dirigeants d’entreprise : proposition d’une solution adaptée à leurs problématiques spécifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université du Littoral Côte d'Opale, 2025. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2025DUNK0753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05418476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId57"/>
+      <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2457,51 +2607,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ACE30943"/>
+    <w:nsid w:val="6529F747"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2688,51 +2838,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-bourlois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2176-8206" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/274676389" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/120170858094407680918" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494106v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Hurdiel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney Kurinec" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pez&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bonduelle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bourlois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.70295" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494093v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Baron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Elsworth-Edelsten" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Levillain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0005880" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564999v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hermand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vanlerberghe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.148.0007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04301266v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elsworth-Edelsten'S" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lemaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2022.07.007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04111824v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Kuehn" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11332-022-00920-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04341935v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42978-021-00154-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112120v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20085452" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04985525v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lombard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2025.01.018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489325v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489328v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489330v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04491433v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hochart" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480669v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498227v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987767v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2025.01.063" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05418476v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025DUNK0753" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-bourlois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2176-8206" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/274676389" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/120170858094407680918" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494093v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bourlois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Baron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Elsworth-Edelsten" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Levillain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bonduelle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0005880" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494106v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Hurdiel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney Kurinec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pez&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.70295" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564999v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hermand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vanlerberghe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.148.0007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04301266v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elsworth-Edelsten'S" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lemaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2022.07.007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04341935v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42978-021-00154-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04111824v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Kuehn" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dieu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11332-022-00920-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112120v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20085452" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04985525v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lombard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2025.01.018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489325v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489328v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489330v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04491433v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hochart" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480669v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498227v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987767v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2025.01.063" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381952v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ceugniez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05418476v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025DUNK0753" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>