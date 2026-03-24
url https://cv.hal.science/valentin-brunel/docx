--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -175,252 +175,252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation in SoHO and ATMP public consultations: a fragmented institutional landscape</w:t>
+                <w:t xml:space="preserve">De l’ignorance du droit au droit de l’ignorance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Morrison</w:t>
+                <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Brunel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
+                <w:t xml:space="preserve">Auxane Delage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanities and Social Sciences Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1057/s41599-025-04552-1⟩</w:t>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19, pp.49-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13weu⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04990054v1</w:t>
+                <w:t xml:space="preserve">hal-05063460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’ignorance du droit au droit de l’ignorance ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Participation in SoHO and ATMP public consultations: a fragmented institutional landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Morrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auxane Delage</w:t>
+                <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19, pp.49-64. </w:t>
+              <w:t xml:space="preserve">Humanities and Social Sciences Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/13weu⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1057/s41599-025-04552-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05063460v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mettre à disposition des données quanti dans le respect du cadre juridique relatif à la vie privée. Pratiques d'anonymisation en SHS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Danciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -512,51 +512,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'IA en SHS : de la théorie à la pratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Sophie Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -594,51 +594,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using the Paris Agreement as a tool in corporate climate change litigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -676,64 +676,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’ignorance du droit au droit de l’ignorance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auxane Delage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’ignorance, les sciences et le droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -758,51 +758,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES PRATIQUES D'ANONYMISATION EN SHS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLEIN PHARE SUR L’ANONYMISATION : ENJEUX ET PRATIQUES POUR L’ENQUÊTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Aix En Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -827,51 +827,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des métadonnées et paradonnées pour mieux exploiter des données d’enquêtes pour la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -952,51 +952,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">We're only in it for the money: are incentives enough to compensate poor motivation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blazej Palat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1056,51 +1056,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Please Mr. Postman! The effect of face-to-face first contact on panel recruitment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blazej Palat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Survey Research Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Online, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1125,51 +1125,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mettre à disposition des données quanti dans le respect du cadre juridique relatif à la vie privée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Danciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1233,51 +1233,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’open data : source d’injonctions contradictoires pour le partage des données d’enquêtes en SHS ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum “Archives et transparence, une ambition citoyenne”, Association des archivistes français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1302,51 +1302,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Good will hunting. Predicting response quality using motivation in longitudinal surveys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Portelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1384,51 +1384,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude Longitudinale par Internet pour les Sciences Sociales (ELIPSS). Un dispositif de production de données en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Duwez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1460,562 +1460,562 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03567040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In the name of general interest: the &amp;quot;literary&amp;quot; lobbying strategy of French industry captains and think tanks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attrition et conditionnement de panel : le cas du panel ELIPSS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Desmoulins</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin Brunel</w:t>
+                <w:t xml:space="preserve">Anne Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICA Post-conference, Lobbying and Democracy: The Voice of Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International communication association, May 2018, Prague (CZ), Czech Republic</w:t>
+              <w:t xml:space="preserve">10e Colloque francophone sur les sondages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105689v1</w:t>
+                <w:t xml:space="preserve">hal-02874099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les outils et services du Centre de données socio-politiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">In the name of general interest: the &amp;quot;literary&amp;quot; lobbying strategy of French industry captains and think tanks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Desmoulins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilie Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée plénière du groupe PIN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">ICA Post-conference, Lobbying and Democracy: The Voice of Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International communication association, May 2018, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02874102v1</w:t>
+                <w:t xml:space="preserve">hal-04105689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attrition et conditionnement de panel : le cas du panel ELIPSS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les outils et services du Centre de données socio-politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Cornilleau</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Danciu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Fromont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Colloque francophone sur les sondages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée plénière du groupe PIN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02874099v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02874102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les think tanks sociaux-démocrates : des organisations à la périphérie du champ politique ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The results of pro-active feminization in French banks : a comparative approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marnix Dressen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Des idées et des partis. Pour une histoire sociale des idées en milieu partisan" (HiSoPo)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">International Sociological Association - RC10 Participation, Organizational Democracy and Self-Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02986896v1</w:t>
+                <w:t xml:space="preserve">hal-02874202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’institutionnalisation de « monstres organisationnels » par l’écriture, l’éditorialisation et la médiatisation d’écrits d’influence : les groupes de réflexion (think tanks) français et les politiques de l’emploi</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les think tanks sociaux-démocrates : des organisations à la périphérie du champ politique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque ACFAS - 432, Entre marché, état et société civile : Explorer la nature paradoxale des organisations hybrides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Montréal, France</w:t>
+              <w:t xml:space="preserve">Colloque "Des idées et des partis. Pour une histoire sociale des idées en milieu partisan" (HiSoPo)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02984384v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02986896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The results of pro-active feminization in French banks : a comparative approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’institutionnalisation de « monstres organisationnels » par l’écriture, l’éditorialisation et la médiatisation d’écrits d’influence : les groupes de réflexion (think tanks) français et les politiques de l’emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Desmoulins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marnix Dressen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Sociological Association - RC10 Participation, Organizational Democracy and Self-Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Colloque ACFAS - 432, Entre marché, état et société civile : Explorer la nature paradoxale des organisations hybrides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Montréal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02874202v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02984384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les acteurs de la féminisation à la BNP Paribas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marnix Dressen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7e Congrès de l'AFS - RT18 Relations professionnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2098,77 +2098,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Roby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc-Sylvain Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Brunel</w:t>
+                <w:t xml:space="preserve">Auxane Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Association of Health Law 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2187,316 +2187,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04842656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing actors participating in the adoption process of SoHo and ATMP regulations at the European level</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">An exploratory analysis on the involvement of European organisations in the field of biomedical innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Scheer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Guion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indra Chiv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Morell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Gene &amp; Cell Therapy Congress 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Bruxelles (BEL), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04290588v1</w:t>
+                <w:t xml:space="preserve">halshs-04290569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which actors to influence the adoption of EU guidelines for Advanced Therapy Medicinal Products?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Comparing actors participating in the adoption process of SoHo and ATMP regulations at the European level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society for Cell &amp; Gene Therapy 2023 Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Paris Palais des congrès, France. Elsevier, Abstract published in Cytotherapy, 25 (6 Supplement), pp.S161, 2023</w:t>
+              <w:t xml:space="preserve">European Society for Gene &amp; Cell Therapy Congress 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Bruxelles (BEL), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04290558v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04290588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An exploratory analysis on the involvement of European organisations in the field of biomedical innovation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Which actors to influence the adoption of EU guidelines for Advanced Therapy Medicinal Products?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Society for Gene &amp; Cell Therapy Congress 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Bruxelles (BEL), Belgium</w:t>
+              <w:t xml:space="preserve">International Society for Cell &amp; Gene Therapy 2023 Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Paris Palais des congrès, France. Elsevier, Abstract published in Cytotherapy, 25 (6 Supplement), pp.S161, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04290569v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04290558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative therapy in European Parliament's positions: a numerical science-based vocabulary analysis</w:t>
               </w:r>
@@ -2508,77 +2508,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Glinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Gene &amp; Cell Therapy Congress 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Bruxelles (BEL), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2635,64 +2635,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taxinomie et légitimité des think tanks français : l’institutionnalisation d’organisations 'monstres' par l’écriture, l’éditorialisation et la médiation d’écrits d’influence des politiques de l’emploi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Desmoulins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2736,297 +2736,297 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I-BioLex Deliverable D9-1-2.0: Data Management Plan</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">I-BioLex Deliverable D9-1: Data Management Plan version 2.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éloïse Gennet</w:t>
+                <w:t xml:space="preserve">Eloïse Gennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mbathie Mbengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perron Martine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valentin Brunel</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Sophie Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">UMR 7318 DICE CERIC. 2023</w:t>
+              <w:t xml:space="preserve">Zenodo. 2023, https://zenodo.org/records/7540986</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03943669v1</w:t>
+                <w:t xml:space="preserve">halshs-04290648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I-BioLex Deliverable D9-1: Data Management Plan version 2.0</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">I-BioLex Deliverable D9-1-2.0: Data Management Plan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mahalatchimy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloïse Gennet</w:t>
+                <w:t xml:space="preserve">Éloïse Gennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mbathie Mbengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perron Martine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Sophie Donati</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Zenodo. 2023, https://zenodo.org/records/7540986</w:t>
+              <w:t xml:space="preserve">UMR 7318 DICE CERIC. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04290648v1</w:t>
+                <w:t xml:space="preserve">halshs-03943669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques d'anonymisation et pseudonymisation des données diffusées par le Centre de données socio-politiques (CDSP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3186,51 +3186,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="90BA9749"/>
+    <w:nsid w:val="08E8BEC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3417,51 +3417,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-brunel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5355-1226" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990054v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Morrison" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mahalatchimy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41599-025-04552-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063460v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auxane Delage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13weu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04514654v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Danciu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawale Lamrini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/statsoc.1272" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142722v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sophie Donati" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720188v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452361v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710007v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432005v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Colin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gallis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Groshens" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03957536v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blazej Palat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4573241" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03860543v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443036v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lehmans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874075v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fromont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874071v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Portelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03567040v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Duwez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105689v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Desmoulins" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874102v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874099v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cornilleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02986896v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984384v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874202v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnix Dressen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874190v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04842656v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Roby" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Sylvain Gilbert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290588v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290558v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290569v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Scheer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Guion" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indra Chiv" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Morell" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290599v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Allouche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bechet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Glinel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02873597v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03943669v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lo&#239;se Gennet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbathie Mbengue" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perron Martine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290648v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Gennet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657563v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garcia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-brunel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5355-1226" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063460v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auxane Delage" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13weu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990054v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Morrison" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mahalatchimy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41599-025-04552-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04514654v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Danciu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawale Lamrini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/statsoc.1272" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142722v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sophie Donati" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720188v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452361v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710007v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432005v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Colin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gallis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Groshens" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03957536v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blazej Palat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4573241" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03860543v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443036v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lehmans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874075v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fromont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874071v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Portelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03567040v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Duwez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874099v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cornilleau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105689v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Desmoulins" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874102v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874202v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnix Dressen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02986896v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984384v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02874190v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04842656v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Roby" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Sylvain Gilbert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290569v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Scheer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Guion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indra Chiv" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Morell" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290588v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290558v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290599v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Allouche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bechet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Glinel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02873597v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290648v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Gennet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbathie Mbengue" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perron Martine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03943669v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lo&#239;se Gennet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657563v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garcia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>