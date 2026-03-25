--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Valentin Brunet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur de recherche en bien-être animal</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">valentin-brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3864-1837</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diplômé d'un master en éthologie, j'ai étudié le comportement des poissons, plus particulièrement le bien-être et les capacités cognitives de la truite arc-en-ciel au Laboratoire de Physiologie et Génomique des Poissons (INRAE LPGP, Rennes). Je travaille actuellement pour le centre européen de référence pour le bien-être des ruminants et équidés (EURCAW </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruminants & Equines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">) au sein de l'Unité Mixte de recherche sur les Herbivores (INRAE UMRH, Clermont-Ferrand).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medical training in dairy heifers – A pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice de Boyer Des Roches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Guinotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Animal Behaviour Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 286, pp.106624. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applanim.2025.106624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05024959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feeding predictability as a cognitive enrichment protects brain function and physiological status in rainbow trout: a multidisciplinary approach to assess fish welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Baranek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Le Calvez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (3), pp.101081. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2024.101081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review: Rethinking environmental enrichment as providing opportunities to acquire information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lesimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (9), pp.101251. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2024.101251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental enrichment improves cognitive flexibility in rainbow trout in a visual discrimination task: first insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Veterinary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fvets.2023.1184296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04129091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical Enrichment Triggers Brain Plasticity and Influences Blood Plasma Circulating miRNA in Rainbow Trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Milhade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (8), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology11081093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03755536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positive welfare effects of physical enrichments from the nature-, functions- and feeling- based approaches in farmed rainbow trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Patinote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Lô Sudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 550, pp.737825. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2021.737825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03502340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positive effects of bubbles as a feeding predictor on behaviour of farmed rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Le-Calvez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Batard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-15302-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review - Quality of care in ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Waiblinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Else Verbeek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05199602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review - Restricted access to pasture and inadequate grazing in ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fusi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziano Bernardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Canali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ginane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vilain Rørvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ginane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vilain Rørvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q2E - Welfare training and certification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evangelia Sossidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicator factsheet - Environmental enrichment for ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ginane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vilain Rørvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q2E - Fasting intervals for equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ginane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vilain Rørvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Frequency and quantity of milk feeding to dairy calves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Schenkenfelder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review - Environmental enrichment in ruminants and equines: Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Lesimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04135699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review - Physical and occupational enrichment in ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Lesimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicator factsheet - Frequency and quantity of milk feeding to dairy calves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Schenkenfelder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for ruminants and equines: the basics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q2E - Space allowance for dairy cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Schenkenfelder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena Tuominen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport final Projet Feamp QualiPostOv &amp;quot;Optimisation de la qualité de la chair de grande truite arc-en-ciel (Oncorhynchus mykiss) après ovulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Rescan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE - LPGP. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enrichissement de l’environnement des animaux d’élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Lesimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Aubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RMT BATICE &amp; ONE WELFARE - Le bâtiment d'élevage, point de rencontre entre l'homme et l’animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichissement de l'environnement : Une question d'information ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Lesimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Aubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée RECABEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RECABE, Oct 2024, Webinaire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards better animal husbandry practices: understanding the evolving concept of animal welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sommet de l'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal welfare: from research to practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothee Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice de Boyer Des Roches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positive welfare effects of physical enrichments from the nature-, functions- and feeling- based approaches in farmed rainbow trout Oncorhynchus mykiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Colson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Patinote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Lo Sudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS), Sep 2022, Rimini, Italy. pp.262-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving welfare by sharing knowledge: Functioning of an EU Reference Centre for Animal Welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Blokhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birgitta Staff Larsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia d'Albenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Winkler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on the Welfare Assessment of Animals at Farm Level (WAFL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Firenze (Florence), Italy. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684766v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CARE4DAIRY : un manuel européen du bien-être animal en élevage de bovins laitiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Littlejohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Le Gall-Ladeveze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Mounaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RMT BATICE &amp; ONEWELFARE - Le bâtiment d'élevage, point de rencontre entre l'homme et l’animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France. 2024, Le bâtiment d'élevage, point de rencontre entre l'homme et l’animal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enrichissement du milieu améliore le bien-être de la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Patinote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Lo Sudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. journées de la Recherche Française Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03717486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement et bien-être des poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Côte d’Ivoire. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05265579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training course - Enrichment of the environment in ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichissement de l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Diplôme Inter Ecole (DIE) Médecine du comportement et bien-être des animaux domestiques - VetAgro Sup, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement et bien-être des poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Diplôme Inter Ecole (DIE) Médecine du comportement et bien-être des animaux domestiques - VetAgro Sup, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation bien-être animal : enrichissement de l'environnement et confort thermique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04849287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bien être des poissons : de la recherche à la pratique en élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Stomp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. INRAE RDV COMPET'ences, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et amélioration du bien-être des poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Comité d'Ethique pour l'Expérimentation Animale Auvergne, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId112"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Valentin Brunet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur de recherche en bien-être animal</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">valentin-brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3864-1837</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diplômé d'un master en éthologie, je suis ingénieur de recherche en bien-être des ruminants à l'UMR Herbivores (INRAE, VetAgro Sup).Par le passé, j'ai étudié le comportement des truites arc-en-ciel et des vaches laitières, plus particulièrement leur bien-être et leurs capacités d'apprentissage au Laboratoire de Physiologie et Génomique des Poissons (INRAE LPGP, Rennes) et à l'Unité Mixte de Recherche sur les Herbivores (INRAE UMRH, Clermont-Ferrand). J'ai également travaillé pour le centre européen de référence pour le bien-être des ruminants et équidés (EURCAW </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruminants & Equines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medical training in dairy heifers – A pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice de Boyer Des Roches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Guinotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Animal Behaviour Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 286, pp.106624. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applanim.2025.106624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05024959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feeding predictability as a cognitive enrichment protects brain function and physiological status in rainbow trout: a multidisciplinary approach to assess fish welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Baranek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Le Calvez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (3), pp.101081. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2024.101081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review: Rethinking environmental enrichment as providing opportunities to acquire information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lesimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (9), pp.101251. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2024.101251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental enrichment improves cognitive flexibility in rainbow trout in a visual discrimination task: first insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lafond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Veterinary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fvets.2023.1184296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04129091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical Enrichment Triggers Brain Plasticity and Influences Blood Plasma Circulating miRNA in Rainbow Trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Milhade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Skiba-Cassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (8), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology11081093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03755536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positive welfare effects of physical enrichments from the nature-, functions- and feeling- based approaches in farmed rainbow trout (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Patinote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Lô Sudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 550, pp.737825. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2021.737825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03502340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positive effects of bubbles as a feeding predictor on behaviour of farmed rainbow trout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Le-Calvez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Batard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Goardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-15302-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review - Quality of care in ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Waiblinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Else Verbeek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05199602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review - Restricted access to pasture and inadequate grazing in ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fusi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziano Bernardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Canali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Ruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ginane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vilain Rørvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ginane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vilain Rørvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q2E - Welfare training and certification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evangelia Sossidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicator factsheet - Environmental enrichment for ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ginane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vilain Rørvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q2E - Fasting intervals for equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ginane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vilain Rørvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Frequency and quantity of milk feeding to dairy calves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Schenkenfelder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review - Physical and occupational enrichment in ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Lesimple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematic factsheet - Environmental enrichment for ruminants and equines: the basics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicator factsheet - Frequency and quantity of milk feeding to dairy calves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Schenkenfelder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review - Environmental enrichment in ruminants and equines: Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Lesimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04135699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q2E - Space allowance for dairy cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josef Schenkenfelder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena Tuominen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EURCAW - Ruminants &amp; Equines. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport final Projet Feamp QualiPostOv &amp;quot;Optimisation de la qualité de la chair de grande truite arc-en-ciel (Oncorhynchus mykiss) après ovulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kerneis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Rescan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE - LPGP. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichissement de l'environnement : Une question d'information ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Lesimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Aubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée RECABEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RECABE, Oct 2024, Webinaire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enrichissement de l’environnement des animaux d’élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Lesimple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Aubé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RMT BATICE &amp; ONE WELFARE - Le bâtiment d'élevage, point de rencontre entre l'homme et l’animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards better animal husbandry practices: understanding the evolving concept of animal welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sommet de l'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal welfare: from research to practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothee Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice de Boyer Des Roches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positive welfare effects of physical enrichments from the nature-, functions- and feeling- based approaches in farmed rainbow trout Oncorhynchus mykiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Colson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Patinote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Lo Sudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Aquaculture Society (EAS), Sep 2022, Rimini, Italy. pp.262-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving welfare by sharing knowledge: Functioning of an EU Reference Centre for Animal Welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Blokhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birgitta Staff Larsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia d'Albenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Winkler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on the Welfare Assessment of Animals at Farm Level (WAFL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Firenze (Florence), Italy. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684766v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CARE4DAIRY : un manuel européen du bien-être animal en élevage de bovins laitiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Littlejohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Le Gall-Ladeveze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Mounaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RMT BATICE &amp; ONEWELFARE - Le bâtiment d'élevage, point de rencontre entre l'homme et l’animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France. 2024, Le bâtiment d'élevage, point de rencontre entre l'homme et l’animal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enrichissement du milieu améliore le bien-être de la truite arc-en-ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Patinote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Lo Sudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. journées de la Recherche Française Piscicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03717486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement et bien-être des poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Côte d’Ivoire. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05265579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training course - Enrichment of the environment in ruminants and equines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement et bien-être des poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Diplôme Inter Ecole (DIE) Médecine du comportement et bien-être des animaux domestiques - VetAgro Sup, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichissement de l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Diplôme Inter Ecole (DIE) Médecine du comportement et bien-être des animaux domestiques - VetAgro Sup, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation bien-être animal : enrichissement de l'environnement et confort thermique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04849287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bien être des poissons : de la recherche à la pratique en élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Stomp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. INRAE RDV COMPET'ences, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et amélioration du bien-être des poissons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Comité d'Ethique pour l'Expérimentation Animale Auvergne, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId112"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B29638BB"/>
+    <w:nsid w:val="2BB490D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3864-1837" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05024959v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Dumoulin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Roux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Guinotte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2025.106624" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04426412v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Kleiber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Baranek" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Calvez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101081" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04689967v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lesimple" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brunet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aub&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101251" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129091v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lafond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2023.1184296" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03755536v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cardona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Milhade" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11081093" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03502340v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Patinote" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-L&#244; Sudan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2021.737825" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03746208v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le-Calvez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Batard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15302-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05199602v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Waiblinger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mounier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Else Verbeek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175373v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Fusi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Bernardo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Canali" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648168v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ginane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vilain R&#248;rvang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648163v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648181v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Sossidou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648174v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648170v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669447v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648165v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648178v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Schenkenfelder" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04135699v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Lesimple" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210247v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648179v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221244v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197006v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Tuominen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724453v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rescan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574070v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Aub&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04775174v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235689v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192415v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844909v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo Sudan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684766v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Blokhuis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgitta Staff Larsson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia d'Albenzio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Winkler" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574073v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Littlejohn" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gary" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Gall-Ladeveze" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mounaix" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03717486v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05265579v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719246v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648518v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648512v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849287v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648525v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Stomp" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648508v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3864-1837" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05024959v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Dumoulin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Roux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Guinotte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Brunet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2025.106624" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04426412v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Kleiber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Baranek" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Calvez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101081" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04689967v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lesimple" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brunet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aub&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101251" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129091v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lafond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2023.1184296" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03755536v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cardona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Milhade" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Skiba-Cassy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11081093" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03502340v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Patinote" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-L&#244; Sudan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2021.737825" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03746208v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le-Calvez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Batard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15302-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05199602v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Waiblinger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mounier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Else Verbeek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175373v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Fusi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Bernardo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Canali" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648168v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ginane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vilain R&#248;rvang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648163v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648181v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Sossidou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648174v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648170v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669447v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648165v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648178v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Schenkenfelder" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210247v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Lesimple" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221244v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648179v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04135699v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197006v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Tuominen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724453v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lef&#232;vre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Rescan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04775174v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Aub&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574070v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235689v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192415v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844909v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo Sudan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684766v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Blokhuis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgitta Staff Larsson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia d'Albenzio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Winkler" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574073v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Littlejohn" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gary" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Gall-Ladeveze" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mounaix" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03717486v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05265579v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719246v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648512v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648518v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04849287v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648525v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Stomp" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648508v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>