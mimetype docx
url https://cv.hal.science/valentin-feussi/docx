--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -4162,247 +4162,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05454089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Penser autrement l’internationalisation : éclairages d’expériences situées de mobilités en francophonies universitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Feussi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Internationalisation et francophonies universitaires Entre enjeux géopolitiques et parcours singuliers : diversité des réceptions et circulations des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UR 4428 Dynadiv (Univ. de Tours) et UR 1339 LiLPa (Univ. de Strasbourg), Nov 2025, Tours (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05454113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« &amp;quot;Parle et je te dirai qui tu es&amp;quot;. Langues, assignations identitaires et catégorisations sociales : quelles questions vives actuelles en sociolinguistique ? », Ouverture, co-animation et synthèse de Panel international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Bretegnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Feussi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VI° Congrès international du Réseau Francophone de Sociolinguistique : Questions vives, débats et controverses, 28.05-01er juin 2024.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Catholique de Louvain, May 2025, Louvain-la-Neuve, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05203094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Languages, diaspora and identity constructions. Experiences of francophone Afro-descendants in Angers - France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Feussi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SOCIN 2025 - Rethinking innovation: inclusive practices and interdisciplinary perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Macerata, Sep 2025, Macerata, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05454040v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">hal-05203094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les palimpsestes verbo-culturels : une forme brève en formation d’enseignants</w:t>
               </w:r>
@@ -5827,51 +5827,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03498699v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Feussi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Lorilleux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047012v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierozak" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Debono" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Huver" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/livre/penser-les-diversites-linguistiques-et-culturelles-francophonies-formations-a-distance-migrances/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073990v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bulot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00814443v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00631372v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eyquem-Lebon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moussirou-Mouyama" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436775v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Lebon-Eyquem" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212097v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04929781v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04752410v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293151v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.12804" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04786519v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cisl.2302.0011" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04693600v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cisl.2302.0021" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03498620v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149709v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149733v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier de Robillard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296554v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092729v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212078v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212082v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073982v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venant Eloundou Eloundou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Tsofack" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073975v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Peign&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073993v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Victor Ngu&#233;pi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Assoumou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073985v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073989v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073984v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073986v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Tsofack" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316058v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316056v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454008v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831189v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03498635v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149699v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03498647v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149687v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047292v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296710v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212072v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316055v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Njoh Kome" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.francophonie.org/Langue-Francaise-2014/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119834v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=38821" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316059v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/communication-electronique-enjeux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316054v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296754v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454324v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454089v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454040v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454113v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203094v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bretegnier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089456v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Maillard-de La Corte Gomez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rousseau-Gadet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300158v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300152v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073994v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carelle Mbiada" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073995v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073996v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01074001v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073997v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073999v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02105994v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00384974v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301001v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300266v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296861v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443163v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504459v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03498699v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Feussi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Lorilleux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047012v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierozak" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Debono" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Huver" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/livre/penser-les-diversites-linguistiques-et-culturelles-francophonies-formations-a-distance-migrances/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073990v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bulot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00814443v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00631372v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eyquem-Lebon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moussirou-Mouyama" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436775v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Lebon-Eyquem" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212097v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04929781v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04752410v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293151v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.12804" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04786519v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cisl.2302.0011" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04693600v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cisl.2302.0021" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03498620v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149709v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149733v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier de Robillard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296554v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092729v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212078v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212082v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073982v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venant Eloundou Eloundou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Tsofack" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073975v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Peign&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073993v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Victor Ngu&#233;pi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Assoumou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073985v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073989v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073984v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073986v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Tsofack" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316058v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316056v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454008v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831189v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03498635v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149699v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03498647v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149687v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047292v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296710v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212072v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316055v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Njoh Kome" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.francophonie.org/Langue-Francaise-2014/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119834v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=38821" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316059v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/communication-electronique-enjeux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316054v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296754v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454324v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454089v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454113v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203094v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bretegnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454040v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089456v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Maillard-de La Corte Gomez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rousseau-Gadet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300158v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300152v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073994v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carelle Mbiada" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073995v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073996v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01074001v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073997v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01073999v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02105994v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00384974v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301001v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300266v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296861v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443163v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504459v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>