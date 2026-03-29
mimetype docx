--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -3350,291 +3350,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01695894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering intra-species bacterial diversity of meat and seafood spoilage microbiota using gyrB amplicon sequencing: A comparative analysis with 16S rDNA V3-V4 amplicon sequencing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rué</w:t>
+                <w:t xml:space="preserve">Complete and Draft Genome Sequences of Nine&amp;lt;em&amp;gt; Lactobacillus&amp;lt;/em&amp;gt; &amp;lt;em&amp;gt;sakei&amp;lt;/em&amp;gt; Strains Selected from the Three Known Phylogenetic Lineages and Their Main Clonal Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaelle Peguilhan</w:t>
+                <w:t xml:space="preserve">Gwendoline Coeuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendoline Coeuret</w:t>
+                <w:t xml:space="preserve">Monique Zagorec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Zagorec</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Christine Champomier-Verges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0204629⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (16), 3 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00082-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621350v1</w:t>
+                <w:t xml:space="preserve">hal-02619093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete and Draft Genome Sequences of Nine&amp;lt;em&amp;gt; Lactobacillus&amp;lt;/em&amp;gt; &amp;lt;em&amp;gt;sakei&amp;lt;/em&amp;gt; Strains Selected from the Three Known Phylogenetic Lineages and Their Main Clonal Complexes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Loux</w:t>
+                <w:t xml:space="preserve">Deciphering intra-species bacterial diversity of meat and seafood spoilage microbiota using gyrB amplicon sequencing: A comparative analysis with 16S rDNA V3-V4 amplicon sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaelle Peguilhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Coeuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendoline Coeuret</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Monique Zagorec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (16), 3 p. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00082-18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0204629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02619093v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic diversity and evolution of the fish pathogen flavobacterium psychrophilum</w:t>
               </w:r>
@@ -3780,64 +3780,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Coeuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Champomier-Verges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4513,429 +4513,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of proteins involved in the anti-inflammatory properties of Propionibacterium freudenreichii by means of a multi-strain study</w:t>
+                <w:t xml:space="preserve">Manual and expert annotation of the nearly complete genome sequence of Staphylococcus sciuri strain ATCC 29059: a reference for the oxidase-positive staphylococci that supports the atypical phenotypic features of the species group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Nicolas</w:t>
+                <w:t xml:space="preserve">Eugene Christo-Foroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Parayre</w:t>
+                <w:t xml:space="preserve">Tatiana Vallaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rozenn Le Guellec</w:t>
+                <w:t xml:space="preserve">Elie Dassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep46409⟩</w:t>
+              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 40 (7), pp.401-410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.syapm.2017.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01510019v1</w:t>
+                <w:t xml:space="preserve">hal-01604275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The bacterial interlocked process ONtology (BiPON): a systemic multi-scale unified representation of biological processes in prokaryotes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent J. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Goelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomedical Semantics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (53), 16 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13326-017-0165-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01652923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manual and expert annotation of the nearly complete genome sequence of Staphylococcus sciuri strain ATCC 29059: a reference for the oxidase-positive staphylococci that supports the atypical phenotypic features of the species group</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of proteins involved in the anti-inflammatory properties of Propionibacterium freudenreichii by means of a multi-strain study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Vallaeys</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin Loux</w:t>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Dassa</w:t>
+                <w:t xml:space="preserve">Sandrine Parayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josef Deutscher</w:t>
+                <w:t xml:space="preserve">Rozenn Le Guellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 40 (7), pp.401-410. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.46409. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.syapm.2017.07.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep46409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604275v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01510019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole genome sequencing of 7 strains of Staphylococcus lugdunensis allows identification of mobile genetic elements</w:t>
               </w:r>
@@ -5470,51 +5470,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permanent draft genome sequence of the probiotic strain Propionibacterium freudenreichii CIRM-BIA 129 (ITG P20).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6255,295 +6255,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of a surface-ripened cheese community functioning by meta-omics analyses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Dugat-Bony</w:t>
+                <w:t xml:space="preserve">Inventory of the GH70 enzymes encoded by &amp;lt;em&amp;gt;Leuconostoc citreum&amp;lt;/em&amp;gt; NRRL B-1299 - identification of three novel -transglucosylases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Passerini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Straub</w:t>
+                <w:t xml:space="preserve">Marlène Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Teissandier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Djamila Onesime</w:t>
+                <w:t xml:space="preserve">Lisa Ufarté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0124360⟩</w:t>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 282 (11), pp.2115-2130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.13261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195505v1</w:t>
+                <w:t xml:space="preserve">hal-02630462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventory of the GH70 enzymes encoded by &amp;lt;em&amp;gt;Leuconostoc citreum&amp;lt;/em&amp;gt; NRRL B-1299 - identification of three novel -transglucosylases</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marlène Vuillemin</w:t>
+                <w:t xml:space="preserve">Overview of a surface-ripened cheese community functioning by meta-omics analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dugat-Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Ufarté</w:t>
+                <w:t xml:space="preserve">Cecile Straub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Morel</w:t>
+                <w:t xml:space="preserve">Aurélie Teissandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamila Onesime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 282 (11), pp.2115-2130. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (4), pp.e0124360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/febs.13261⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0124360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02630462v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome Sequences of Two Bovine Mastitis-Causing Escherichia coli Strains</w:t>
               </w:r>
@@ -7423,311 +7423,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02631923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete Genome Sequence of Leuconostoc citreum Strain NRRL B-742</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genome Sequence of the Lactic Acid Bacterium &amp;lt;i&amp;gt;Lactococcus lactis&amp;lt;/i&amp;gt; subsp. &amp;lt;i&amp;gt;lactis&amp;lt;/i&amp;gt; TOMSC161, Isolated from a Nonscalded Curd Pressed Cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Laguerre</w:t>
+                <w:t xml:space="preserve">Hélène Velly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Amari</w:t>
+                <w:t xml:space="preserve">Pierre Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Delacroix-Buchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Announcements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2 (6), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01179-14⟩</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01121-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02637077v1</w:t>
+                <w:t xml:space="preserve">hal-01193999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactobacillus delbrueckii ssp. lactis and ssp. bulgaricus: a chronicle of evolution in action.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Johan Binesse</w:t>
+                <w:t xml:space="preserve">Complete Genome Sequence of Leuconostoc citreum Strain NRRL B-742</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Passerini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Vuillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Laguerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Amari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samira Boudebbouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-407⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01179-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01017376v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genomics of first available bovine Anaplasma phagocytophilum genome obtained with targeted sequence capture.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Dugat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7736,250 +7736,250 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Moroldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 15 (1), pp.973. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2164-15-973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Sequence of the Lactic Acid Bacterium &amp;lt;i&amp;gt;Lactococcus lactis&amp;lt;/i&amp;gt; subsp. &amp;lt;i&amp;gt;lactis&amp;lt;/i&amp;gt; TOMSC161, Isolated from a Nonscalded Curd Pressed Cheese</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
+                <w:t xml:space="preserve">Lactobacillus delbrueckii ssp. lactis and ssp. bulgaricus: a chronicle of evolution in action.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela El Kafsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Binesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agnes Delacroix-Buchet</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Buratti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Boudebbouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2 (6), </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1), pp.407. </w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01121-14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193999v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01017376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical challenges in metatranscriptomic studies applied to the bacterial communities of freshwater ecosystems</w:t>
               </w:r>
@@ -8263,51 +8263,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rasmussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8384,51 +8384,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A unique in vivo experimental approach reveals metabolic adaptation of the probiotic Propionibacterium freudenreichii to the colon environment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taous Saraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Guernec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9469,51 +9469,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Meslier Meslier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 194 (23), pp.6637. </w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9841,51 +9841,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Meslier Meslier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 194 (22), pp.6364. </w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9919,77 +9919,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome sequence of weissella confusa LBAE C39-2, isolated from a wheat sourdough</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Amari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10105,51 +10105,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Gibrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Straub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 194 (18), pp.5141-5142. </w:t>
@@ -10449,295 +10449,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02643519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequences of three Leuconostoc Citreum Strains, LBAE C10, LBAE C11, and LBAE E16, isolated from wheat sourdoughs</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hervé Robert</w:t>
+                <w:t xml:space="preserve">Genome sequence of the persistent Salmonella enterica subsp enterica Serotype Senftenberg Strain SS209</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Grépinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zineb Boumart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chiapello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 194 (6), pp.1610-1611. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.06789-11⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 194 (9), pp.2385-2386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.00255-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01267778v1</w:t>
+                <w:t xml:space="preserve">hal-02643377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequence of the persistent Salmonella enterica subsp enterica Serotype Senftenberg Strain SS209</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
+                <w:t xml:space="preserve">Genome sequences of three Leuconostoc Citreum Strains, LBAE C10, LBAE C11, and LBAE E16, isolated from wheat sourdoughs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Laguerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Amari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Vuillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Chiapello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 194 (9), pp.2385-2386. </w:t>
+              <w:t xml:space="preserve">, 2012, 194 (6), pp.1610-1611. </w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JB.00255-12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JB.06789-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02643377v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01267778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete genome sequence of the clinical Streptococcus salivarius strain CCHSS3</w:t>
               </w:r>
@@ -11395,295 +11395,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete genome sequence of the probiotic Lactobacillus casei strain BL23</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The complete genome of Propionibacterium freudenreichii CIRM-BIA1T, a Hardy actinobacterium with food and probiotic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Mazé</w:t>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Boël</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Valentin Loux</w:t>
+                <w:t xml:space="preserve">Anne Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.00076-10⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (7), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0011748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204245v1</w:t>
+                <w:t xml:space="preserve">hal-01204238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The complete genome of Propionibacterium freudenreichii CIRM-BIA1T, a Hardy actinobacterium with food and probiotic applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+                <w:t xml:space="preserve">Complete genome sequence of the probiotic Lactobacillus casei strain BL23</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Boël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+                <w:t xml:space="preserve">Manuel Zùniga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexa Bourand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 5 (7), pp.1-12. </w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 192 (10), pp.2647-2648. </w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0011748⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JB.00076-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01204238v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the insoluble proteome of lactococcus lactis by SDS-PAGE LC-MS/MS leads to the identification of new markers of adaptation of the bacteria to the mouse digestive tract</w:t>
               </w:r>
@@ -14238,51 +14238,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaelle Peguilhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14570,90 +14570,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A metagenomic tool for cheese ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Cavaillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Guirimand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Derozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15290,51 +15290,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food-Microbiomes Transfert, a shotgun metagenomic tool and a database to analyze cheese ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Guirimand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Derozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15415,77 +15415,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentation systémique multi-échelle des processus biologiques de la bactérie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Froidevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Goelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fromion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15527,90 +15527,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentation systémique multi-échelle des processus biologiques de la bactérie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent J. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Froidevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Goelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Fromion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15678,51 +15678,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Grépinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16329,51 +16329,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Plaudet Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6 Conference on Functional Genomics of Gram-positive Microorganisms 16 International Conference on Bacilli</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Montecatini, Italy</w:t>
@@ -18666,277 +18666,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateforme bioinformatique MIGALE</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+                <w:t xml:space="preserve">Omnicrobe : une base de données d’habitats et de phénotypes microbiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Harlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Derozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deléger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes de Biologie, Informatique et Mathématique (JOBIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France. 2022</w:t>
+              <w:t xml:space="preserve">23ème édition du colloque du Club des Bactéries Lactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rennes, France. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04176761v1</w:t>
+                <w:t xml:space="preserve">hal-03694214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omnicrobe : une base de données d’habitats et de phénotypes microbiens</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Estelle Chaix</w:t>
+                <w:t xml:space="preserve">Plateforme bioinformatique MIGALE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chiapello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème édition du colloque du Club des Bactéries Lactiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Rennes, France. , 2022</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes de Biologie, Informatique et Mathématique (JOBIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId591" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03694214v1</w:t>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04176761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different Medicago truncatula genotypes, expressing different phenotypes, modulate microbial functional genes in the rhizosphere</w:t>
               </w:r>
@@ -19791,277 +19791,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04285893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateforme bioinformatique MIGALE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Florilege, a database gathering microbial habitats, phenotypes and uses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Derozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Deleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reda Mekdad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Ba</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Inizan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes de Biologie, Informatique et Mathématique (JOBIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Montpellier, France. 2020</w:t>
+              <w:t xml:space="preserve">JOBIM 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04176782v1</w:t>
+                <w:t xml:space="preserve">hal-02904156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florilege, a database gathering microbial habitats, phenotypes and uses</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Estelle Chaix</w:t>
+                <w:t xml:space="preserve">Plateforme bioinformatique MIGALE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reda Mekdad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mouhamadou Ba</w:t>
+                <w:t xml:space="preserve">Damien Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Christiany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chiapello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Inizan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes de Biologie, Informatique et Mathématique (JOBIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Montpellier, France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02904156v1</w:t>
+                <w:t xml:space="preserve">hal-04176782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DeepOmics, a Digital Environmental Engineering Platform for meta-omics data</w:t>
               </w:r>
@@ -20291,277 +20291,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A shotgun metagenomics analysis applied to the ecological engineering of anaerobic microbial communities for the production of hydrogen from Citrus Peel Waste</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shallow sequencing: a cost-effective and accurate alternative to WGS for taxonomic profiling ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franciele Camargo</w:t>
+                <w:t xml:space="preserve">Benoit Goutorbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">, Jun 2020, Montpellier, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02902758v1</w:t>
+                <w:t xml:space="preserve">hal-03451271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shallow sequencing: a cost-effective and accurate alternative to WGS for taxonomic profiling ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A shotgun metagenomics analysis applied to the ecological engineering of anaerobic microbial communities for the production of hydrogen from Citrus Peel Waste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Goutorbe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
+                <w:t xml:space="preserve">Franciele Camargo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2020, Montpellier, France. </w:t>
+              <w:t xml:space="preserve">, Jun 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451271v1</w:t>
+                <w:t xml:space="preserve">hal-02902758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback on a c omparative metatranscriptomic analysis</w:t>
               </w:r>
@@ -20797,51 +20797,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metagenomic analysis of an african beer ecosystem using Food Microbiome Transfert application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Derozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21185,90 +21185,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of gyrB amplicon sequencing in comparison to 16S rDNA amplicon sequencing to evaluate intra-species bacterial diversity in food microbiotaImproving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaelle Peguilhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Champomier-Verges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Micro 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Berlin, Germany. , 2018</w:t>
@@ -21416,277 +21416,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01827944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The journey of a team of engineers in learning packaging technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Dussart</w:t>
+                <w:t xml:space="preserve">FoodMicrobiome transfert: Web based metagenomic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Cavaillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Guirimand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Derozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bedis Dridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jobim (Journées Ouvertes Biologie Informatique Mathématiques)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Marseille, France. , 2018, JOBIM 2018</w:t>
+              <w:t xml:space="preserve">JOBIM 2018 Journées Ouvertes Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733639v1</w:t>
+                <w:t xml:space="preserve">hal-02008726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FoodMicrobiome transfert: Web based metagenomic analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bedis Dridi</w:t>
+                <w:t xml:space="preserve">The journey of a team of engineers in learning packaging technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Quintric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Inizan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2018 Journées Ouvertes Biologie, Informatique et Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Marseille, France. , 2018</w:t>
+              <w:t xml:space="preserve">Jobim (Journées Ouvertes Biologie Informatique Mathématiques)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France. , 2018, JOBIM 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008726v1</w:t>
+                <w:t xml:space="preserve">hal-02733639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FLORILEGE: an integrative database using text mining and ontologies</w:t>
               </w:r>
@@ -21916,217 +21916,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01651302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroFit project: developping a Tn-seq system in Yarrowia lipolytica to study the adaptation of this yeast to cheese ecosystem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Madzak</w:t>
+                <w:t xml:space="preserve">New -omics data analysis activity on Migale platform for MEM community</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Monnet</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Schbath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées MEM des métaprogrammes de l’INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, paris, France. 2017</w:t>
+              <w:t xml:space="preserve">Journées d'Animation MEM 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris la Vilklette, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02786916v1</w:t>
+                <w:t xml:space="preserve">hal-01730003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId642" w:history="1">
+            <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New -omics data analysis activity on Migale platform for MEM community</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rué</w:t>
+                <w:t xml:space="preserve">MicroFit project: developping a Tn-seq system in Yarrowia lipolytica to study the adaptation of this yeast to cheese ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Madzak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Schbath</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation MEM 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Paris la Vilklette, France. 2017</w:t>
+              <w:t xml:space="preserve">Journées MEM des métaprogrammes de l’INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, paris, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId642" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01730003v1</w:t>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheese ecosystems insights with shotgun metagenomics and a metadata extended genomics database.</w:t>
               </w:r>
@@ -22151,51 +22151,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Pauvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Derozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -22401,51 +22401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra S. Derozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Pauvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -22871,51 +22871,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A unique in vivo experimental approach reveals metabolic adaptation of the probiotic [i]Propionibacterium freudenreichii[/i] to the colon environment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taous Saraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23061,51 +23061,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th IDF Symposium on Science &amp; Technology of Fermented Milk</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Melbourne, Australia. 2014</w:t>
@@ -23647,90 +23647,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immunomodulatory properties of the probiotic Propionibacterium freudenreichii surface proteome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Foligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Le Guellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23891,273 +23891,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insyght: Using symbols to visualize homologies, conserved syntenies and genomic insertions across multiple genomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">IGO, Integration from Genomes to Organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra S. Derozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene H. Chiapello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Guerin Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2013 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Toulouse, France. Société Française de Bio-Informatique -SFBI, pp.231, 2013, JOBIM TOULOUSE 2013 RÉSUMÉS COURS (affiches) - Volume 2/2</w:t>
+              <w:t xml:space="preserve">JOBIM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Toulouse, France. , pp.246, 2013, JOBIM TOULOUSE 2013 - RÉSUMÉS COURTS (affiches)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748920v1</w:t>
+                <w:t xml:space="preserve">hal-02746442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId674" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IGO, Integration from Genomes to Organisms</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Insyght: Using symbols to visualize homologies, conserved syntenies and genomic insertions across multiple genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId675" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Gendrault-Jacquemard Gendrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark M. Hoebeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gibrat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Toulouse, France. , pp.246, 2013, JOBIM TOULOUSE 2013 - RÉSUMÉS COURTS (affiches)</w:t>
+              <w:t xml:space="preserve">JOBIM 2013 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Toulouse, France. Société Française de Bio-Informatique -SFBI, pp.231, 2013, JOBIM TOULOUSE 2013 RÉSUMÉS COURS (affiches) - Volume 2/2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId674" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746442v1</w:t>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combination of in silico and proteomic approaches to identify candidate genes responsible for the immunomodulatory properties of Propionibacterium freudenreichii</w:t>
               </w:r>
@@ -24501,51 +24501,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assemblage de génomes bactériens séquencés par NGS - Comparaison d’outils et choix de paramètres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Melchiore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId675" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Guerin Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24609,90 +24609,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The complete genome of Propionibacterium freudenreichii CIRM 1 a hardy actinobacteria with food and probiotic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dherbecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3 International Symposium on Propionibacteria and Bifidobacteria: Dairy and Probiotic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Oviédo, Spain. , International Journal of Food Microbiology, Volume 149, Issue 1, Pages 1-112 (1 September 2011), 2010, International Journal of Food Microbiology</w:t>
@@ -25580,552 +25580,674 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05306548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MiCoReCa (Microbiome Community Resource Catalogue) - Towards Centralized Curation And Integration Of Microbiome Bioinformatics Resources</w:t>
+                <w:t xml:space="preserve">A study of the integration by non-homologous end joining (NHEJ) of a trackable DNA cassette with randomly-generated borders into Yarrowia lipolytica genome sheds light on exogenous DNA extremities degradation and confirms the potential of NHEJ-mediated integration for the design of genome-scale insertional mutant libraries in non-conventional yeasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivek Ashokan</w:t>
+                <w:t xml:space="preserve">Marie-Noëlle Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Emery</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Barnabé</w:t>
+                <w:t xml:space="preserve">Stéphane Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId704" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christina Pavloudi</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05443844v1</w:t>
+                <w:t xml:space="preserve">hal-05503909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId705" w:history="1">
+            <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food Microbiome Metabolic Modules (F3M), a tool suite for functional profiling of food microbiomes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nacer Mohellibi</w:t>
+                <w:t xml:space="preserve">MiCoReCa (Microbiome Community Resource Catalogue) - Towards Centralized Curation And Integration Of Microbiome Bioinformatics Resources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId705" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivek Ashokan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colin Tinsley</w:t>
+                <w:t xml:space="preserve">Clara Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Barnabé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId707" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Pavloudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId705" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05306516v1</w:t>
+            <w:hyperlink r:id="rId704" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05443844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId707" w:history="1">
+            <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical Replication Error Pattern and Limited Repair Efficiency Contribute to Elevated Mutation Rate in Phage lambda</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Food Microbiome Metabolic Modules (F3M), a tool suite for functional profiling of food microbiomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId695" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer Mohellibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId709" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Tinsley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Ventroux</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-05289701v1</w:t>
+                <w:t xml:space="preserve">hal-05306516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell-free genome-wide transcriptomics through machine learning optimization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Delumeau</w:t>
+                <w:t xml:space="preserve">Atypical Replication Error Pattern and Limited Repair Efficiency Contribute to Elevated Mutation Rate in Phage lambda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId711" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Ventroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId712" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lecointe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05170246v1</w:t>
+                <w:t xml:space="preserve">hal-05289701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId711" w:history="1">
+            <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cell-free genome-wide transcriptomics through machine learning optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Delumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId713" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05170246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId714" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Omnicrobe, an open-access database of microbial habitats and phenotypes using a comprehensive text mining and data fusion approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Dérozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -26174,51 +26296,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId711" w:history="1">
+            <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -26228,51 +26350,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MilkOligoCorpus annotation guidelines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Rumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -26324,51 +26446,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04830410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -26378,51 +26500,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId713" w:history="1">
+            <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Easy16S: a user-friendly Shiny web-service for exploration and visualization of microbiome data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -26464,92 +26586,92 @@
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId714" w:history="1">
+            <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:rel:35d2caacc87474efa1f1e277f5eb13352962793d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId713" w:history="1">
+            <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04304559v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId715" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insyght</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -26584,65 +26706,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Gibrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId715" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId716"/>
+      <w:footerReference w:type="default" r:id="rId719"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -26710,51 +26832,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6CB64044"/>
+    <w:nsid w:val="46BA0CF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26941,51 +27063,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-loux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8268-915X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253136016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220365v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courtin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Sauvion" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0319729" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070613v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Jarrige" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tardy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-98903-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289975v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dech&#234;ne-Tempier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bougeard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Libante" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001521" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668230v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycae095" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04785149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Midoux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chapleur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bize" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06704" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04552648v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110404" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04004063v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Laurentie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deschamps" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00495-22" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03984703v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Del&#233;ger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0272473" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234976v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Howell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Irlinger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.321" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03579395v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;tin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury G&#233;rard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020334" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083924v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mournetas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0271847" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211333v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciele Pereira Camargo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Kimiko Sakamoto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Palladino Delforno" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112631" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287195v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pascault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;dron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12944" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311697v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Isabel Kothe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bolotin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bochra-Farah Kra&#239;em" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedis Dridi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2021.109312" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02922962v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lao" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gu&#233;don" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charron-Bourgoin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11090999" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504597v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Cornuault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Moncaut" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mathieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Sokol" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0566-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02914971v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poirier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Du Martin Luong" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Anthoine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Membr&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105453" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02905303v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Branger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cochard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Biet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2020.104309" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349939v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnarme" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fraud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Catellote" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Sarthou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.108643" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888286v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago P. Delforno" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Z. Macedo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Midoux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gileno V. Lacerda" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.08.328" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296155v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Vandenbrouck" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Christiany" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Combes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Brun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201800489" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628963v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Proust" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Martin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Magnabosco" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pedersen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01029-18" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695894v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Malek" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Frey-Klett" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Onesime" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.10.026" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621350v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Peguilhan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Coeuret" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zagorec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0204629" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619093v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier-Verges" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Chaillou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00082-18" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629284v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rochat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Habib" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barbier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00138" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048857v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-018-3908-2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603170v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gibrat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01580789v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coluzzi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; C. Ambroset" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00443" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01509688v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela El Kafsi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep44331" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607798v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perez Pascual" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01665-16" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602632v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sanchis Borja" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01568-16" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510019v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Guellec" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46409" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652923v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent J. Henry" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferr&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Fischer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dinh" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-017-0165-6" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604275v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Christo-Foroux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Vallaeys" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Dassa" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Deutscher" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2017.07.002" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604276v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Argemi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dahyot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Lebeurre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evx077" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594527v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dugat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rossignol" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00950-16" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01511494v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Meneghel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vidal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00052-16" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262284v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01483" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640172v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hammani" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buratti" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-015-0120-z" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578250v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Guellerin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Passerini" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fontagn&#233;-Faucher" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Robert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gabriel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00692-16" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480898v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00669-16" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630699v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Th&#233;rond" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rugeri" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Nicolas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gendrault" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btv689" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01142363v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1467-7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209735v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P&#233;ton" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Pl&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vroland" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.07.018" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195505v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Straub" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Teissandier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0124360" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630462v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Vuillemin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Ufart&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Morel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.13261" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171499v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00259-15" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019560v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naquin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loubi&#232;re" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01176-13" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01332638v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hoebeke" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gibrat" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku867" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204323v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Binesse" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Boudebbouze" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00328-14" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204391v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bolotine" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas de Wouters" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Schnupf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Bouchier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00705-14" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933734v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juste" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P Kreil" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillot" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vaca" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2012-303786" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631923v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Vermassen" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Foye" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Talon" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Leroy" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2014.00691" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637077v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laguerre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Amari" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01179-14" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01017376v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-407" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193998v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Lagr&#233;e" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-973" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193999v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Velly" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renault" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Delacroix-Buchet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01121-14" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110172v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Derozier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-014-9783-4" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209746v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Le Plenier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2014.08.009" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195502v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Almeida" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Hebert" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rasmussen" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Monnet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-1101" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00923652v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Saraoui" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Guernec" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-911" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645656v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ma" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Creno" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Clermont" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00663-13" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209470v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ma" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00658-13" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939673v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00662-13" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190531v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00660-13" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939584v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Cailliez-Grimal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaillou" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila J. Anba-Mondoloni" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Inam M. I. Afzal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00115-12" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191223v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dalmasso" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aubert" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00561-12" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03044203v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gr&#233;pinet" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Rossignol" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Chiapello" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00256-12" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000375v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Meslier Meslier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01696-12" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645697v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Schbath" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Martin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zytnicki" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fayolle" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2012.0022" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000221v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Monnet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Bento" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois J.-F. Gibrat" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile C. Straub" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06496-11" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000376v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01697-12" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267779v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Laguerre" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06788-11" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019837v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bento" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01038-12" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363390v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643519v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel A. Houel" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poulain" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernardet" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00420-12" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267778v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06789-11" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643377v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Boumart" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00255-12" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000176v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Delorme" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Pons" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Couloux" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.05416-11" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000029v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Hebert" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Forquin Forquin-Gomez" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Roux" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Aubert" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Junot" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-011-3481-2" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2HX12D21-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000180v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Bartholini" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M. Luraschi" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.05404-11" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644023v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gendrault-Jacquemard Gendrault" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-4-133" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195440v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vacherie" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015489" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204245v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maz&#233;" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bo&#235;l" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Z&#249;niga" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Bourand" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00076-10" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204238v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0011748" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657656v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasna Beganovic" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Guillot" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van de Guchte" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouan" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Gitton" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663676v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Barinov" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Langella" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200800195" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00557018v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Forquin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Duvergey" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Proux" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00224-09" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666599v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1313" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665192v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bryson" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Bossy" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkl471" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668654v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Penaud" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Grimaldi" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0603024103" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683108v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier Verges" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Cornet" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Crutz-Le Coq" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Dudez" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1160" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397464v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05286237v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820075v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04654371v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317070v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu, Liya" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Deau" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cremaschi" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294052v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221356v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321371v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lopez" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Sanju&#225;n" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Elez" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04139303v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04285885v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Bedu-Ferrari" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Biscarrat" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Vati" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chaudemanche" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Benoit" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03495840v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04285897v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Benoit" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04285875v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947091v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier-Verg&#232;s" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733948v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Ah-Lone" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735116v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lemanceau" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789036v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cavaill&#233;" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Guirimand" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737399v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire N&#233;dellec" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deleger" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339776v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Auer" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Luis" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954713v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schbath" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784992v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Quintric" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Inizan" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Marcon" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dussart" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607327v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessieres" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788899v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Pauvert" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741418v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Henry" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Froidevaux" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442727v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Fromion" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749048v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Roche" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Abed" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804577v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746549v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748738v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190437v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Folign&#233;" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herv&#233;" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Kerjean" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Matter" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454328v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Plaudet Hammani" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751310v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Chiapello" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752226v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Michotey" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie A. Gendrault-Jacquemard" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823179v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Kerouault" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824485v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark M. Hoebeke" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754400v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Az&#233;" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gentils" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Toffano-Nioche" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816850v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.-M. Le Coq" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Loustau" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828495v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759825v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05486358v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lahaye" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mataigne" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Berne" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Boudet" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dameron" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05149332v2" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Floch" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barnab&#233;" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Duperrier" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Millan-oropeza" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155548v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Wagner" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Hoang" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rue" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delumeau" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142051v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#232;ne Wan" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05162180v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bertry" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leneveu" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareth Renault" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666797v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288574v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gardon" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dugat-Bony" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gendre" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633572v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mineau-Cesari" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232466v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176537v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#255;lis Urtebise" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Spatz" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Paineau" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176761v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694214v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Harl&#233;" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199757v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176740v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vidal" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359643v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuong Quoc Hoang Ngo" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232454v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Payot" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359920v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176768v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04285893v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176782v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Berry" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904156v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Mekdad" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493150v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perr&#233;al" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gramusset" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Predhumeau" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914960v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vincent" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Casaregola" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Devillers" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902758v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciele Camargo" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03451271v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Goutorbe" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735859v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360160v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Da Cunha" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789073v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Aka" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736501v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lorenzo" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Brancotte" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737257v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Bouchez" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786728v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827944v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chatel" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Rama Rao" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733639v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008726v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827946v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bohuon" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651302v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786916v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Madzak" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730003v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512085v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512192v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799027v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra S. Derozier" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209851v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida da Silva" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hammami" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170054v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795851v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Franchinard" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sapet" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck F. Samson" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209656v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre-Breton" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264372.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209584v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209705v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209657v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264377.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792306v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Compain" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jullien Renaud" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivagangari Nandy" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Collin" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209535v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209501v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Foligne" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cousin" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209498v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748920v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746442v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Guerin Gu&#233;rin" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209410v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209420v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757163v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Leveugle" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758166v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Melchiore" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454344v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dherbecourt" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751434v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812810v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03324650v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1641-3_11" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284981v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lien Nguyen" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9164-8_18" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812661v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r936-bio-informatique.html" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318537v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Mohellibi" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin R. Tinsley" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306548v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Karimi" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence-Bertel" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/O4OJA2" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443844v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Ashokan" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Emery" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Pavloudi" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306516v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Tinsley" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289701v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ventroux" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecointe" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170246v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828105v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830410v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304559v2" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rel:35d2caacc87474efa1f1e277f5eb13352962793d" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795962v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-loux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8268-915X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253136016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220365v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courtin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Sauvion" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0319729" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070613v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Jarrige" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tardy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-98903-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289975v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dech&#234;ne-Tempier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bougeard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Libante" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001521" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668230v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Neuv&#233;glise" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycae095" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04785149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Midoux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chapleur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bize" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06704" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04552648v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110404" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04004063v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Laurentie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deschamps" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00495-22" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03984703v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Del&#233;ger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0272473" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234976v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Howell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Irlinger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.321" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03579395v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;tin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury G&#233;rard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020334" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083924v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mournetas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0271847" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211333v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciele Pereira Camargo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Kimiko Sakamoto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Palladino Delforno" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112631" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287195v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pascault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;dron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12944" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311697v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Isabel Kothe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bolotin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bochra-Farah Kra&#239;em" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedis Dridi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2021.109312" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02922962v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lao" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gu&#233;don" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charron-Bourgoin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11090999" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504597v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Cornuault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Moncaut" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mathieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Sokol" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0566-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02914971v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poirier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Du Martin Luong" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Anthoine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Membr&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105453" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02905303v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Branger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cochard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Biet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2020.104309" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349939v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnarme" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fraud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Catellote" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Sarthou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.108643" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888286v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago P. Delforno" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Z. Macedo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Midoux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gileno V. Lacerda" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.08.328" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296155v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Vandenbrouck" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Christiany" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Combes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Brun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201800489" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628963v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Proust" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Martin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Magnabosco" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pedersen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01029-18" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695894v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Malek" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Frey-Klett" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Onesime" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.10.026" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619093v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Coeuret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zagorec" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier-Verges" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Chaillou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00082-18" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621350v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Peguilhan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0204629" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629284v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rochat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Habib" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barbier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00138" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048857v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-018-3908-2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603170v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gibrat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01580789v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coluzzi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; C. Ambroset" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00443" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01509688v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela El Kafsi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep44331" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607798v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perez Pascual" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01665-16" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602632v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sanchis Borja" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01568-16" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604275v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Christo-Foroux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Vallaeys" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Dassa" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Deutscher" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2017.07.002" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652923v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent J. Henry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferr&#233;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Fischer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dinh" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-017-0165-6" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510019v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Guellec" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46409" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604276v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Argemi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dahyot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Lebeurre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evx077" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594527v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dugat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rossignol" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00950-16" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01511494v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Meneghel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vidal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00052-16" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262284v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01483" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640172v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hammani" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buratti" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-015-0120-z" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578250v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Guellerin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Passerini" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fontagn&#233;-Faucher" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Robert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gabriel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00692-16" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480898v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00669-16" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630699v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Th&#233;rond" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rugeri" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Nicolas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gendrault" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btv689" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01142363v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1467-7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209735v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P&#233;ton" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Pl&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vroland" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.07.018" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630462v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Vuillemin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Ufart&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Morel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.13261" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195505v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Straub" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Teissandier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0124360" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171499v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00259-15" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019560v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naquin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loubi&#232;re" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01176-13" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01332638v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hoebeke" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gibrat" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku867" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204323v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Binesse" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Boudebbouze" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00328-14" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204391v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bolotine" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas de Wouters" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Schnupf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Bouchier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00705-14" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933734v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juste" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P Kreil" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillot" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vaca" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2012-303786" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631923v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Vermassen" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Foye" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Talon" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Leroy" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2014.00691" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193999v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Velly" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renault" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Delacroix-Buchet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01121-14" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637077v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laguerre" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Amari" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01179-14" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193998v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Lagr&#233;e" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-973" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01017376v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-407" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110172v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Derozier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-014-9783-4" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209746v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Le Plenier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2014.08.009" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195502v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Almeida" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Hebert" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rasmussen" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Monnet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-1101" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00923652v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Saraoui" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Guernec" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-911" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645656v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ma" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Creno" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Clermont" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00663-13" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209470v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ma" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00658-13" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939673v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00662-13" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190531v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00660-13" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939584v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Cailliez-Grimal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaillou" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila J. Anba-Mondoloni" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Inam M. I. Afzal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00115-12" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191223v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dalmasso" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aubert" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00561-12" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03044203v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gr&#233;pinet" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Rossignol" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Chiapello" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00256-12" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000375v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Meslier Meslier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01696-12" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645697v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Schbath" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Martin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zytnicki" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fayolle" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2012.0022" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000221v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Monnet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Bento" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois J.-F. Gibrat" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile C. Straub" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06496-11" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000376v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01697-12" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267779v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Laguerre" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06788-11" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019837v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bento" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01038-12" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363390v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643519v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel A. Houel" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poulain" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernardet" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00420-12" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643377v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Boumart" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00255-12" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267778v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06789-11" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000176v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Delorme" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Pons" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Couloux" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.05416-11" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000029v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Hebert" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Forquin Forquin-Gomez" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Roux" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Aubert" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Junot" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-011-3481-2" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2HX12D21-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000180v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Bartholini" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M. Luraschi" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.05404-11" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644023v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gendrault-Jacquemard Gendrault" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-4-133" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195440v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vacherie" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015489" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204238v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0011748" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204245v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maz&#233;" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bo&#235;l" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Z&#249;niga" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Bourand" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00076-10" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657656v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasna Beganovic" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Guillot" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van de Guchte" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouan" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Gitton" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663676v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Barinov" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Langella" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200800195" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00557018v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Forquin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Duvergey" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Proux" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00224-09" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666599v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1313" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665192v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bryson" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Bossy" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkl471" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668654v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Penaud" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Grimaldi" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0603024103" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683108v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier Verges" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Cornet" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Crutz-Le Coq" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Dudez" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1160" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397464v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05286237v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820075v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04654371v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317070v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu, Liya" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Deau" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cremaschi" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294052v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221356v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321371v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lopez" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Sanju&#225;n" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Elez" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04139303v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04285885v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Bedu-Ferrari" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Biscarrat" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Vati" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chaudemanche" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Benoit" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03495840v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04285897v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Benoit" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04285875v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947091v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Champomier-Verg&#232;s" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733948v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Ah-Lone" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735116v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lemanceau" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789036v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cavaill&#233;" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Guirimand" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737399v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire N&#233;dellec" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deleger" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339776v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Auer" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Luis" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954713v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schbath" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784992v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Quintric" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Inizan" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Marcon" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dussart" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607327v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessieres" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788899v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Pauvert" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741418v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Henry" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Froidevaux" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442727v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Fromion" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749048v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Roche" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Abed" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804577v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746549v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748738v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190437v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Folign&#233;" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herv&#233;" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Kerjean" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Matter" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454328v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Plaudet Hammani" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751310v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Chiapello" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752226v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Michotey" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie A. Gendrault-Jacquemard" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823179v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Kerouault" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824485v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark M. Hoebeke" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754400v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Az&#233;" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gentils" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Toffano-Nioche" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816850v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.-M. Le Coq" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Loustau" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828495v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759825v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05486358v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lahaye" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mataigne" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Berne" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Boudet" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dameron" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05149332v2" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Floch" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barnab&#233;" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Duperrier" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Millan-oropeza" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155548v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Wagner" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Hoang" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rue" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delumeau" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142051v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#232;ne Wan" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05162180v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bertry" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leneveu" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareth Renault" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666797v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288574v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gardon" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dugat-Bony" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gendre" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633572v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mineau-Cesari" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232466v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176537v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#255;lis Urtebise" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Spatz" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Paineau" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694214v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Harl&#233;" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176761v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199757v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176740v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vidal" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359643v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuong Quoc Hoang Ngo" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232454v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Payot" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359920v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176768v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04285893v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904156v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Mekdad" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176782v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Berry" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493150v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perr&#233;al" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gramusset" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Predhumeau" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914960v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vincent" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Casaregola" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Devillers" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03451271v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Goutorbe" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902758v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciele Camargo" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735859v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360160v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Da Cunha" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789073v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Aka" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736501v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lorenzo" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Brancotte" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737257v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Bouchez" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786728v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827944v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chatel" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Rama Rao" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008726v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733639v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827946v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bohuon" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651302v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730003v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786916v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Madzak" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512085v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512192v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799027v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra S. Derozier" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209851v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida da Silva" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hammami" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170054v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795851v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Franchinard" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sapet" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck F. Samson" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209656v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre-Breton" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264372.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209584v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209705v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209657v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264377.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792306v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Compain" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jullien Renaud" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivagangari Nandy" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Collin" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209535v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209501v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Foligne" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cousin" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209498v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746442v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Guerin Gu&#233;rin" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748920v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209410v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209420v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757163v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Leveugle" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758166v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Melchiore" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454344v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dherbecourt" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751434v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812810v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03324650v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1641-3_11" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284981v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lien Nguyen" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9164-8_18" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812661v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r936-bio-informatique.html" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318537v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Mohellibi" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin R. Tinsley" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306548v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Karimi" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence-Bertel" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/O4OJA2" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503909v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rossignol" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thomas" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443844v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Ashokan" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Emery" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Pavloudi" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306516v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Tinsley" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289701v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ventroux" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecointe" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170246v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828105v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830410v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304559v2" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rel:35d2caacc87474efa1f1e277f5eb13352962793d" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795962v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>