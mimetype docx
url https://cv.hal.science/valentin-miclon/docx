--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -467,194 +467,194 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04334028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Rin ArchéHoMA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapport d’étude anthropologique de la population mise au jour en 2018 et en 2019 sur le site de Saint-Dizier « Les Crassées »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Miclon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Bocquet-Liénard</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Craham - UMR 6273 CNRS-Unicaen. 2022</w:t>
+                <w:t xml:space="preserve">Nicolas Penchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service d’Archéoanthropologie du Craham, UMR 6273 CNRS – Unicaen. 2022, pp.89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04573932v1</w:t>
+                <w:t xml:space="preserve">hal-04115992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport d’étude anthropologique de la population mise au jour en 2018 et en 2019 sur le site de Saint-Dizier « Les Crassées »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet Rin ArchéHoMA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bocquet-Liénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Service d’Archéoanthropologie du Craham, UMR 6273 CNRS – Unicaen. 2022, pp.89</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Craham - UMR 6273 CNRS-Unicaen. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04115992v1</w:t>
+                <w:t xml:space="preserve">hal-04573932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte d'un soldat allemand à Eterville (Calvados), rapport d'étude archéologique, bio-anthropologique et paléopathologique</w:t>
               </w:r>
@@ -1707,277 +1707,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disability in a medieval village community: a unique case of facial dysmorphism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D reappraisal of trepanations at St Cosme priory between the 12th and the 15th centuries, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Laure</w:t>
+                <w:t xml:space="preserve">Nadine Travers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Zadora-Rio</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Association of Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2019, Bern, Switzerland</w:t>
+              <w:t xml:space="preserve">, 2019, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03194973v1</w:t>
+                <w:t xml:space="preserve">hal-03111476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D reappraisal of trepanations at St Cosme priory between the 12th and the 15th centuries, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disability in a medieval village community: a unique case of facial dysmorphism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Miclon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Travers</w:t>
+                <w:t xml:space="preserve">Boris Laure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Zadora-Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Association of Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Bern, Switzerland</w:t>
+              <w:t xml:space="preserve">, Sep 2019, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03111476v1</w:t>
+                <w:t xml:space="preserve">hal-03194973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tartre, caries et alimentation : regards paléopathologique et isotopique sur la léproserie Saint-Lazare de Tours</w:t>
               </w:r>
@@ -2015,51 +2015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1842e Réunion scientifique de la Société d’Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2205,51 +2205,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un cas de double trépanation médiévale, prieuré Saint-Cosme, La Riche (37)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2647,51 +2647,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressions ostéoarchéologiques de la pratique chirurgicale en Touraine médiévale : le prieuré Saint-Cosme et la léproserie Saint-Lazare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2785,295 +2785,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un handicap institutionnalisé : la lèpre au Moyen Âge</w:t>
+                <w:t xml:space="preserve">Disability in a medieval village community: A unique case of facial dysmorphism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Laure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Zadora-Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.12778⟩</w:t>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35, pp.22-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03230492v1</w:t>
+                <w:t xml:space="preserve">hal-03345924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disability in a medieval village community: A unique case of facial dysmorphism</w:t>
+                <w:t xml:space="preserve">Un handicap institutionnalisé : la lèpre au Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïa Mion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Pacory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 35, pp.22-28. </w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Archéologies du handicap, 165, pp.30-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.08.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/nda.12778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345924v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D reappraisal of trepanations at St. Cosme priory between the 12th and the 15th centuries, France</w:t>
               </w:r>
@@ -3085,77 +3085,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 34, pp.168-181. </w:t>
@@ -3379,51 +3379,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Genies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Yvernault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3940,51 +3940,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124608v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192024v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Papin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Duval" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Horard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334028v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Leroy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Travaill&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carr&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573932v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04115992v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penchet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04115968v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Couanon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pacory" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Sch&#252;tz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865255v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solal Nkuka" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03239538v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657927v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnot-Diconne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Husi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03256880v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01701893v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Morleghem" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05188628v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01766266v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131681v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027285v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Laurent-Dehecq" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194973v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Laure" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Zadora-Rio" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111476v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Travers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644328v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Saint-Martin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111508v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111511v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111515v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111518v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939865v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Marot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Simon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328278v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230492v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;a Mion" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12778" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345924v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.08.002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328279v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.07.003" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02865486v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Genies" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414725v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131580v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaultier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genies" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0192-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131758v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131706v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124608v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192024v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Papin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Duval" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Horard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334028v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Leroy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Travaill&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carr&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04115992v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penchet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573932v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04115968v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Couanon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pacory" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Sch&#252;tz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865255v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solal Nkuka" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03239538v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657927v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnot-Diconne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Husi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03256880v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01701893v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Morleghem" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05188628v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01766266v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131681v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027285v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Laurent-Dehecq" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111476v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Travers" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194973v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Laure" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Zadora-Rio" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644328v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Saint-Martin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111508v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111511v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111515v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111518v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939865v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Marot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Simon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328278v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345924v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.08.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230492v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;a Mion" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12778" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328279v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.07.003" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02865486v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Genies" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414725v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131580v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaultier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genies" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0192-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131758v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131706v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>