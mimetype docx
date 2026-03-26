--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -17,2573 +17,2717 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Valentin Rineau </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="641e6e"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maître de conférences en paléontologie et systématique - Sorbonne Université.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">valentin-rineau</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0001-8929-5201</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">227119762</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma recherche se divise en deux parties fortement liées l’une à l’autre. Une partie est théorique, et vise, en systématique, à étudier les théories et les méthodes pour reconstruire des arbres retraçant l’histoire évolutionnaire des espèces. L’autre partie de ma recherche, paléontologique, est centrée sur un groupe fossile, les rudistes, que j’étudie des points de vue taxonomique, paléoécologique, systématique et biogéographique.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technological innovations and regional diversity in Western Europe at ca. the MIS 11 threshold: a cladistic approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">New Perspectives in Phylogenetic Support Assessment: Using the Relative Contradiction Index to Investigate the Phylogenetic Controversies in Crocodylia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Aubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Cubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.qsa.2026.100314⟩</w:t>
+              <w:t xml:space="preserve">Systematic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/sysbio/syaf058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05516314v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The rudist genus Sellaea Di Stefano, 1889 (Bivalvia, Hippuritida) in the Albian carbonate platforms of Cantabria (N Spain): biostratigraphical and paleobiogeographical implications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Technological innovations and regional diversity in Western Europe at ca. the MIS 11 threshold: a cladistic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanaitz Pérez-Malo</w:t>
+                <w:t xml:space="preserve">Paula García-Medrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikel A López-Horgue</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valery Zeitoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Zaragüeta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick Ashton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geodiversitas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5252/geodiversitas2025v47a22⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 21, pp.100314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.qsa.2026.100314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05463377v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A taphonomic and spatial distribution study of the new levels of the middle Pleistocene site of Notarchirico (670–695 ka, Venosa, Basilicata, Italy)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Upper Barremian-lower Aptian rudist faunas of Urgonian-type platform formations from Ardèche (southeastern France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giacomo Eramo</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Masse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanna Fioretti</w:t>
+                <w:t xml:space="preserve">Mükerrem Fenerci-Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Daujeard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camille Frau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (7), pp.106. </w:t>
+              <w:t xml:space="preserve">Carnets de Géologie / Notebooks on Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 26 (3), pp.51-87. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12520-023-01809-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2110/carnets.2026.2603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04145779v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revision of the Cretaceous rudist genus Sellaea (Bivalvia, Hippuritida) with new insights on American forms: Phylogenetic and biogeographic implications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Dispersal and diversity dynamics of the early Valanginian to late Aptian cosmopolitan benthic foraminifera in time and space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masoumeh Gheiasvand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Mosaddegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Stampfli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Masse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2022.105188⟩</w:t>
+              <w:t xml:space="preserve">Revue de Micropaléontologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 89, pp.100879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.revmic.2025.100879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03817332v1</w:t>
+                <w:t xml:space="preserve">hal-05548103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity dependence is a ubiquitous phenomenon across Phanerozoic oceans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The rudist genus Sellaea Di Stefano, 1889 (Bivalvia, Hippuritida) in the Albian carbonate platforms of Cantabria (N Spain): biostratigraphical and paleobiogeographical implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Storch</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Masse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Angel Fernández-Mendiola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanaitz Pérez-Malo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikel A López-Horgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.add9620⟩</w:t>
+              <w:t xml:space="preserve">Geodiversitas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 47 (22), pp.749-766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5252/geodiversitas2025v47a22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03901830v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05463377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing Evolutionary Patterns Behind Homogeneity: the Case of the Palaeolithic Assemblages from Notarchirico (Southern Italy)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">A taphonomic and spatial distribution study of the new levels of the middle Pleistocene site of Notarchirico (670–695 ka, Venosa, Basilicata, Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Moncel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Lemorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Eramo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Fioretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Daujeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10816-022-09558-6⟩</w:t>
+              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (7), pp.106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12520-023-01809-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03741899v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04145779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological successions of rudist communities: A sedimentological and palaeoecological analysis of upper Cenomanian rudist assemblages from the South-Provence Carbonate Platform (SE France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Revision of the Cretaceous rudist genus Sellaea (Bivalvia, Hippuritida) with new insights on American forms: Phylogenetic and biogeographic implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Masse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentary Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2021.105964⟩</w:t>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 135, pp.105188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2022.105188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518586v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03817332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information Content of Trees: Three-taxon Statements Inference Rules and Dependency</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Diversity dependence is a ubiquitous phenomenon across Phanerozoic oceans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bardin</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Smyčka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Storch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2020.06.08.141515⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (43), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.add9620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03235604v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03901830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new cladistic insight on comparative anatomy and phylogeny of rudists (Bivalvia, Hippuritida)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Revealing Evolutionary Patterns Behind Homogeneity: the Case of the Palaeolithic Assemblages from Notarchirico (Southern Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Loïc Villier</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Moncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Zeitoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14772019.2020.1759705⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10816-022-09558-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518772v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03741899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of errors on cladistic inference: simulation-based comparison between parsimony and three-taxon analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Information Content of Trees: Three-taxon Statements Inference Rules and Dependency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Laurin</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Zaragüeta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Zoology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/18759866-08701003⟩</w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2020.06.08.141515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783500v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taxonomic revision of the genus Ichthyosarcolites Demarest, 1812, and description of a new canaliculate rudist from the Cenomanian of Slovenia: Oryxia sulcata gen. et sp. nov. (Bivalvia, Hippuritida)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ecological successions of rudist communities: A sedimentological and palaeoecological analysis of upper Cenomanian rudist assemblages from the South-Provence Carbonate Platform (SE France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leonide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Blénet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2018.04.001⟩</w:t>
+              <w:t xml:space="preserve">Sedimentary Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 424, pp.105964. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2021.105964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01789689v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental systematics: sensitivity of cladistic methods to polarization and character ordering schemes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A new cladistic insight on comparative anatomy and phylogeny of rudists (Bivalvia, Hippuritida)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Masse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (15), pp.1243-1297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14772019.2020.1759705⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of errors on cladistic inference: simulation-based comparison between parsimony and three-taxon analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Rineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Zaragueta Bagils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Laurin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contributions to Zoology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 87 (1), pp.25-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/18759866-08701003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taxonomic revision of the genus Ichthyosarcolites Demarest, 1812, and description of a new canaliculate rudist from the Cenomanian of Slovenia: Oryxia sulcata gen. et sp. nov. (Bivalvia, Hippuritida)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Rineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90, pp.60-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2018.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01789689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental systematics: sensitivity of cladistic methods to polarization and character ordering schemes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Rineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Zaragüeta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Laurin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contributions to Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2015, 84 (2), pp.129 - 148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01783506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New data on the site of Notarchirico. Human strategies at the MIS 17 and 16 in South Europe</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antonio Curci</w:t>
+                <w:t xml:space="preserve">Systématique et Biogéographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gareth Nelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norman Platnick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Chatelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Rineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Zaharias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-03820476v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, 978-2-9593212-0-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notarchirico (Venos -, Pz). L'Acheuleano piu antico di Italia.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Description of a New Genus of Radiolitidae (Bivalvia, Hippuritida) with Canals in the Calcitic Shell Layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Rineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Convegno di Basilicata</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03820442v1</w:t>
+              <w:t xml:space="preserve">Paleobiodiversity and Tectono-Sedimentary Records in the Mediterranean Tethys and Related Eastern Areas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 90, Springer International Publishing, pp.33-35, 2019, Advances in Science, Technology &amp; Innovation, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-01452-0_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systématique et Biogéographie</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Systématique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...39 lines deleted...]
-                <w:t xml:space="preserve">hal-04529990v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03901894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description of a New Genus of Radiolitidae (Bivalvia, Hippuritida) with Canals in the Calcitic Shell Layer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Rethinking Pleijel’s (1995) characters under a hierarchical point of view</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu G Faure-Brac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...47 lines deleted...]
-                <w:t xml:space="preserve">hal-03521697v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Zaragüeta Bagils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03817341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cladistic hypotheses as degree of equivalence relational structures: implications for three-item statements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Rineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Prin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03817342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systématique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Un nouveau regard cladistique sur l'anatomie comparée, la phylogénie, la systématique et la paléoécologie des rudistes (Bivalvia, Hippuritida)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2022</w:t>
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03901894v1</w:t>
+              <w:t xml:space="preserve">Paléontologie. Université Pierre et Marie Curie - Paris VI, 2017. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2017PA066503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-01814277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Logiciel (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cladistic hypotheses as degree of equivalence relational structures: implications for three-item statements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Agatta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...297 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Zaharias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:37ac499bf7b54d860e91a7d1b500e1c395f69848;origin=https://github.com/vrineau/Agatta;visit=swh:1:snp:6c7c157fefb3594f3f45f0991048ce800fdd14d6;anchor=swh:1:rev:29e80e030a6908bdfd6727335e29a418b4e126d6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04564708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId77"/>
+      <w:footerReference w:type="default" r:id="rId90"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2649,51 +2793,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="DC14072B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -2730,51 +3026,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05516314v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rineau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Garc&#237;a-Medrano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Zeitoun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Zarag&#252;eta" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Ashton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qsa.2026.100314" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463377v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Masse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Angel Fern&#225;ndez-Mendiola" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanaitz P&#233;rez-Malo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel A L&#243;pez-Horgue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2025v47a22" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145779v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Lemorini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Eramo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Fioretti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-023-01809-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03817332v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2022.105188" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03901830v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Smy&#269;ka" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Storch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.add9620" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741899v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Zeitoun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-022-09558-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518586v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Floquet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Villier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leonide" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bl&#233;net" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2021.105964" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235604v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.06.08.141515" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2020.1759705" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01783500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Zaragueta Bagils" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18759866-08701003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01789689v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2018.04.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01783506v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Grand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820476v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncel Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fioretti Giovanna" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Curci" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820442v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529990v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Nelson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Platnick" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chatelain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zaharias" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521697v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01452-0_8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901894v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03817342v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Prin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03817341v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G Faure-Brac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Zarag&#252;eta Bagils" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01814277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA066503" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564708v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:37ac499bf7b54d860e91a7d1b500e1c395f69848;origin=https://github.com/vrineau/Agatta;visit=swh:1:snp:6c7c157fefb3594f3f45f0991048ce800fdd14d6;anchor=swh:1:rev:29e80e030a6908bdfd6727335e29a418b4e126d6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentin-rineau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8929-5201" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/227119762" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548095v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Aubier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rineau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cubo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jouve" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syaf058" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05516314v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Garc&#237;a-Medrano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Zeitoun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Zarag&#252;eta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Ashton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qsa.2026.100314" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548050v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Masse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#252;kerrem Fenerci-Masse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Frau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2110/carnets.2026.2603" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548103v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoumeh Gheiasvand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian V&#233;rard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mosaddegh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Stampfli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmic.2025.100879" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463377v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Angel Fern&#225;ndez-Mendiola" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanaitz P&#233;rez-Malo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel A L&#243;pez-Horgue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2025v47a22" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145779v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Lemorini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Eramo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Fioretti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-023-01809-1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03817332v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2022.105188" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03901830v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Smy&#269;ka" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Storch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.add9620" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741899v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Zeitoun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-022-09558-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235604v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.06.08.141515" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518586v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Floquet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Villier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leonide" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bl&#233;net" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2021.105964" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518772v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2020.1759705" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01783500v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Zaragueta Bagils" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18759866-08701003" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01789689v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2018.04.001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01783506v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Grand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529990v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Nelson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Platnick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chatelain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zaharias" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521697v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01452-0_8" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901894v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03817341v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G Faure-Brac" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Zarag&#252;eta Bagils" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03817342v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Prin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01814277v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA066503" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564708v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:37ac499bf7b54d860e91a7d1b500e1c395f69848;origin=https://github.com/vrineau/Agatta;visit=swh:1:snp:6c7c157fefb3594f3f45f0991048ce800fdd14d6;anchor=swh:1:rev:29e80e030a6908bdfd6727335e29a418b4e126d6" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>