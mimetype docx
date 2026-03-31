--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Valentine Becquet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">valentine-becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3599-5445</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Démographe, chargée de recherches à l'Ined</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-responsable de l'unité de recherche &amp;quot;Démographie des pays du Sud&amp;quot; (DEMOSUD) (2024 - )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre élue du conseil scientifique de l'Ined (2023 - )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre nommée du comité d'éthique de l'Ined (2022 - )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-responsable du pôle Perspectives Internationales (2022 - 2024)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable scientifique et technique adjointe de l'Ecole Universitaire de Recherche « Sciences sociales du genre et de la sexualité » EHESS/Ined (EUR GSST) (2024 - )</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé reproductive en temps de crises : un panorama international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosanna Sestito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Tillich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, vol. 37 (4), pp.221-224. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.254.0221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05416564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques publiques de maîtrise de la population : quel bilan ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, La démographie : une inconnue décisive, 130, pp.50-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual and reproductive rights 30 years after the Cairo Conference on Population and Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Miani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Rozée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heini Väisänen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population et sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 625, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/popsoc.625.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medication abortion during the COVID-19 pandemic in France: A research based on the French national health insurance database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Bithorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Baril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise de La Rochebrochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (2), pp.e0295336. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0295336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trente ans après la Conférence du Caire, où en sont les droits sexuels et reproductifs dans le monde?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Miani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Rozée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heini Väisänen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population et sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 625, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/popsoc.625.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le non recours à la contraception chez les femmes célibataires sexuellement actives à Haïti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judson Dérilus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jean Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Périnatalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (4), pp.213-222. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rmp-2022-0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disparities in Gender Preference and Fertility: Southeast Asia and Latin America in a Comparative Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolás Sacco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Pardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population Research and Policy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11113-021-09692-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption of harmonisation policy for the midwives’ training programme in Mali: A policy analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheick S. Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanya Y. Brückner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ousmane Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lalla Fatouma Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLOS Global Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (11), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgph.0001296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence of HIV infection and associated factors among female sex workers in Côte d’Ivoire, results of the ANRS 12361 PrEP-CI study using recent infection assays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N. Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick A. Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (11), pp.e0271988. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0271988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A community-based healthcare package combining testing and prevention tools, including pre-exposure prophylaxis (PrEP), immediate HIV treatment, management of hepatitis B virus, and sexual and reproductive health (SRH), targeting female sex workers (FSWs) in Côte d’Ivoire: the ANRS 12381 PRINCESSE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), pp.2214. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12889-021-12235-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual health needs of female sex workers in Côte d’Ivoire: a mixed-methods study to prepare the future implementation of pre-exposure prophylaxis (PrEP) for HIV prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.e028508 (1-12). </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-028508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IVG, grossesse, accouchement : quand la crise sanitaire menace les droits des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Mazuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise de La Rochebrochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Rozée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02868470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir un fils à tout prix : le détournement des technologies de reproduction dans la société vietnamienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Sociales et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (4), pp.5--29. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/sss.2019.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04153629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing preexposure prophylaxis among key populations: an opportunity for patient-centered services and management of hepatitis B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 32 (6), pp.829-830. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/QAD.0000000000001749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déséquilibre des sexes à la naissance au Vietnam : de la hausse rapide à la stabilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guilmoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population (édition française)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73 (3), pp.543-570. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/popu.1803.0543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex imbalance at birth in Vietnam: Rapid increase followed by stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Z. Guilmoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population (English edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73 (3), pp.519-544. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pope.1803.0519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une &amp;quot;préférence féodale&amp;quot; : divergences entre les constructions sociales de la préférence pour les garçons, les représentations et les politiques publiques autour de la sélection sexuelle prénatale au Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Luu Bich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 83, pp.3-24. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/autr.083.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04107123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex selection and family patterns across Viet Nam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guilmoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIAS Newsletters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, The ongoing story of Macao, 64, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption of HIV preexposure prophylaxis (PrEP) among female sex workers (FSWs) in Côte d’Ivoire: complex trajectories and early adopters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS 2025, the 13th IAS Conference on HIV Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International AIDS Society, Jul 2025, Kigali, Rwanda</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception de la Prophylaxie préexposition à longue durée d’action chez les travailleuses du sexe et les HSH à San Pedro et Abidjan, Côte d'Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th AIDSImpact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIDSImpact, May 2025, Casablanca, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex work in Bolivia during the Covid-19 crisis: intersectional impact and adaptative strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Castro Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harold Mendoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lorente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgar Valdez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th AIDSImpact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIDSImpact, May 2025, Casablanca, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption of HIV preexposure prophylaxis (PrEP) among female sex workers (FSWs) in Côte d’Ivoire: complex trajectories and early adopters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th AIDSImpact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIDSImpact, May 2025, Casablanca, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facilitateurs et freins à l’adhésion et au maintien des travailleuses du sexe dans une cohorte de santé sexuelle (projet ANRS 12381 Princesse) à San-Pedro en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence Internationale Francophone AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2024, Yaoundé, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Avant on traitait un peu à l’aveugle, c’était un diagnostic syndromique. » Perceptions des médecins dans une prise en charge globale des infections sexuellement transmissibles chez des travailleuses du sexe en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence Internationale Francophone AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2024, Yaoundé, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restitution des résultats scientifiques du projet PRINCESSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Juliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de restitution du projet ANRS 12381 PRINCESSE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PAC-CI; Onusida, Jun 2024, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité et détresse psychologique des travailleuses du sexe en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasna Youssoufa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence Internationale Francophone AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2024, Yaoundé, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« C'est difficile de la prendre tous les jours » : Initiations, arrêts précoces et perceptions de la prophylaxie pré-exposition (PrEP) orale parmi les travailleuses du sexe en Côte d'Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence Internationale Francophone AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2024, Yaoundé, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Là-bas est un peu loin » : mobilités saisonnières, observance des traitements et régularité du suivi médical dans une cohorte de travailleuses du sexe en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Juliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe Colloque de l'AIDELF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale des Démographes de Langue Française, Aug 2024, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“It’s hard to take it every day”: initiations, discontinuations & perceptions of oral preexposure prophylaxis among female sex workers in Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS Impact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Stockhlom, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04119974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PrEP among female sex workers: where are we? A literature review identifying knowledge gaps to guide the future research agenda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Maouhoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Meertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Mouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS Impact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04120001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La saleté n’a qu’à descendre » : rapport au corps et expériences vécues par les travailleuses du sexe en Côte d’Ivoire (projets ANRS 12361 PrEP-CI et ANRS 12381 PRINCESSE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierette Biligha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03880713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défis de la prise en charge des condylomes acuminés en stratégie avancée dans une cohorte de travailleuses du sexe en Côte d’Ivoire : leçons apprises dans la cohorte ANRS 12381 Princesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dao Hervé Zonhoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévalence et incidence des infections sexuellement transmissibles dans une cohorte de travailleuses du sexe à San Pedro, Côte d’Ivoire (Projet ANRS 12381 Princesse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Female sex workers and HIV acquisition in Côte d’Ivoire: the burden of precariousness and working conditions (ANRS 12361 PREP-CI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soh Kouame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTEREST Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INTEREST, May 2019, Accra, Ghana</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03911103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual health needs of female sex workers reached by two NGOs in Côte d’Ivoire: considerations for the future implementation of PrEP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS Impact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIDS Impact, Jul 2019, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03910969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Santé des travailleuses du sexe en Afrique subsaharienne : une population toujours exposée au VIH et soumise à de multiples vulnérabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e congrès international de l'Institut du Genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du Genre, Aug 2019, Anger, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03910950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de l’incidence du VIH chez des travailleuses du sexe en Côte d’Ivoire (PREPCI ANRS 12361)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soh Kouame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e conférence francophone sur le VIH et les hépatites virales (AFRAVIH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03911119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing PrEP among Female Sex Workers in Côte d’Ivoire: new challenges for models of care (PrEP-CI ANRS 12361)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Danel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Population Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Union for the Scientific Study of Population, Nov 2017, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03911133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of son preference on fertility behaviour in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5Th “Engaging With Vietnam – An Interdisciplinary Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thai Nguyen University, Vietnam; Monash University, Australia, Dec 2013, Thai Nguyen, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux perspectives régionales sur les déséquilibres de sexe à la naissance au Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Z. Guilmoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population et Développement au Vietnam : résultats récents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 10 Nanterre, 2013, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter les absentes : l’effet démographique des discriminations de genre sur la population enfantine dans le monde en 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Z. Guilmoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Être fille ou garçon : regards croisés sur l’enfance et le genre. Perspectives Nord - Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ined, 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Gender Gap from Asia to Europe. Recent Estimates of the Missing Women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Z. Guilmoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Asian Population Association Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions regarding long-acting pre-exposure prevention (PrEP) among female sex workers and men having sex with men in San Pedro and Abidjan, Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS 2025, the 13th IAS Conference on HIV Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Kigali, Rwanda. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability and psychological distress of female sex workers in Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasna Youssoufa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin N'Zebo Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS 2024, the 25th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Munich, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“We used to treat a bit blindly: it was a syndromic diagnosis”. Physicians’ perceptions of comprehensive management of sexually transmitted infections among sex workers in Côte d'Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin N'Zebo Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Eholié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS 2024, the 25th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Munich, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facilitators and barriers to the enrolment and retention of female sex workers in a sexual health cohort (ANRS 12381 PRINCESSE) in San-Pedro, Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin N'Zebo Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS 2024, the 25th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Munich, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Dirt just has to come down’: body perceptions and lived experiences of female sex workers in Côte d’Ivoire (ANRS 12361 PrEP-CI and ANRS 12381 PRINCESSE projects)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin N'Zebo Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS 2024, the 25th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Munich, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retards à l'initiation de la PrEP orale chez les travailleuses du sexe en Côte d'Ivoire (projet ANRS 12381 PRINCESSE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence and incidence of sexually transmitted infections in a cohort of female sex workers in San Pedro, Côte d'Ivoire (ANRS 12381 PRINCESSE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delays to PrEP initiation among female sex workers in Côte d'Ivoire (ANRS 12381 PRINCESSE project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenges of implementing PrEP: the case of female sex workers in Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soh Kouame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th ICASA International Conference on AIDS and STIs in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03911154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Nord au Sud, la précarité menstruelle est universelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Ravit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Coville; Héloïse Morel; Stéphanie Tabois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Idées reçues sur les menstruations. Corps, sang, tabou</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cavalier Bleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-60, 2023, Idées reçues, 9791031806341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04575141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux perspectives régionales sur les déséquilibres de sexe à la naissance au Viêt Nam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mutations démographiques et sociales du Viêt Nam contemporain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Paris Nanterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendre l’avortement plus sûr : un impératif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heini Väisänen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isaure Martinot-Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Rossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Roos-Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05420782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documentation des tables analytiques de la cohorte 2019-2023 du projet PRINCESSE (Côte d'Ivoire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut de Recherche pour le Développement (IRD). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANRS 12381 PRINCESSE : PrEP, infections sexuellement transmissibles, contraception, hépatite virale B, santé sexuelle pour les travailleuses du sexe en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Eholié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ben Mechlia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANRS; Programme PAC-CI; Institut de Recherche pour le Développement (IRD). 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (typdoc.RESPROT)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des inégalités de genre à la sélection sexuelle prénatale : la masculinité des naissances au Viêt Nam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Démographie. Sorbonne Paris cité, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04405496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leçons apprises du projet ANRS 12381 PRINCESSE en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mama Kate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId146"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Valentine Becquet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">valentine-becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3599-5445</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Démographe, chargée de recherches à l'Ined</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-responsable de l'unité de recherche &amp;quot;Démographie des pays du Sud&amp;quot; (DEMOSUD) (2024 - )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre élue du conseil scientifique de l'Ined (2023 - )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre nommée du comité d'éthique de l'Ined (2022 - )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-responsable du pôle Perspectives Internationales (2022 - 2024)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable scientifique et technique adjointe de l'Ecole Universitaire de Recherche « Sciences sociales du genre et de la sexualité » EHESS/Ined (EUR GSST) (2024 - )</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé reproductive en temps de crises : un panorama international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosanna Sestito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Tillich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (4), pp.221-224. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.254.0221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05416564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques publiques de maîtrise de la population : quel bilan ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, La démographie : une inconnue décisive, 130, pp.50-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual and reproductive rights 30 years after the Cairo Conference on Population and Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Miani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Rozée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heini Väisänen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population et sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 625, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/popsoc.625.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medication abortion during the COVID-19 pandemic in France: A research based on the French national health insurance database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Bithorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Baril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise de La Rochebrochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (2), pp.e0295336. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0295336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trente ans après la Conférence du Caire, où en sont les droits sexuels et reproductifs dans le monde?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Miani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Rozée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heini Väisänen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population et sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 625, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/popsoc.625.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le non recours à la contraception chez les femmes célibataires sexuellement actives à Haïti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judson Dérilus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jean Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Périnatalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (4), pp.213-222. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rmp-2022-0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disparities in Gender Preference and Fertility: Southeast Asia and Latin America in a Comparative Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolás Sacco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Pardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population Research and Policy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11113-021-09692-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption of harmonisation policy for the midwives’ training programme in Mali: A policy analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheick S. Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanya Y. Brückner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ousmane Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lalla Fatouma Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLOS Global Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (11), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgph.0001296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence of HIV infection and associated factors among female sex workers in Côte d’Ivoire, results of the ANRS 12361 PrEP-CI study using recent infection assays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N. Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick A. Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (11), pp.e0271988. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0271988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A community-based healthcare package combining testing and prevention tools, including pre-exposure prophylaxis (PrEP), immediate HIV treatment, management of hepatitis B virus, and sexual and reproductive health (SRH), targeting female sex workers (FSWs) in Côte d’Ivoire: the ANRS 12381 PRINCESSE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), pp.2214. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12889-021-12235-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IVG, grossesse, accouchement : quand la crise sanitaire menace les droits des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Mazuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise de La Rochebrochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Rozée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02868470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual health needs of female sex workers in Côte d’Ivoire: a mixed-methods study to prepare the future implementation of pre-exposure prophylaxis (PrEP) for HIV prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.e028508 (1-12). </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-028508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir un fils à tout prix : le détournement des technologies de reproduction dans la société vietnamienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Sociales et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (4), pp.5--29. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/sss.2019.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04153629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing preexposure prophylaxis among key populations: an opportunity for patient-centered services and management of hepatitis B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 32 (6), pp.829-830. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/QAD.0000000000001749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déséquilibre des sexes à la naissance au Vietnam : de la hausse rapide à la stabilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guilmoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population (édition française)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73 (3), pp.543-570. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/popu.1803.0543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex imbalance at birth in Vietnam: Rapid increase followed by stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Z. Guilmoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population (English edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73 (3), pp.519-544. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pope.1803.0519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une &amp;quot;préférence féodale&amp;quot; : divergences entre les constructions sociales de la préférence pour les garçons, les représentations et les politiques publiques autour de la sélection sexuelle prénatale au Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Luu Bich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 83, pp.3-24. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/autr.083.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04107123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex selection and family patterns across Viet Nam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guilmoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIAS Newsletters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, The ongoing story of Macao, 64, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption of HIV preexposure prophylaxis (PrEP) among female sex workers (FSWs) in Côte d’Ivoire: complex trajectories and early adopters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS 2025, the 13th IAS Conference on HIV Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International AIDS Society, Jul 2025, Kigali, Rwanda</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception de la Prophylaxie préexposition à longue durée d’action chez les travailleuses du sexe et les HSH à San Pedro et Abidjan, Côte d'Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th AIDSImpact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIDSImpact, May 2025, Casablanca, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex work in Bolivia during the Covid-19 crisis: intersectional impact and adaptative strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Castro Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harold Mendoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lorente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgar Valdez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th AIDSImpact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIDSImpact, May 2025, Casablanca, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adoption of HIV preexposure prophylaxis (PrEP) among female sex workers (FSWs) in Côte d’Ivoire: complex trajectories and early adopters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th AIDSImpact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIDSImpact, May 2025, Casablanca, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité et détresse psychologique des travailleuses du sexe en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasna Youssoufa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence Internationale Francophone AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2024, Yaoundé, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restitution des résultats scientifiques du projet PRINCESSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Juliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de restitution du projet ANRS 12381 PRINCESSE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PAC-CI; Onusida, Jun 2024, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facilitateurs et freins à l’adhésion et au maintien des travailleuses du sexe dans une cohorte de santé sexuelle (projet ANRS 12381 Princesse) à San-Pedro en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence Internationale Francophone AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2024, Yaoundé, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Avant on traitait un peu à l’aveugle, c’était un diagnostic syndromique. » Perceptions des médecins dans une prise en charge globale des infections sexuellement transmissibles chez des travailleuses du sexe en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence Internationale Francophone AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2024, Yaoundé, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Là-bas est un peu loin » : mobilités saisonnières, observance des traitements et régularité du suivi médical dans une cohorte de travailleuses du sexe en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Juliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe Colloque de l'AIDELF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale des Démographes de Langue Française, Aug 2024, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« C'est difficile de la prendre tous les jours » : Initiations, arrêts précoces et perceptions de la prophylaxie pré-exposition (PrEP) orale parmi les travailleuses du sexe en Côte d'Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Conférence Internationale Francophone AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2024, Yaoundé, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“It’s hard to take it every day”: initiations, discontinuations & perceptions of oral preexposure prophylaxis among female sex workers in Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS Impact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Stockhlom, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04119974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PrEP among female sex workers: where are we? A literature review identifying knowledge gaps to guide the future research agenda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Maouhoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Meertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Mouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS Impact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04120001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La saleté n’a qu’à descendre » : rapport au corps et expériences vécues par les travailleuses du sexe en Côte d’Ivoire (projets ANRS 12361 PrEP-CI et ANRS 12381 PRINCESSE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierette Biligha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03880713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défis de la prise en charge des condylomes acuminés en stratégie avancée dans une cohorte de travailleuses du sexe en Côte d’Ivoire : leçons apprises dans la cohorte ANRS 12381 Princesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dao Hervé Zonhoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévalence et incidence des infections sexuellement transmissibles dans une cohorte de travailleuses du sexe à San Pedro, Côte d’Ivoire (Projet ANRS 12381 Princesse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Female sex workers and HIV acquisition in Côte d’Ivoire: the burden of precariousness and working conditions (ANRS 12361 PREP-CI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soh Kouame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTEREST Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INTEREST, May 2019, Accra, Ghana</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03911103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual health needs of female sex workers reached by two NGOs in Côte d’Ivoire: considerations for the future implementation of PrEP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS Impact Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIDS Impact, Jul 2019, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03910969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Santé des travailleuses du sexe en Afrique subsaharienne : une population toujours exposée au VIH et soumise à de multiples vulnérabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e congrès international de l'Institut du Genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du Genre, Aug 2019, Anger, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03910950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de l’incidence du VIH chez des travailleuses du sexe en Côte d’Ivoire (PREPCI ANRS 12361)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soh Kouame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e conférence francophone sur le VIH et les hépatites virales (AFRAVIH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAVIH, Apr 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03911119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing PrEP among Female Sex Workers in Côte d’Ivoire: new challenges for models of care (PrEP-CI ANRS 12361)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Danel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Population Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Union for the Scientific Study of Population, Nov 2017, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03911133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of son preference on fertility behaviour in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5Th “Engaging With Vietnam – An Interdisciplinary Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thai Nguyen University, Vietnam; Monash University, Australia, Dec 2013, Thai Nguyen, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux perspectives régionales sur les déséquilibres de sexe à la naissance au Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Z. Guilmoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population et Développement au Vietnam : résultats récents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 10 Nanterre, 2013, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter les absentes : l’effet démographique des discriminations de genre sur la population enfantine dans le monde en 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Z. Guilmoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Être fille ou garçon : regards croisés sur l’enfance et le genre. Perspectives Nord - Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ined, 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Gender Gap from Asia to Europe. Recent Estimates of the Missing Women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Z. Guilmoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Asian Population Association Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptions regarding long-acting pre-exposure prevention (PrEP) among female sex workers and men having sex with men in San Pedro and Abidjan, Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS 2025, the 13th IAS Conference on HIV Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Kigali, Rwanda. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability and psychological distress of female sex workers in Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasna Youssoufa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin N'Zebo Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS 2024, the 25th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Munich, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“We used to treat a bit blindly: it was a syndromic diagnosis”. Physicians’ perceptions of comprehensive management of sexually transmitted infections among sex workers in Côte d'Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin N'Zebo Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Eholié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS 2024, the 25th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Munich, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facilitators and barriers to the enrolment and retention of female sex workers in a sexual health cohort (ANRS 12381 PRINCESSE) in San-Pedro, Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Marcelle Dedocoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin N'Zebo Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS 2024, the 25th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Munich, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Dirt just has to come down’: body perceptions and lived experiences of female sex workers in Côte d’Ivoire (ANRS 12361 PrEP-CI and ANRS 12381 PRINCESSE projects)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelin N'Zebo Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIDS 2024, the 25th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Munich, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence and incidence of sexually transmitted infections in a cohort of female sex workers in San Pedro, Côte d'Ivoire (ANRS 12381 PRINCESSE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coffie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retards à l'initiation de la PrEP orale chez les travailleuses du sexe en Côte d'Ivoire (projet ANRS 12381 PRINCESSE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e AFRAVIH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delays to PrEP initiation among female sex workers in Côte d'Ivoire (ANRS 12381 PRINCESSE project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International AIDS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03883063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenges of implementing PrEP: the case of female sex workers in Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Masumbuko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Anoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soh Kouame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th ICASA International Conference on AIDS and STIs in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-03911154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Nord au Sud, la précarité menstruelle est universelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Ravit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Coville; Héloïse Morel; Stéphanie Tabois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Idées reçues sur les menstruations. Corps, sang, tabou</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cavalier Bleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-60, 2023, Idées reçues, 9791031806341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04575141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux perspectives régionales sur les déséquilibres de sexe à la naissance au Viêt Nam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mutations démographiques et sociales du Viêt Nam contemporain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Paris Nanterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendre l’avortement plus sûr : un impératif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heini Väisänen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isaure Martinot-Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Rossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Roos-Weil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05420782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documentation des tables analytiques de la cohorte 2019-2023 du projet PRINCESSE (Côte d'Ivoire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Zébago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut de Recherche pour le Développement (IRD). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANRS 12381 PRINCESSE : PrEP, infections sexuellement transmissibles, contraception, hépatite virale B, santé sexuelle pour les travailleuses du sexe en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Eholié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ben Mechlia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellin N Nouaman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANRS; Programme PAC-CI; Institut de Recherche pour le Développement (IRD). 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (typdoc.RESPROT)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des inégalités de genre à la sélection sexuelle prénatale : la masculinité des naissances au Viêt Nam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Becquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Démographie. Sorbonne Paris cité, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04405496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leçons apprises du projet ANRS 12381 PRINCESSE en Côte d’Ivoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Larmarange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Agoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Dao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mama Kate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Plazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId146"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5BE52919"/>
+    <w:nsid w:val="457178B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1B5C1D6B"/>
+    <w:nsid w:val="310B17CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentine-becquet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3599-5445" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Becquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Sestito" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Tillich" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.254.0221" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056512v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709193v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Le Guen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Miani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roz&#233;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heini V&#228;is&#228;nen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popsoc.625.0001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462703v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Chaput" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Bithorel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Baril" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise de La Rochebrochard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0295336" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709195v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456983v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judson D&#233;rilus" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jean Simon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rmp-2022-0178" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536327v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Sacco" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Pardo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11113-021-09692-1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210064v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick S. Sidib&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Y. Br&#252;ckner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Tour&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalla Fatouma Traor&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0001296" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860637v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin N. Nouaman" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Plazy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A. Coffie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Z&#233;bago" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0271988" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467822v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin Nouaman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Agoua" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-021-12235-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433994v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Masumbuko" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Anoma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-028508" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868470v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Mazuy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153629v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2019.0153" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360409v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Larmarange" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000001749" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420315v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guilmoto" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popu.1803.0543" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420322v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Z. Guilmoto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pope.1803.0519" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107123v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Luu Bich" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.083.0003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420113v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163730v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Kissi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marcelle Dedocoton" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090784v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460133v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Castro Avila" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Mendoza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lorente" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Di Ciaccio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Valdez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090841v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539831v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coffie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539834v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609403v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Juliard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539824v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Youssoufa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bernard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539829v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683525v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119974v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin N Nouaman" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120001v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Maouhoub" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Meertens" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Mouquin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880713v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierette Biligha" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883044v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Herv&#233; Zonhoulou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883035v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03911103v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soh Kouame" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03910969v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03910950v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03911119v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03911133v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Danel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410673v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410763v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410692v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410718v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163769v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660379v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelin N'Zebo Nouaman" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660367v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Eholi&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660360v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660389v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883081v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883055v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883063v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03911154v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575141v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/idees-recues-sur-les-menstruations--9791031806341-page-55.htm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420398v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pupo/4399" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420782v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaure Martinot-Lagarde" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Rossier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roos-Weil" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715381v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127364v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Mechlia" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mercier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04405496v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090854v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dao" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mama Kate" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentine-becquet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3599-5445" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Becquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Sestito" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Tillich" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.254.0221" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056512v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709193v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Le Guen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Miani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roz&#233;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heini V&#228;is&#228;nen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popsoc.625.0001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462703v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Chaput" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Bithorel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Baril" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise de La Rochebrochard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0295336" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709195v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456983v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judson D&#233;rilus" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jean Simon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rmp-2022-0178" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536327v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Sacco" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Pardo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11113-021-09692-1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210064v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick S. Sidib&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Y. Br&#252;ckner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Tour&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalla Fatouma Traor&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0001296" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860637v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin N. Nouaman" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Plazy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A. Coffie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Z&#233;bago" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0271988" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467822v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin Nouaman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Agoua" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-021-12235-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868470v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Mazuy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433994v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Masumbuko" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Anoma" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-028508" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153629v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2019.0153" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360409v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Larmarange" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000001749" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420315v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guilmoto" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popu.1803.0543" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420322v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Z. Guilmoto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pope.1803.0519" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107123v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Luu Bich" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.083.0003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420113v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163730v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Kissi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marcelle Dedocoton" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090784v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460133v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Castro Avila" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Mendoza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lorente" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Di Ciaccio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Valdez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090841v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539824v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Youssoufa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bernard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coffie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609403v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Juliard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539831v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539834v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683525v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539829v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119974v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin N Nouaman" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120001v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Maouhoub" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Meertens" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Mouquin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880713v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierette Biligha" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883044v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Herv&#233; Zonhoulou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883035v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03911103v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soh Kouame" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03910969v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03910950v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03911119v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03911133v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Danel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410673v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410763v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410692v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410718v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163769v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660379v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelin N'Zebo Nouaman" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660367v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Eholi&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660360v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660389v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883055v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883081v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03883063v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03911154v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575141v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/idees-recues-sur-les-menstruations--9791031806341-page-55.htm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420398v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pupo/4399" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420782v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaure Martinot-Lagarde" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Rossier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roos-Weil" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715381v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127364v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Mechlia" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mercier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04405496v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090854v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dao" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mama Kate" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>