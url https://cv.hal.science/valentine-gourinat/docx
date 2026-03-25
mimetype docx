--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -625,213 +625,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05235926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Living with an upper- or lower-limb prosthesis: The material remaking of the body through the prosthesis's presence and absence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le mythe du cyborg : techno-enchantement, récits héroïques et promesses de réparation technologique du corps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanael Jarrasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tecnoscienza. Italian Journal of Science &amp; Technology Studies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36, pp.1-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03998899v2</w:t>
+                <w:t xml:space="preserve">hal-04133072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le mythe du cyborg : techno-enchantement, récits héroïques et promesses de réparation technologique du corps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Living with an upper- or lower-limb prosthesis: The material remaking of the body through the prosthesis's presence and absence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Dalibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathanael Jarrasse</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tecnoscienza. Italian Journal of Science &amp; Technology Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.15-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.6092/issn.2038-3460/17607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04133072v1</w:t>
+                <w:t xml:space="preserve">hal-03998899v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soin des corps et des vécus des personnes amputées : la prothèse comme technologie de soin singulière</w:t>
               </w:r>
@@ -2094,122 +2094,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04923015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hidden worlds of prosthetic embodiment: Acquiring techniques of the body with and without the prosthesis, adapting one’s living environment and doing transmobility</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trouver et avoir sa place dans un projet thérapeutique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Hidden Worlds: History of Disability Things and Material Culture (2)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Manchester (UK), United Kingdom</w:t>
+              <w:t xml:space="preserve">Symposium international "L'accessibilité : des politiques publiques aux actions citoyennes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Unistra, Apr 2024, Strasboug, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04833676v1</w:t>
+                <w:t xml:space="preserve">hal-04923026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire avec et sans prothèses dans la multiplicité des environnements de vie : Adaptations, transmobilités, créativités des personnes amputées</w:t>
               </w:r>
@@ -2284,96 +2258,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trouver et avoir sa place dans un projet thérapeutique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The hidden worlds of prosthetic embodiment: Acquiring techniques of the body with and without the prosthesis, adapting one’s living environment and doing transmobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Dalibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium international "L'accessibilité : des politiques publiques aux actions citoyennes"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Unistra, Apr 2024, Strasboug, France</w:t>
+              <w:t xml:space="preserve">Workshop Hidden Worlds: History of Disability Things and Material Culture (2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Manchester (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923026v1</w:t>
+                <w:t xml:space="preserve">hal-04833676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude qualitative sur l’appropriation des dispositifs prothétiques : retours et résultats</w:t>
               </w:r>
@@ -2543,260 +2543,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(In)visibilisation prothétique du corps amputé : stratégies, outils, vécus</w:t>
+                <w:t xml:space="preserve">Le vécu amputé après l’accident : expériences et trajectoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIIe colloque du SIICLHA "Handicap visible, handicap invisible"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Dijon, France</w:t>
+              <w:t xml:space="preserve">Etats généraux du droit médical et du dommage corporel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923039v1</w:t>
+                <w:t xml:space="preserve">hal-04080575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le vécu amputé après l’accident : expériences et trajectoires</w:t>
+                <w:t xml:space="preserve">Un regard anthropologique sur les enjeux de la pratique sportive chez les personnes amputées et appareillées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etats généraux du droit médical et du dommage corporel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">Journée scientifique du GDR Sport et Activité Physique : Perspectives actuelles sur mouvement et handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04080575v1</w:t>
+                <w:t xml:space="preserve">hal-04130281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un regard anthropologique sur les enjeux de la pratique sportive chez les personnes amputées et appareillées</w:t>
+                <w:t xml:space="preserve">(In)visibilisation prothétique du corps amputé : stratégies, outils, vécus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique du GDR Sport et Activité Physique : Perspectives actuelles sur mouvement et handicap</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">XXVIIe colloque du SIICLHA "Handicap visible, handicap invisible"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04130281v1</w:t>
+                <w:t xml:space="preserve">hal-04923039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les prothèses de membre: entre technologie de genre et technologie “validante”</w:t>
               </w:r>
@@ -2871,368 +2871,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place de la personne amputée dans la prise en soin : modalités et enjeux</w:t>
+                <w:t xml:space="preserve">Conséquences multiples de la douleur dans le parcours de soins et le vécu moyen-long terme des personnes amputées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pernelle Marcon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème semaine Handicap &amp; Citoyenneté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Catholique de Lille; UQAM, Mar 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude HandiTech' Mines Saint-Étienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École des Mines, May 2022, Saint-Étienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923105v1</w:t>
+                <w:t xml:space="preserve">hal-04923087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences multiples de la douleur dans le parcours de soins et le vécu moyen-long terme des personnes amputées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What Does it Take for Prostheses to be Technologies of Care?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Dalibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude HandiTech' Mines Saint-Étienne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École des Mines, May 2022, Saint-Étienne, France</w:t>
+              <w:t xml:space="preserve">Conference 4S/ESOCITE : Reunion-Recuperation-Reconfiguration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Cholula, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04923087v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What Does it Take for Prostheses to be Technologies of Care?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How do amputation and limb prosthesis reconfigure bodies and experiences ? Insights from an ethnography of amputees’ rehabilitation and daily life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Gourinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Dalibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference 4S/ESOCITE : Reunion-Recuperation-Reconfiguration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Cholula, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03919398v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do amputation and limb prosthesis reconfigure bodies and experiences ? Insights from an ethnography of amputees’ rehabilitation and daily life</w:t>
+                <w:t xml:space="preserve">La place de la personne amputée dans la prise en soin : modalités et enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lucie Dalibert</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pernelle Marcon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference 4S/ESOCITE : Reunion-Recuperation-Reconfiguration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Cholula, Mexico</w:t>
+              <w:t xml:space="preserve">5ème semaine Handicap &amp; Citoyenneté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Catholique de Lille; UQAM, Mar 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03919411v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration du parcours d’appropriation des dispositifs prothétiques chez les personnes amputées du membre inférieur ou supérieur</w:t>
               </w:r>
@@ -3484,312 +3484,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03417423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visibilisation of expectations and invisibilisation of experiences: the strange discursive treatment of the life of amputees with prostheses</w:t>
+                <w:t xml:space="preserve">Regards socio-anthropologiques sur les processus d’appropriation et les usages de la prothèse de membre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Dalibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Annual Congress of the Northern Network for Medical Humanities (NNMH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Durham, United Kingdom</w:t>
+              <w:t xml:space="preserve">ISPO-France Congrès Scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03340212v1</w:t>
+                <w:t xml:space="preserve">hal-03417431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regards socio-anthropologiques sur les processus d’appropriation et les usages de la prothèse de membre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les enjeux de la relation soignant-soigné sur les processus d’appropriation de la prothèse : tensions, collaborations, évolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Gourinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Dalibert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPO-France Congrès Scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03417431v1</w:t>
+                <w:t xml:space="preserve">hal-03417429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux de la relation soignant-soigné sur les processus d’appropriation de la prothèse : tensions, collaborations, évolutions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visibilisation of expectations and invisibilisation of experiences: the strange discursive treatment of the life of amputees with prostheses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Dalibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Gourinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lucie Dalibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPO-France Congrès Scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">4th Annual Congress of the Northern Network for Medical Humanities (NNMH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Durham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03417429v1</w:t>
+                <w:t xml:space="preserve">halshs-03340212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reflection on the process and degrees of embodiment of lower and upper limb prostheses</w:t>
               </w:r>
@@ -4578,51 +4578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Fabien Groud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanael Jarrasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Valentine Gourinat; Paul-Fabien Groud; Nathanaël Jarrassé. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps &amp; Prothèses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Grenoble, 2020</w:t>
@@ -4800,173 +4800,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03340539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre avec une prothèse de jambe : hybridité sociale et malentendus identitaires</w:t>
+                <w:t xml:space="preserve">Nouvelles technologies prothétiques et paradigme de l’homme augmenté : quel impact auprès des personnes appareillées ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Pascal Hintermeyer; Gabriele Profita; David Le Breton. </w:t>
+              <w:t xml:space="preserve">Charles Joye. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les malentendus culturels dans le domaine de la santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUN : Presses Universitaires de Lorraine, pp.303-313, 2016</w:t>
+              <w:t xml:space="preserve">De l’être humain réparé à l’être humain augmenté : quels impacts sur l’individu et la société ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Médecine et Hygiène, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03340608v1</w:t>
+                <w:t xml:space="preserve">hal-03340599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles technologies prothétiques et paradigme de l’homme augmenté : quel impact auprès des personnes appareillées ?</w:t>
+                <w:t xml:space="preserve">Vivre avec une prothèse de jambe : hybridité sociale et malentendus identitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gourinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Charles Joye. </w:t>
+              <w:t xml:space="preserve">Pascal Hintermeyer; Gabriele Profita; David Le Breton. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De l’être humain réparé à l’être humain augmenté : quels impacts sur l’individu et la société ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Médecine et Hygiène, 2016</w:t>
+              <w:t xml:space="preserve">Les malentendus culturels dans le domaine de la santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUN : Presses Universitaires de Lorraine, pp.303-313, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03340599v1</w:t>
+                <w:t xml:space="preserve">hal-03340608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Problématiques thérapeutiques et éthiques liées à l'appareillage du membre amputé</w:t>
               </w:r>
@@ -5817,51 +5817,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="049922B4"/>
+    <w:nsid w:val="CD12CFB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6048,51 +6048,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentine-gourinat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235926v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Fabien Groud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Gourinat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dalibert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998899v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.2038-3460/17607" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133072v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Jarrasse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813375v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.12029" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922876v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/9if2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340616v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340634v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340640v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340253v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922920v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Ehrler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340263v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340280v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Nascimento Duarte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340273v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340288v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923066v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533358v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Camus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833676v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705592v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923026v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289641v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209388v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923039v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080575v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130281v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068089v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923105v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pernelle Marcon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923087v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919398v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340563v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448704v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417423v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03340212v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417431v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417429v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340540v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03107666v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02426903v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392975v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922991v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922956v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998942v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080584v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340524v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055069v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02426928v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340539v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340608v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340599v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340609v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969076v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289618v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697835v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922895v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340633v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967002v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02160054v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018STRAG056" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentine-gourinat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235926v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Fabien Groud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Gourinat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dalibert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133072v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Jarrasse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998899v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.2038-3460/17607" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813375v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.12029" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922876v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/9if2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340616v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340634v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340640v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340253v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922920v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Ehrler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340263v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340280v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Nascimento Duarte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340273v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340288v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923066v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533358v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Camus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923026v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705592v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833676v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289641v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209388v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080575v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130281v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923039v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068089v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923087v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919398v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919411v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923105v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pernelle Marcon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340563v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448704v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417423v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417431v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417429v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03340212v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340540v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03107666v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02426903v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392975v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922991v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922956v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998942v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080584v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340524v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055069v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02426928v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340539v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340599v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340608v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340609v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969076v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289618v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697835v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922895v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340633v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967002v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02160054v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018STRAG056" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>