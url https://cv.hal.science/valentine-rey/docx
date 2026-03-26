--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -285,278 +285,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213023v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian calibration of a non linear damage model of steel structures with random material property: sensitivity analysis and reliability assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Freyssinet</w:t>
+                <w:t xml:space="preserve">Two multifidelity kriging-based strategies to control discretization error in reliability analysis exploiting a priori and a posteriori error estimators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tanguy Moro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 295, </w:t>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 274, pp.106897. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2023.116853⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2022.106897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210114v1</w:t>
+                <w:t xml:space="preserve">hal-03943721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two multifidelity kriging-based strategies to control discretization error in reliability analysis exploiting a priori and a posteriori error estimators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bayesian calibration of a non linear damage model of steel structures with random material property: sensitivity analysis and reliability assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Freyssinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Schoefs</w:t>
+                <w:t xml:space="preserve">Tanguy Moro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 274, pp.106897. </w:t>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 295, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2022.106897⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2023.116853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943721v1</w:t>
+                <w:t xml:space="preserve">hal-04210114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Support vectors machines for the estimation of probability of failure: Multifidelity classifiers built from a posteriori discretization error estimators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -616,51 +616,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty Propagation of Structural Computation for Fatigue Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -727,291 +727,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration reduction of monopile-supported offshore wind turbines based on finite element structural analysis and active control</w:t>
+                <w:t xml:space="preserve">Dynamic analysis of a monopile-supported offshore wind turbine considering the soil-foundation-structure interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Alkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Abdul-Hamid Soubra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mourad Aït-Ahmed</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 263, pp.112234. </w:t>
+              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 158, pp.107281. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2022.112234⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2022.107281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943741v1</w:t>
+                <w:t xml:space="preserve">hal-03690300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic analysis of a monopile-supported offshore wind turbine considering the soil-foundation-structure interaction</w:t>
+                <w:t xml:space="preserve">Vibration reduction of monopile-supported offshore wind turbines based on finite element structural analysis and active control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Alkhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mourad Aït-Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Abdul-Hamid Soubra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mourad Aït-Ahmed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 158, pp.107281. </w:t>
+              <w:t xml:space="preserve">Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 263, pp.112234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2022.107281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2022.112234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03690300v1</w:t>
+                <w:t xml:space="preserve">hal-03943741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifidelity kriging meta-model based on discretization error bounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2142,51 +2142,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00919435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2493,51 +2493,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Moro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e Congrès Français de Mécanique, Nantes, 29 août-2 septembre 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association française de mécanique, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2556,1464 +2556,1806 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04280127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation of discretization error bounds on the fatigue damage of a shear plate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
+                <w:t xml:space="preserve">Natural frequencies estimation of a monopile supported DTU-10 MW Offshore Wind Turbine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Alkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul-Hamid Soubra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Rocher</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Aït-Ahmed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Renewable Energies Offshore (RENEW 2020)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4th International Symposium on Frontiers in Offshore Geotechnics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Austin (TX), United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05218346v1</w:t>
+                <w:t xml:space="preserve">hal-05562176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prise en compte de l’erreur de discrétisation pour l’estimation de probabilité de défaillance par surface de réponse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
+                <w:t xml:space="preserve">Vibration Control of an Offshore Wind Turbine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Alkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Aït-Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul-Hamid Soubra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24 ème Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME 2021 40th International Conference on Ocean, Offshore and Arctic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Virtual, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/OMAE2021-62210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02547570v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contact de surfaces rugueuses et instabilités en présence d'adhésion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the Simplified Superstructure and Soil-Structure Interaction Models on the Natural Frequencies of an Offshore Wind Turbine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Alkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul-Hamid Soubra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Molinari</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Aït-Ahmed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME 2021 40th International Conference on Ocean, Offshore and Arctic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Virtual, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/OMAE2021-62472⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01899328v1</w:t>
+                <w:t xml:space="preserve">hal-05562179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Error estimation for FETI(DP) and BDD(C)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+                <w:t xml:space="preserve">Computation of discretization error bounds on the fatigue damage of a shear plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Rey</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rocher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th GAMM Workshop -- Applied and Numerical Linear Algebra</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th International Conference on Renewable Energies Offshore (RENEW 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Lisbon, Portugal. pp.763-770, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/9781003134572⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01613984v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05218346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Error estimation and adaption in domain decomposition methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+                <w:t xml:space="preserve">Prise en compte de l’erreur de discrétisation pour l’estimation de probabilité de défaillance par surface de réponse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pierre Jérôme Mell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Rey</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Schoefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">USNCCM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">24 ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01615873v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02547570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goal-oriented error control within non-overlapping domain decomposition methods to solve elliptic problems</w:t>
+                <w:t xml:space="preserve">Contact de surfaces rugueuses et instabilités en présence d'adhésion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Rey</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Bleyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADMOS 2015 - 7th International Conference on Adaptive Modeling and Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Nantes, France</w:t>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01224347v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01899328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilotage de stratégies de calcul par décomposition de domaine par des objectifs de précision sur des quantités d'intérêt</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Error estimation for FETI(DP) and BDD(C)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+              <w:t xml:space="preserve">17th GAMM Workshop -- Applied and Numerical Linear Algebra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Köln, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01515052v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation of sources of error in goal-oriented error estimation in domain decomposition methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Error estimation and adaption in domain decomposition methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGOS 2015, innovation in construction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Cachan, France</w:t>
+              <w:t xml:space="preserve">USNCCM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01224340v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01615873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour d'expérience sur le MOOC pratique du dimensionnement en mécanique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Goal-oriented error control within non-overlapping domain decomposition methods to solve elliptic problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">ADMOS 2015 - 7th International Conference on Adaptive Modeling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03444532v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driving iterative domain decomposition solver by objective of accuracy on quantity of interest</w:t>
+                <w:t xml:space="preserve">Pilotage de stratégies de calcul par décomposition de domaine par des objectifs de précision sur des quantités d'intérêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCCM XI / ECCM V, 11th World Congress on Computation Mechanics, 5th European Conference on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01224351v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01515052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode globale d'équilibrage élémentaire pour la reconstruction de champs statiquement admissibles dans le cadre des éléments finis</w:t>
+                <w:t xml:space="preserve">Separation of sources of error in goal-oriented error estimation in domain decomposition methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
+              <w:t xml:space="preserve">CIGOS 2015, innovation in construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722332v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A guaranted error bound separating algebraic and discretization contributions in non-overlapping domain decomposition methods</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Retour d'expérience sur le MOOC pratique du dimensionnement en mécanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Guidault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Louf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADMOS - International Conference on Adaptivite Modeling and Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Lisbone, Portugal</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01224358v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blending verification in domain decomposition methods to achieve high quality simulations without over-solving</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Driving iterative domain decomposition solver by objective of accuracy on quantity of interest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd ECCOMAS Young Investigators Conference (YIC 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">WCCM XI / ECCM V, 11th World Congress on Computation Mechanics, 5th European Conference on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00855864v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A global Element Equilibration Technique to recover statically admissible stress fields in finite element computations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Méthode globale d'équilibrage élémentaire pour la reconstruction de champs statiquement admissibles dans le cadre des éléments finis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCOMAS 2012 - European Congress on Computational Methods in Applied Sciences and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01224368v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A guaranted error bound separating algebraic and discretization contributions in non-overlapping domain decomposition methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ADMOS - International Conference on Adaptivite Modeling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lisbone, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blending verification in domain decomposition methods to achieve high quality simulations without over-solving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd ECCOMAS Young Investigators Conference (YIC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00855864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A global Element Equilibration Technique to recover statically admissible stress fields in finite element computations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCOMAS 2012 - European Congress on Computational Methods in Applied Sciences and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stopping criterion for FETI solver based on an evaluation of the discretization error</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4055,51 +4397,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DD21, 21st International Conference on Domain Decomposition Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01224364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4109,114 +4451,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilotage de stratégies de calcul par décomposition de domaine par des objectifs de précision sur des quantités d’intérêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique des solides [physics.class-ph]. Université Paris Saclay (COmUE), 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015SACLN018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01246413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId99"/>
+      <w:footerReference w:type="default" r:id="rId104"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4284,51 +4626,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D2D81E04"/>
+    <w:nsid w:val="3428B8B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4515,51 +4857,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentine-rey" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1019-1819" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190368586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213023v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Freyssinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2025.111536" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210114v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Moro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2023.116853" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943721v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pierre J&#233;r&#244;me Mell" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2022.106897" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095640v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.strusafe.2023.102321" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943749v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rocher" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11804-022-00300-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943741v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Alkhoury" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad A&#239;t-Ahmed" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Hamid Soubra" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2022.112234" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690300v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2022.107281" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944220v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6451" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116934v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Fr&#233;rot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Anciaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Pham-Ba" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Molinari" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.02121" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082852v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul&#8208;hamid Soubra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad A&#239;t&#8208;ahmed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.2598" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059926v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Krumscheid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Nobile" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2019.02.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01731280v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bleyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-018-1556-y" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363258v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Parret-Fr&#233;aud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosselet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.5462" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755724v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-017-1392-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332674v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.5244" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113852v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2015.01.009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862622v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2013.08.021" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919435v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2013.12.001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302292v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Rey" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585363v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Freyssinet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Schoefs" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Moro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717631v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280127v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218346v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003134572" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547570v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899328v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613984v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615873v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224347v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515052v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224340v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444532v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Boucard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Guidault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Louf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mella" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224351v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722332v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224358v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855864v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224368v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224364v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01246413v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015SACLN018" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valentine-rey" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1019-1819" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190368586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213023v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Freyssinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2025.111536" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943721v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pierre J&#233;r&#244;me Mell" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2022.106897" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210114v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Moro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2023.116853" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095640v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.strusafe.2023.102321" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943749v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rocher" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11804-022-00300-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690300v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Alkhoury" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Hamid Soubra" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad A&#239;t-Ahmed" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2022.107281" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943741v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2022.112234" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944220v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6451" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116934v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Fr&#233;rot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Anciaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Pham-Ba" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Molinari" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.02121" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082852v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul&#8208;hamid Soubra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad A&#239;t&#8208;ahmed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.2598" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059926v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Krumscheid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Nobile" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2019.02.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01731280v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bleyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-018-1556-y" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363258v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Parret-Fr&#233;aud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosselet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.5462" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755724v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-017-1392-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332674v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.5244" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113852v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2015.01.009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862622v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2013.08.021" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919435v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2013.12.001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302292v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Rey" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585363v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Freyssinet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Schoefs" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Moro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717631v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280127v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562176v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562180v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2021-62210" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562179v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2021-62472" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218346v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003134572" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547570v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899328v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613984v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615873v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224347v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515052v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224340v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444532v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Boucard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Guidault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Louf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mella" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224351v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722332v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224358v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855864v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224368v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224364v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01246413v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015SACLN018" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>