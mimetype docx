--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -590,1657 +590,1640 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05520713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La réalité virtuelle pour l’apprentissage du geste en Odontologie : un focus sur le geste et sur une approche systémique</w:t>
+                <w:t xml:space="preserve">Questionner l'usage et l'appropriation des dispositifs de réalité virtuelle pour penser les scénarios pédagogiques : la formation des chirurgiens-dentistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Temps d’échanges sur les simulateurs de formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, laboratoire Techné, Dec 2025, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude « voir pour faire, faire pour voir : usages pédagogiques des environnements immersifs »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, laboratoire MICA, Nov 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520735v1</w:t>
+                <w:t xml:space="preserve">hal-05520724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du réel au virtuel : les transitions dans la formation en Odontologie</w:t>
+                <w:t xml:space="preserve">La réalité virtuelle pour l’apprentissage du geste en Odontologie : un focus sur le geste et sur une approche systémique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Serena Lopez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIVe congrès de la SFSIC - Transitions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">Temps d’échanges sur les simulateurs de formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, laboratoire Techné, Dec 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124377v1</w:t>
+                <w:t xml:space="preserve">hal-05520735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Questionner l'usage et l'appropriation des dispositifs de réalité virtuelle pour penser les scénarios pédagogiques : la formation des chirurgiens-dentistes</w:t>
+                <w:t xml:space="preserve">Du réel au virtuel : les transitions dans la formation en Odontologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude « voir pour faire, faire pour voir : usages pédagogiques des environnements immersifs »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, laboratoire MICA, Nov 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">XXIVe congrès de la SFSIC - Transitions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520724v1</w:t>
+                <w:t xml:space="preserve">hal-05124377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle intégration de la réalité virtuelle dans la formation préclinique en Odontologie ? Etude de l’appropriation d’un environnement virtuel de simulation dans le cadre du programme de recherche EVAGO</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Pipeline for the Automatic Evaluation of Dental Surgery Gestures in Preclinical Training from Captured Motions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nail HEFIED</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apprendre avec la réalité virtuelle : défis, enjeux et perspectives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16th International Conference on Computer Supported Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Angers, France. pp.420-427, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0012685000003693⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04674290v1</w:t>
+                <w:t xml:space="preserve">hal-04716141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environnement virtuel de simulation dans la formation préclinique en Odontologie - ressentis et retours d'expérience des étudiants à l'utilisation d'un simulateur de réalité virtuelle avec et sans visiocasque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes Rencontres des Jeunes Chercheuses et Chercheurs en EIAH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATIEF, Jun 2024, Laval, France</w:t>
+              <w:t xml:space="preserve">RJC-EIAH 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Mans Université, Jun 2024, Laval, France. pp.54-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674402v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interroger l’appropriation des acteurs pour l’introduction des environnements de simulation par la réalité virtuelle en formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Échanges autour des pratiques en recherche pluridisciplinaire : construire, collaborer, valoriser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Serena Lopez</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamoudou Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticemed 14 Digitalisation des pratiques en éducation : risques, valeurs et opportunités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association internationale Ticemed, Oct 2024, Le Caire (Egypte), Égypte</w:t>
+              <w:t xml:space="preserve">10èmes Rencontres des Jeunes Chercheuses et Chercheurs en EIAH (Environnements Informatiques pour l'Apprentissage Humain)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Laval, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05052005v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05520691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Full Immersion in Haptic Simulation on the Acquisition of Skills in Preclinical Operative Dentistry: A Comparative Pilot Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelle intégration de la réalité virtuelle dans la formation préclinique en Odontologie ? Etude de l’appropriation d’un environnement virtuel de simulation dans le cadre du programme de recherche EVAGO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NANTHESE ADBS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des étudiants de l'école doctorale Biologie-Santé, May 2024, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">Apprendre avec la réalité virtuelle : défis, enjeux et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CREN; LS2N, Jun 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05167988v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions, use and appropriation of a virtual environment for learning to perform dental procedures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laval Virtual Doctoral Consortium 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFXR, Apr 2024, Laval, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04674264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usefulness of immersive virtual reality in haptic dental simulation: A comparative study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+                <w:t xml:space="preserve">Sensorialité, affectivité, corporéité en recherche en communication : place des méthodes participatives et audiovisuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Clauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iheb Garbaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Patrascu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.I. in Oral Health Professionals' Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADEE, Sep 2024, Louvain (BE), Belgium</w:t>
+              <w:t xml:space="preserve">« Terrains sensibles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFSIC, Jun 2024, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05114035v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorialité, affectivité, corporéité en recherche en communication : place des méthodes participatives et audiovisuelles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Iheb Garbaya</w:t>
+                <w:t xml:space="preserve">Usefulness of immersive virtual reality in haptic dental simulation: A comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marcela Patrascu</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assem Soueidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Terrains sensibles »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFSIC, Jun 2024, Nancy, France</w:t>
+              <w:t xml:space="preserve">A.I. in Oral Health Professionals' Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADEE, Sep 2024, Louvain (BE), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05496400v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports, usage et appropriation d’un environnement virtuel de simulation dans la formation en Odontologie – Présentation d’une méthode d’enquête mixte pour l’étude d’un simulateur complexe en situation complexe</w:t>
+                <w:t xml:space="preserve">Environnement virtuel de simulation dans la formation préclinique en Odontologie - ressentis et retours d'expérience des étudiants à l'utilisation d'un simulateur de réalité virtuelle avec et sans visiocasque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctorales SFSIC 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFSIC, Jun 2024, Nancy, France</w:t>
+              <w:t xml:space="preserve">10èmes Rencontres des Jeunes Chercheuses et Chercheurs en EIAH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATIEF, Jun 2024, Laval, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674250v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnement virtuel de simulation dans la formation préclinique en Odontologie - ressentis et retours d'expérience des étudiants à l'utilisation d'un simulateur de réalité virtuelle avec et sans visiocasque</w:t>
+                <w:t xml:space="preserve">Interroger l’appropriation des acteurs pour l’introduction des environnements de simulation par la réalité virtuelle en formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RJC-EIAH 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Le Mans Université, Jun 2024, Laval, France. pp.54-67</w:t>
+              <w:t xml:space="preserve">Ticemed 14 Digitalisation des pratiques en éducation : risques, valeurs et opportunités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association internationale Ticemed, Oct 2024, Le Caire (Egypte), Égypte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04682628v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pipeline for the Automatic Evaluation of Dental Surgery Gestures in Preclinical Training from Captured Motions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Hamon</w:t>
+                <w:t xml:space="preserve">Impact of Full Immersion in Haptic Simulation on the Acquisition of Skills in Preclinical Operative Dentistry: A Comparative Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valériane Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez-Cazaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien George</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assem Soueidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Guehennec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Computer Supported Education</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NANTHESE ADBS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des étudiants de l'école doctorale Biologie-Santé, May 2024, Nantes (France), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04716141v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Échanges autour des pratiques en recherche pluridisciplinaire : construire, collaborer, valoriser</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Apports, usage et appropriation d’un environnement virtuel de simulation dans la formation en Odontologie – Présentation d’une méthode d’enquête mixte pour l’étude d’un simulateur complexe en situation complexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes Rencontres des Jeunes Chercheuses et Chercheurs en EIAH (Environnements Informatiques pour l'Apprentissage Humain)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Laval, France</w:t>
+              <w:t xml:space="preserve">Doctorales SFSIC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFSIC, Jun 2024, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05520691v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions of virtual reality for the learning of the gesture in Odontology: modalities of use and appropriation of a simulation device</w:t>
+                <w:t xml:space="preserve">Environnement virtuel de simulation dans la formation en Odontologie – Présentation d’un programme de recherche et des résultats d’une étude préliminaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez-Cazaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP TC3 Doctoral Consortium 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Federation for Information Processing, May 2023, Visioconférence, France</w:t>
+              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04323785v1</w:t>
+                <w:t xml:space="preserve">hal-04142101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet de recherche EVAGO (Environnement Virtuel pour l’Apprentissage du Geste en Odontologie) – Un travail pluri et transdisciplinaire présenté par ses doctorants</w:t>
+                <w:t xml:space="preserve">Contributions of virtual reality for the learning of the gesture in Odontology: modalities of use and appropriation of a simulation device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Nail Hefied</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AUPTIC éducation 7e colloque international</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AUPTIC, Nov 2023, Caen, France</w:t>
+              <w:t xml:space="preserve">IFIP TC3 Doctoral Consortium 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Federation for Information Processing, May 2023, Visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04323836v1</w:t>
+                <w:t xml:space="preserve">hal-04323785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haptic simulator as a new pedagogical tool in dental education: Preliminary data on student perception (EVAGO Project)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet de recherche EVAGO (Environnement Virtuel pour l’Apprentissage du Geste en Odontologie) – Un travail pluri et transdisciplinaire présenté par ses doctorants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valériane Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Agueda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nail Hefied</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association for Dental Education in Europe (ADEE) annual conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, LIVERPOOL, France</w:t>
+              <w:t xml:space="preserve">AUPTIC éducation 7e colloque international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AUPTIC, Nov 2023, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04350434v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédire les performances des étudiants dentaires novices en simulation conventionnelle à l’aide d’exercices haptiques : Etude pilote prospective</w:t>
+                <w:t xml:space="preserve">Haptic simulator as a new pedagogical tool in dental education: Preliminary data on student perception (EVAGO Project)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
@@ -2254,295 +2237,312 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Serena Lopez</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Collège National des Enseignants en Prothèses et Réhabilitations Oro-Faciales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNEPROF, Oct 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">Association for Dental Education in Europe (ADEE) annual conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, LIVERPOOL, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05167916v1</w:t>
+                <w:t xml:space="preserve">hal-04350434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration d’un environnement virtuel de simulation en contexte d’enseignement apprentissage – Croisement des méthodes d’enquête sur un terrain d’étude complexe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prédire les performances des étudiants dentaires novices en simulation conventionnelle à l’aide d’exercices haptiques : Etude pilote prospective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Jeunes Chercheur·e·s en SIC - 17ème édition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gériico, May 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">Journées du Collège National des Enseignants en Prothèses et Réhabilitations Oro-Faciales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNEPROF, Oct 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317068v1</w:t>
+                <w:t xml:space="preserve">hal-05167916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction des nouveaux environnements virtuels de simulation dans la formation – Quelques modèles théoriques d’intégration et exemple d’une méthodologie de recherche dans le cadre du projet EVAGO</w:t>
+                <w:t xml:space="preserve">Intégration d’un environnement virtuel de simulation en contexte d’enseignement apprentissage – Croisement des méthodes d’enquête sur un terrain d’étude complexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Serena Lopez-Cazaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La numérisation des sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée Jeunes Chercheur·e·s en SIC - 17ème édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gériico, May 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04142052v1</w:t>
+                <w:t xml:space="preserve">hal-04317068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnement virtuel de simulation dans la formation en Odontologie – Présentation d’un programme de recherche et des résultats d’une étude préliminaire</w:t>
+                <w:t xml:space="preserve">Introduction des nouveaux environnements virtuels de simulation dans la formation – Quelques modèles théoriques d’intégration et exemple d’une méthodologie de recherche dans le cadre du projet EVAGO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pirolli</w:t>
@@ -2560,73 +2560,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Lopez-Cazaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Brest, France</w:t>
+              <w:t xml:space="preserve">La numérisation des sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04142101v1</w:t>
+                <w:t xml:space="preserve">hal-04142052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2707,260 +2707,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04674269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédire les performances des étudiants dentaires novices en simulation conventionnelle à l’aide d’exercices haptiques: Etude pilote prospective</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environnement virtuel de simulation dans la formation en Odontologie - Présentation d'un programme de recherche et des résultats d'une étude préliminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez-Cazaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45ème Journées du CNEPROF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04350421v1</w:t>
+                <w:t xml:space="preserve">hal-04167364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnement virtuel de simulation dans la formation en Odontologie - Présentation d'un programme de recherche et des résultats d'une étude préliminaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prédire les performances des étudiants dentaires novices en simulation conventionnelle à l’aide d’exercices haptiques: Etude pilote prospective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Nadile Bandiaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valériane Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Lopez‐cazaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Brest, France</w:t>
+              <w:t xml:space="preserve">45ème Journées du CNEPROF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04167364v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId63"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3036,51 +3036,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B38F8272"/>
+    <w:nsid w:val="1ECE846B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3267,51 +3267,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valerianeloison" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-2846-9041" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022027v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;riane Loison" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirolli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Cretin-Pirolli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez-Cazaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lfl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780307v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Nadile Bandiaky" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Volteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jds.2024.10.023" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520706v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520713v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520735v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124377v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520724v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674290v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052005v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167988v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assem Soueidan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Guehennec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674264v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114035v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496400v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Clauzet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iheb Garbaya" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Piot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Patrascu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674250v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682628v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716141v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nail HEFIED" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hamon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012685000003693" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520691v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Lemoine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoudou Ndiaye" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Simon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323785v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323836v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Agueda" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nail Hefied" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350434v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167916v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317068v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142052v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142101v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674269v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350421v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez&#8208;cazaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167364v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valerianeloison" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-2846-9041" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022027v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;riane Loison" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirolli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Cretin-Pirolli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez-Cazaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13lfl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780307v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Nadile Bandiaky" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Volteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jds.2024.10.023" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520706v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520713v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520724v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520735v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124377v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716141v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nail HEFIED" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hamon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012685000003693" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682628v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520691v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Lemoine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoudou Ndiaye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Simon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674290v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674264v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496400v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Clauzet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iheb Garbaya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Piot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Patrascu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114035v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assem Soueidan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Guehennec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674402v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052005v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167988v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674250v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323785v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323836v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Agueda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nail Hefied" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350434v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167916v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317068v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142052v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674269v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167364v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350421v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez&#8208;cazaux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>