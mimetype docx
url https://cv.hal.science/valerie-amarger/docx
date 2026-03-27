--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -898,278 +898,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal citrulline supplementation enhances placental function and fetal growth in a rat model of IUGR: involvement of insulin-like growth factor 2 and angiogenic factors.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Perinatal high methyl donor alters gene expression in IGF system in male offspring without altering DNA methylation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Amarger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nhat Thang Tran</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fanny Giudicelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pagniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Parnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Maternal-Fetal &amp; Neonatal Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14767058.2016.1229768⟩</w:t>
+              <w:t xml:space="preserve">Future Science OA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4155/fsoa-2016-0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602550v1</w:t>
+                <w:t xml:space="preserve">hal-01607735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perinatal high methyl donor alters gene expression in IGF system in male offspring without altering DNA methylation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maternal citrulline supplementation enhances placental function and fetal growth in a rat model of IUGR: involvement of insulin-like growth factor 2 and angiogenic factors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhat Thang Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Misbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Future Science OA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 3 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Maternal-Fetal &amp; Neonatal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 30 (16), pp.1906-1911. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4155/fsoa-2016-0077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14767058.2016.1229768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607735v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinatal Hypercholesterolemia Exacerbates Atherosclerosis Lesions in Offspring by Altering Metabolism of Trimethylamine-N-Oxide and Bile Acids</w:t>
               </w:r>
@@ -1283,303 +1283,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le nouveau paradigme de l’origine développementale de la santé et des maladies (DOHaD) - Épigénétique, environnement : preuves et chaînons manquants</w:t>
+                <w:t xml:space="preserve">Épigénétique et réponses transgénérationnelles aux impacts de l’environnement : Des faits aux lacunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Panchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S. Fneich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Luciano Pirola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Kaeffer</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Chriett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine/Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 32 (1), pp.27-34. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/20163201006⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 32 (1), pp.35-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/20163201007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01850420v1</w:t>
+                <w:t xml:space="preserve">hal-01850312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épigénétique et réponses transgénérationnelles aux impacts de l’environnement : Des faits aux lacunes</w:t>
+                <w:t xml:space="preserve">Le nouveau paradigme de l’origine développementale de la santé et des maladies (DOHaD) - Épigénétique, environnement : preuves et chaînons manquants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Panchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Pirola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Amarger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Chriett</w:t>
+                <w:t xml:space="preserve">B. Kaeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine/Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 32 (1), pp.35-44. </w:t>
+              <w:t xml:space="preserve">, 2016, 32 (1), pp.27-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/20163201007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/20163201006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01850312v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nutrition maternelle est primordiale</w:t>
               </w:r>
@@ -2450,51 +2450,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excess of methyl donor in the perinatal period reduces postnatal leptin secretion in rat and interacts with the effect of protein content in diet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Giudicelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Brabant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2883,51 +2883,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Des Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cécile Alexandre-Gouabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6447,64 +6447,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein and methyl donors in maternal diet influence imprinted gene expression in offspring without altering DNA methylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Giudicelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6663,51 +6663,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hannigsberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat Thang Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6743,329 +6743,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Common Genetic Variant in the Insulin Receptor Gene Is Associated with Eating Difficulties at 2 Years of Age in a Cohort of Preterm Infants.</w:t>
+                <w:t xml:space="preserve">Impact of protein and methyl donor content in maternal diet on proliferation and differentiation of hippocampal neural stem cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ancellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angèle Lecouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Parnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Final Habeat symposium: Improving infant and child eating habits, encouraging fruit and vegetable intake</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Dijon, France</w:t>
+              <w:t xml:space="preserve">Nutrition and Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603429v1</w:t>
+                <w:t xml:space="preserve">hal-01603432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of protein and methyl donor content in maternal diet on proliferation and differentiation of hippocampal neural stem cell</w:t>
+                <w:t xml:space="preserve">A Common Genetic Variant in the Insulin Receptor Gene Is Associated with Eating Difficulties at 2 Years of Age in a Cohort of Preterm Infants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Migraine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Moyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Darmaun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition and Growth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">Final Habeat symposium: Improving infant and child eating habits, encouraging fruit and vegetable intake</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603432v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excess of methyl donors in maternal diet affects postnatal down regulation of Igf2, Igf2r and H19 genes in liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Giudicelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7116,51 +7116,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein and methyl donors in maternal diet during preconceptual period, gestation and lactation affect fetal and postnatal growth, energy metabolism and gene expression in the offspring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Giudicelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7508,51 +7508,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Des Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cécile Alexandre-Gouabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7633,51 +7633,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Des Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cécile Alexandre-Gouabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7959,273 +7959,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of the calpastatin gene.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrice Raynaud</w:t>
+                <w:t xml:space="preserve">Molecular structure and polymorphisms of the PRKAG3 gene in cattle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Chantreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Ouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Polish-French Symposium, 22-23 september 2004</w:t>
+              <w:t xml:space="preserve">5th Polish-French Symposium, Animal Growth and Development: Regulatory Mechanisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Paris, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02829694v1</w:t>
+                <w:t xml:space="preserve">hal-02828643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular structure and polymorphisms of the PRKAG3 gene in cattle.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+                <w:t xml:space="preserve">Regulation of the calpastatin gene.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jayat-Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Laforet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Polish-French Symposium, Animal Growth and Development: Regulatory Mechanisms</w:t>
+              <w:t xml:space="preserve">5th Polish-French Symposium, 22-23 september 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Paris, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02828643v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02829694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du gène de la calpastatine chez les bovins.</w:t>
               </w:r>
@@ -8330,277 +8330,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche d'indicateurs métaboliques et moléculaires du persillage de la viande bovine.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">H. Sabboh</w:t>
+                <w:t xml:space="preserve">Gènes bovins et qualité des viandes : présentation du programme européen GemQual.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Delourme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Renand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ièmes Journées des Sciences du Muscle et Technologies de la Viande</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, Clermont-Ferrand, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">9èmes Journées des Sciences du Muscle et Technologie de la Viande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01211851v1</w:t>
+                <w:t xml:space="preserve">hal-01211963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gènes bovins et qualité des viandes : présentation du programme européen GemQual.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recherche d'indicateurs métaboliques et moléculaires du persillage de la viande bovine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jurie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Sabboh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Amarger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gilles Renand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées des Sciences du Muscle et Technologie de la Viande</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">9ièmes Journées des Sciences du Muscle et Technologies de la Viande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Clermont-Ferrand, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211963v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gènes du développement musculaire et des qualités de la viande bovine.</w:t>
               </w:r>
@@ -10207,51 +10207,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283484v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Vancamp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demonceaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ferchaud-Roucher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Parnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-025-05201-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665894v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Frapin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Amarger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsgos.2024.100339" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975796v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine S Moull&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15020463" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02626031v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Guignard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Meistermann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine S. Moull&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12051464" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03204472v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourdon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Hannigsberg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Misbert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Nhat Tran" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2020.03.036" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899860v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Michel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Pocheron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Dr&#233;an" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5408031448739663E12" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602550v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat Thang Tran" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14767058.2016.1229768" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607735v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Giudicelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pagniez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/fsoa-2016-0077" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429561v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Trenteseaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Thu Gaston" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Poupeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Coppet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.117.309923" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850420v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Junien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Panchenko" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Pirola" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kaeffer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20163201006" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850312v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fneich" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Chriett" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20163201007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630826v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01400554v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paill&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Bola&#241;os-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kaeffer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20163201014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635055v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bouvagnet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moyon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaiman" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Darmaun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000442159" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635841v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sevane" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nute" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sanudo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cortes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Canon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2013.11.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DHC0K06V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631536v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Lecouillard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ancellet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Grit" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Castellano" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu6104200" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641376v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Armstrong" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wiener" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pong Wong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dunner" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-014-3343-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863880v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Migraine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lange" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Monnery-Patris" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/ajcn.112.051151" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647689v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Brabant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0068268" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452851v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Coup&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2009-0893" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211872v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Williams" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valentini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mazza" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2009.01874.x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661436v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Des Robert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Alexandre-Gouabau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legrand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1203/PDR.0b013e318155a402" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657573v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11690-007-0048-6" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7D643D44A95278DEF0D15258EC1AE77A57BA9E2F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656273v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nizou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Forestier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Lev&#233;ziel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660212v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Nizou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Forestier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00335-005-0093-0" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BG10N3VG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211936v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-7-71" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677649v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Raynaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Jayat-Vignoles" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Laforet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2005.02.026" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LB7D1PJ8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211844v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Raynaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211883v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.R. Barnes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marklund" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Steiler" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Walter" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hjalm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211837v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Erlandsson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pielberg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Jeon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Andersson" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211861v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delourme" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Julien" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681254v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nguyen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. van Laere" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braunschweig" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nezer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683255v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Robic" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Tae Jeon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Reynaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chardon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003350010286" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8AB616636F8CC4BEAE0864A72B0DC433D61E8C69/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697796v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Looft" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Paul" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Reinsch" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-32-3-321" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894339v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Looft" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2000122" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699229v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Looft" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.288.5469.1248" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698595v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Andersson" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699239v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Giuffra" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Kijas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Carlborg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695367v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. T. Jeon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A T&#246;rnsten" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/5938" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692871v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Paul" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wasungu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696983v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gauguier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monfouilloux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giraudeau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683679v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mercier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/297348" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715395v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mercier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9084(95)80004-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26TM6CD5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697167v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832549v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Nienkemper" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Devarenne" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Ferchaud-Roucher" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399714v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697177v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973492v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fromentin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Billard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789029v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paille" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737204v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Gall" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guibert" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dansette" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Airaud" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delnatte" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603646v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603634v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743337v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hannigsberg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603429v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Darmaun" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603432v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603433v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745215v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663339v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise E. Delamaire" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Hoebler" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0929-693X(08)72420-5" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6GDFGFHV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415273v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Delamaire" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hoebler" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Coupe" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816903v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Legrand" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816845v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763671v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gillard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman A. Maftah" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761787v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jayat-Vignoles" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829694v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828643v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chantreau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762798v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;lissier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Br&#233;maud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211851v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jurie" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sabboh" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211963v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211864v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grandjean" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767863v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839695v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699341v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789061v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789054v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789056v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828915v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Checa" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Crisa" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828574v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825714v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808958v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/360787.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02832420v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283484v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Vancamp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demonceaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ferchaud-Roucher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Parnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-025-05201-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665894v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Frapin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Amarger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsgos.2024.100339" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975796v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine S Moull&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15020463" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02626031v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Guignard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Meistermann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine S. Moull&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12051464" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03204472v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourdon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Hannigsberg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Misbert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Nhat Tran" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2020.03.036" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899860v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Michel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Pocheron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Dr&#233;an" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5408031448739663E12" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607735v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Giudicelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pagniez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/fsoa-2016-0077" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602550v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat Thang Tran" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14767058.2016.1229768" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429561v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Trenteseaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Thu Gaston" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Poupeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Coppet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.117.309923" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850312v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Junien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Panchenko" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fneich" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Pirola" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Chriett" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20163201007" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850420v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kaeffer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20163201006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630826v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01400554v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paill&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Bola&#241;os-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kaeffer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20163201014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635055v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bouvagnet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moyon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaiman" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Darmaun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000442159" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635841v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sevane" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nute" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sanudo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cortes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Canon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2013.11.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DHC0K06V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631536v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Lecouillard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ancellet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Grit" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Castellano" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu6104200" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641376v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Armstrong" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wiener" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pong Wong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dunner" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-014-3343-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863880v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Migraine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lange" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Monnery-Patris" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/ajcn.112.051151" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647689v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Brabant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0068268" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452851v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Coup&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2009-0893" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211872v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Williams" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valentini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mazza" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2009.01874.x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661436v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Des Robert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Alexandre-Gouabau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legrand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1203/PDR.0b013e318155a402" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657573v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11690-007-0048-6" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7D643D44A95278DEF0D15258EC1AE77A57BA9E2F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656273v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nizou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Forestier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Lev&#233;ziel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660212v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Nizou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Forestier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00335-005-0093-0" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BG10N3VG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211936v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-7-71" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677649v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Raynaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Jayat-Vignoles" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Laforet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2005.02.026" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LB7D1PJ8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211844v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Raynaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211883v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.R. Barnes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marklund" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Steiler" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Walter" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hjalm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211837v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Erlandsson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pielberg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Jeon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Andersson" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211861v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delourme" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Julien" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681254v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nguyen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. van Laere" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braunschweig" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nezer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683255v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Robic" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Tae Jeon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Reynaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chardon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003350010286" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8AB616636F8CC4BEAE0864A72B0DC433D61E8C69/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697796v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Looft" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Paul" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Reinsch" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-32-3-321" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894339v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Looft" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2000122" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699229v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Looft" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.288.5469.1248" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698595v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Andersson" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699239v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Giuffra" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Kijas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Carlborg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695367v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. T. Jeon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A T&#246;rnsten" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/5938" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692871v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Paul" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wasungu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696983v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gauguier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monfouilloux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giraudeau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683679v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mercier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/297348" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715395v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mercier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9084(95)80004-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26TM6CD5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697167v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832549v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Nienkemper" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Devarenne" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Ferchaud-Roucher" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399714v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697177v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973492v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fromentin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Billard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789029v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paille" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737204v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Gall" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guibert" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dansette" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Airaud" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delnatte" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603646v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603634v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743337v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hannigsberg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603432v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603429v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Darmaun" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603433v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745215v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663339v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise E. Delamaire" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Hoebler" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0929-693X(08)72420-5" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6GDFGFHV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415273v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Delamaire" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hoebler" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Coupe" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816903v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Legrand" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816845v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763671v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gillard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman A. Maftah" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761787v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jayat-Vignoles" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828643v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chantreau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829694v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762798v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;lissier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Br&#233;maud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211963v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211851v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jurie" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sabboh" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211864v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grandjean" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767863v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839695v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699341v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789061v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789054v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789056v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828915v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Checa" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Crisa" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828574v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825714v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808958v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/360787.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02832420v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>