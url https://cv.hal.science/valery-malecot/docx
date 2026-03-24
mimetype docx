--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -181,222 +181,222 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nomenclatural analysis and typification of Jordan’s bird’s-foot trefoil</w:t>
+                <w:t xml:space="preserve">An evolutionary bouquet for roses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Molina</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rabaute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnets Botaniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.34971/75XY-J363⟩</w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.Early Access. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-025-01971-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05298822v1</w:t>
+                <w:t xml:space="preserve">hal-05023510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An evolutionary bouquet for roses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Nomenclatural analysis and typification of Jordan’s bird’s-foot trefoil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Coulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rabaute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.Early Access. </w:t>
+              <w:t xml:space="preserve">Carnets Botaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Article n° 270, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41477-025-01971-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34971/75XY-J363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05023510v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A herbarium of roses in early 19th century at the crossroad between botany and horticulture : interwoven networks, entangled curiosities</w:t>
               </w:r>
@@ -434,51 +434,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Grapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.351-382. </w:t>
@@ -529,51 +529,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid mulleins of France, 14 - Verbascum ×fluminense A. Kern. ex Rouy nothosubsp. fluminense (V. chaixii Vill. subsp. chaixii × V. pulverulentum Vill.).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Klesczewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Giardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -659,51 +659,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Boudrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germinal Rouhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Troia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -744,243 +744,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04514981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA sequences as types: A discussion paper from the Special‐purpose Committee established at the XIX International Botanical Congress in Shenzhen, China</w:t>
+                <w:t xml:space="preserve">Hippolyte Arnaud’s account of Limonium (Plumbaginaceae) in cultivation and the further nomenclatural importance of both Seringe's and Jacques' Flore des Jardins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Thiele</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David J Mabberley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lejeunia Revue de Botanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Nouvelle série N° 209, pp.2-31</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289783v1</w:t>
+                <w:t xml:space="preserve">hal-04098697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hippolyte Arnaud’s account of Limonium (Plumbaginaceae) in cultivation and the further nomenclatural importance of both Seringe's and Jacques' Flore des Jardins</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">DNA sequences as types: A discussion paper from the Special‐purpose Committee established at the XIX International Botanical Congress in Shenzhen, China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Thiele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy L. Applequist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Renner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Dönmez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lejeunia Revue de Botanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (5), pp.965-973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/tax.12931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04098697v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unveiling the Patterns of Reticulated Evolutionary Processes with Phylogenomics: Hybridization and Polyploidy in the genus Rosa</w:t>
               </w:r>
@@ -1228,295 +1228,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical note on the taxonomy of the genus Delphinium L. (Ranunculaceae) with an amended description of its floral morphology</w:t>
+                <w:t xml:space="preserve">The climatic debt is growing in the understorey of temperate forests: Stand characteristics matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felipe Espinosa</w:t>
+                <w:t xml:space="preserve">Benoit Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Deroin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valéry Malécot</w:t>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Wang​</w:t>
+                <w:t xml:space="preserve">Emmanuel Corcket</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Nadot</w:t>
+                <w:t xml:space="preserve">Didier Alard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adansonia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5252/adansonia2021v43a2⟩</w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (7), pp.1474-1487. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/geb.13312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03182014v1</w:t>
+                <w:t xml:space="preserve">hal-03293479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The climatic debt is growing in the understorey of temperate forests: Stand characteristics matter</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Historical note on the taxonomy of the genus Delphinium L. (Ranunculaceae) with an amended description of its floral morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+                <w:t xml:space="preserve">Felipe Espinosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Corcket</w:t>
+                <w:t xml:space="preserve">Thierry Deroin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Alard</w:t>
+                <w:t xml:space="preserve">Wei Wang​</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Archaux</w:t>
+                <w:t xml:space="preserve">Sophie Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 30 (7), pp.1474-1487. </w:t>
+              <w:t xml:space="preserve">Adansonia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/geb.13312⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5252/adansonia2021v43a2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03293479v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selecting for useful properties of plants and fungi – Novel approaches, opportunities, and challenges</w:t>
               </w:r>
@@ -1634,1064 +1634,1064 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire et diversité des Asteraceae (ou Compositae)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identification and assessment of variable single-copy orthologous (SCO) nuclear loci for low-level phylogenomics: a case study in the genus Rosa (Rosaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Debray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Marie-Magdelaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Ruttink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Clotault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jardins de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (1), 19 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12862-019-1479-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02915104v1</w:t>
+                <w:t xml:space="preserve">hal-02277481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camellia japonica 'Général Leclerc', un cultivar vigoureux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">L’aulne de Spaeth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 1089, pp.50-51</w:t>
+              <w:t xml:space="preserve">, 2019, 1087 (07-08), pp.54-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02915095v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02915092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Living concrete: Democratizing living walls</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le plaqueminier de virginie : un fruitier très ornemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1084, pp.54-55</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278234v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02914401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’aulne de Spaeth</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Histoire et diversité des Asteraceae (ou Compositae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1087 (07-08), pp.54-55</w:t>
+              <w:t xml:space="preserve">Jardins de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 655, pp.26-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02915092v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02915104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and assessment of variable single-copy orthologous (SCO) nuclear loci for low-level phylogenomics: a case study in the genus Rosa (Rosaceae)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camellia japonica 'Général Leclerc', un cultivar vigoureux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1089, pp.50-51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277481v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02915095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le plaqueminier de virginie : un fruitier très ornemental</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Living concrete: Democratizing living walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Riley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François de Larrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dubois-Brugger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Lequay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 673, pp.281-295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.04.065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02914401v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taxonomic revision of West-Alpine cushion plant species belonging to Androsace subsect. Aretia</w:t>
+                <w:t xml:space="preserve">Notas taxonómicas y nomenclaturales a propósito de &amp;lt;em&amp;gt;Vicia aphylla (Fabaceae)&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Dentant</w:t>
+                <w:t xml:space="preserve">J. Gil González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Lavergne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valéry Malécot</w:t>
+                <w:t xml:space="preserve">M. Gil González</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 165 (3-4), pp.337-351. </w:t>
+              <w:t xml:space="preserve">Collectanea Botanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37, pp.e002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/23818107.2018.1450784⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3989/collectbot.2018.v37.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03011728v1</w:t>
+                <w:t xml:space="preserve">hal-03158846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notas taxonómicas y nomenclaturales a propósito de &amp;lt;em&amp;gt;Vicia aphylla (Fabaceae)&amp;lt;/em&amp;gt;</w:t>
+                <w:t xml:space="preserve">Taxonomic revision of West-Alpine cushion plant species belonging to Androsace subsect. Aretia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gil González</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Cédric Dentant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Gil González</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collectanea Botanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 37, pp.e002. </w:t>
+              <w:t xml:space="preserve">Botany Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 165 (3-4), pp.337-351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3989/collectbot.2018.v37.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/23818107.2018.1450784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158846v1</w:t>
+                <w:t xml:space="preserve">hal-03011728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new subfamily classification of the Leguminosae based on a taxonomically comprehensive phylogeny</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La botanique : de l'inventaire du 18ème siècle à la phylogénie du 21ème siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Académie des Sciences et Lettres de Montpellier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Colloque Humanisme, Sciences et Lumières de D'Alembert à aujourd'hui, 48 (Supplément 2), pp.95-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01604992v1</w:t>
+                <w:t xml:space="preserve">hal-02082157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La botanique : de l'inventaire du 18ème siècle à la phylogénie du 21ème siècle</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A new subfamily classification of the Leguminosae based on a taxonomically comprehensive phylogeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasim Azani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Babineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donovan Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Banks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane R. Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Académie des Sciences et Lettres de Montpellier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66 (1), pp.44-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12705/661.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082157v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructing pedigrees using probabilistic analysis of ISSR amplification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Pymar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2745,51 +2745,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposals to provide for registration of new names and nomenclatural acts (276-279)</w:t>
+                <w:t xml:space="preserve">Report of the special committee on registration of algal and plant names (including fossils)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary E. Barkworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Watson</w:t>
@@ -2828,346 +2828,346 @@
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard C. K. Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 65 (3), pp.656-658. </w:t>
+              <w:t xml:space="preserve">, 2016, 65 (3), pp.670-672. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12705/653.37⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12705/653.43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01601367v1</w:t>
+                <w:t xml:space="preserve">hal-01601341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Report of the special committee on registration of algal and plant names (including fossils)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Richard C. K. Chung</w:t>
+                <w:t xml:space="preserve">Nineteenth century French rose (Rosa sp.) germplasm shows a shift over time from a European to an Asian genetic background</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Liorzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Pernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shubin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Chastellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Thouroude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12705/653.43⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 67 (15), pp.4711-4725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erw269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01601341v1</w:t>
+                <w:t xml:space="preserve">hal-01399109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nineteenth century French rose (Rosa sp.) germplasm shows a shift over time from a European to an Asian genetic background</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tatiana Thouroude</w:t>
+                <w:t xml:space="preserve">Proposals to provide for registration of new names and nomenclatural acts (276-279)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary E. Barkworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Watson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred R. Barrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina V. Belyaeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard C. K. Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 67 (15), pp.4711-4725. </w:t>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 65 (3), pp.656-658. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/erw269⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12705/653.37⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01399109v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A taxonomic reassessment of Viburnum (Adoxaceae) in the Azores</w:t>
               </w:r>
@@ -3179,51 +3179,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark A. Carine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Lourenço</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3281,347 +3281,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01455976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A revision of Cytisus sections Alburnoides, Spartopsis and Verzinum (Genisteae, Fabaceae)</w:t>
+                <w:t xml:space="preserve">A new interspecific hybrid in Cytisus L. ( Genisteae, Fabaceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Auvray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Gloanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Edinburgh Journal of Botany</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Hanburyana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, pp.51-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03339378v1</w:t>
+                <w:t xml:space="preserve">hal-03283827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new interspecific hybrid in Cytisus L. ( Genisteae, Fabaceae)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nomenclatural and taxonomic problems related to the electronic publication of new nomina and nomenclatural acts in zoology, with brief comments on optical discs and on the situation in botany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Le Gloanic</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Crochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Dickinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nemésio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erna Aescht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hanburyana</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3735 (1), pp.1-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.3735.1.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03283827v1</w:t>
+                <w:t xml:space="preserve">hal-02363349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nomenclatural and taxonomic problems related to the electronic publication of new nomina and nomenclatural acts in zoology, with brief comments on optical discs and on the situation in botany</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A revision of Cytisus sections Alburnoides, Spartopsis and Verzinum (Genisteae, Fabaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 3735 (1), pp.1-94. </w:t>
+              <w:t xml:space="preserve">Edinburgh Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 70 (01), pp.61 - 120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.3735.1.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0960428612000352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02363349v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03339378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a new classification system for legumes: Progress report from the 6th International Legume Conference</w:t>
               </w:r>
@@ -3741,64 +3741,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fraxinus angustifolia : sosie méditerranéen du frêne commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 863 (20 novembre), pp.15-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3817,692 +3817,692 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osmanthus delavayi : une généreuse floraison</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des sources historiques au service des sélectionneurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Chambolle</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">V. Kapusta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lopes Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Gloanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 791, 14 p</w:t>
+              <w:t xml:space="preserve">Jardin de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 615, pp.40-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00926406v1</w:t>
+                <w:t xml:space="preserve">hal-00925709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clerodendrum trichotomum : des fleurs et des fruits spectaculaires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Changements des conditions requises pour la publication faits au XVIIIe Congrès International de Botanique à Melbourne – Qu’est-ce que la publication électronique représente pour vous ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John R Mcneill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas J. Turland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MycoKeys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, pp.29-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/mycokeys.2.2196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841836v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00925076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euphorbia amygdaloides : vivace utile aux 4 coins du jardin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Myrtus communis : longévité, compacité, floribondité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 807 (11 juillet 2012), 13 p</w:t>
+              <w:t xml:space="preserve">, 2012, 815, 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841837v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00926404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des sources historiques au service des sélectionneurs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Viburnum suspensum : persistant, décoratif et urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jardin de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 615, pp.40-41</w:t>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 783 (18 janvier), 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00925709v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changements des conditions requises pour la publication faits au XVIIIe Congrès International de Botanique à Melbourne – Qu’est-ce que la publication électronique représente pour vous ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Euphorbia amygdaloides : vivace utile aux 4 coins du jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas J. Turland</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MycoKeys</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 807 (11 juillet 2012), 13 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/mycokeys.2.2196⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00925076v1</w:t>
+                <w:t xml:space="preserve">hal-00841837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viburnum suspensum : persistant, décoratif et urbain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Clerodendrum trichotomum : des fleurs et des fruits spectaculaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 783 (18 janvier), 14 p</w:t>
+              <w:t xml:space="preserve">, 2012, 799 (09 mai), 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00841838v1</w:t>
+                <w:t xml:space="preserve">hal-00841836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myrtus communis : longévité, compacité, floribondité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Osmanthus delavayi : une généreuse floraison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 815, 14 p</w:t>
+              <w:t xml:space="preserve">, 2012, 791, 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00926404v1</w:t>
+                <w:t xml:space="preserve">hal-00926406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floral morphology to discriminate taxa between and within Cytisus sect. Alburnoides, sect. Spartopsis and sect. Verzinum (Genisteae, Fabaceae)</w:t>
               </w:r>
@@ -4514,51 +4514,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Auvray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Systematics and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 298 (10), pp.1827-1835. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4598,4531 +4598,4535 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00841834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typification of names in genus Hieracium based on original herbarium material of Alexis Jordan and Alexandre Boreau</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Regard sur ... Quercus phillyreoides : brillance du feuillage et polyvalence du port</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Rouillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Geobotanicum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 741, pp.18-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00841741v1</w:t>
+                <w:t xml:space="preserve">hal-00729309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viburnum x hillieri 'Winton' : un arbuste facile et attractif</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Regard sur ... Staphylea colchica : une belle longévité en sol calcaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 765, pp.20-20</w:t>
+              <w:t xml:space="preserve">, 2011, 773, pp.16-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02643254v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revised lectotypification of Spartium scoparium L. (Fabaceae)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Regard sur ... Viburnum x hillieri 'Winton' : un arbuste facile et attractif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 60 (5), pp.2</w:t>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 765, pp.20-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730147v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melia azedarach : un petit arbre à gros potentiel pour climat doux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Regard sur ... Le gommier des neiges, un eucalyptus résistant au froid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 734, pp.16-16</w:t>
+              <w:t xml:space="preserve">, 2011, 749, pp.15-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729308v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regard sur ... L'euphorbe des garrigues, un sous-arbrisseau ornemental des terrains filtrants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Regard sur ... Quercus phillyreoides : brillance du feuillage et polyvalence du port</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 757, pp.14-14</w:t>
+              <w:t xml:space="preserve">, 2011, 741 (février), pp.18-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841728v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revised lectotypification of&amp;lt;em&amp;gt; Spartium scoparium&amp;lt;/em&amp;gt; L. (Fabaceae)</w:t>
+                <w:t xml:space="preserve">Revised lectotypification of Spartium scopariium L. (Fabaceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Auvray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 60 (5), pp.1480-1481</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646074v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regard sur ... Quercus phillyreoides : brillance du feuillage et polyvalence du port</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L'euphorbe des garrigues : sous-arbrisseau des terrains filtrants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 741, pp.18-18</w:t>
+              <w:t xml:space="preserve">, 2011, 757 (15 Juin), pp.14-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729309v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regard sur ... Staphylea colchica : une belle longévité en sol calcaire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A monograph of Octoknema (Octoknemaceae - Olacaceae s.l.).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gosline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Kew Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 66, pp.367-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12225-011-9293-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841729v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regard sur ... Le gommier des neiges, un eucalyptus résistant au froid</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Melia azedarach : un petit arbre à gros potentiel pour climat doux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 749, pp.15-15</w:t>
+              <w:t xml:space="preserve">, 2011, 734 (janvier), pp.16-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841727v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regard sur ... Viburnum x hillieri 'Winton' : un arbuste facile et attractif</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Revised lectotypification of&amp;lt;em&amp;gt; Spartium scoparium&amp;lt;/em&amp;gt; L. (Fabaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 765, pp.20-20</w:t>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 60 (5), pp.1480-1481</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841730v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02646074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A monograph of Octoknema (Octoknemaceae - Olacaceae s.l.).</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Regard sur ... L'euphorbe des garrigues, un sous-arbrisseau ornemental des terrains filtrants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kew Bulletin</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 757, pp.14-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841715v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revised lectotypification of Spartium scopariium L. (Fabaceae)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Melia azedarach : un petit arbre à gros potentiel pour climat doux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 60 (5), pp.1480-1481</w:t>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 734, pp.16-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642862v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melia azedarach : un petit arbre à gros potentiel pour climat doux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Revised lectotypification of Spartium scoparium L. (Fabaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 734 (janvier), pp.16-16</w:t>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 60 (5), pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642432v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regard sur ... Quercus phillyreoides : brillance du feuillage et polyvalence du port</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mobilisation de sources du XIXe siècle dans les études contemporaines de systématique des plantes cultivées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 741 (février), pp.18-18</w:t>
+              <w:t xml:space="preserve">Bulletin d’histoire et d’épistémologie des sciences de la vie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 18 (2), pp.185-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645703v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'euphorbe des garrigues : sous-arbrisseau des terrains filtrants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A monograph of Octoknema (Octoknemaceae — Olacaceae s.l.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Gosline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 757 (15 Juin), pp.14-14</w:t>
+              <w:t xml:space="preserve">Kew Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 66 (3), pp.367-404</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02643194v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02646127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilisation de sources du XIXe siècle dans les études contemporaines de systématique des plantes cultivées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le gommier des neiges : un eucalyptus résistant au froid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin d’histoire et d’épistémologie des sciences de la vie </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 18 (2), pp.185-197</w:t>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 749 (20 avril), pp.15-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841716v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le gommier des neiges : un eucalyptus résistant au froid</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mobilisation de sources du XIXe siècle dans les études contemporaines de systématique des plantes cultivées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 749 (20 avril), pp.15-15</w:t>
+              <w:t xml:space="preserve">Bulletin d’histoire et d’épistémologie des sciences de la vie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 18 (2), pp.185-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644541v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A monograph of Octoknema (Octoknemaceae — Olacaceae s.l.)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Translation into French of: &amp;quot;Changes to publication requirements made at the XVIII International Botanical Congress in Melbourne - what does e-publication mean for you?&amp;quot;. Translated by Christian Feuillet and Valéry Malécot Changements des conditions requises pour la publication faits au XVIII Congrès International de Botanique à Melbourne - qu'est-ce que la publication électronique représente pour vous?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Mcneill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas J. Turland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kew Bulletin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Phytokeys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (7), pp.41-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/phytokeys.7.2195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646127v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilisation de sources du XIXe siècle dans les études contemporaines de systématique des plantes cultivées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Viburnum x hillieri 'Winton' : un arbuste facile et attractif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin d’histoire et d’épistémologie des sciences de la vie </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 18 (2), pp.185-197</w:t>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 765, pp.20-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642002v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translation into French of: &amp;quot;Changes to publication requirements made at the XVIII International Botanical Congress in Melbourne - what does e-publication mean for you?&amp;quot;. Translated by Christian Feuillet and Valéry Malécot Changements des conditions requises pour la publication faits au XVIII Congrès International de Botanique à Melbourne - qu'est-ce que la publication électronique représente pour vous?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandra Knapp</w:t>
+                <w:t xml:space="preserve">Typification of names in genus Hieracium based on original herbarium material of Alexis Jordan and Alexandre Boreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gottschlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Tison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Mcneill</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Valéry Malécot</w:t>
+                <w:t xml:space="preserve">T. Rouillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytokeys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 7 (7), pp.41-8. </w:t>
+              <w:t xml:space="preserve">Forum Geobotanicum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5, pp.1-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/phytokeys.7.2195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3264/FG.2011.0301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841717v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viburnum x burkwoodii : un passe-partout parfumé</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Hypericum X inodorum : un foisonnement de couleurs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 708 (708), pp.14-14</w:t>
+              <w:t xml:space="preserve">, 2010, 725 (octobre), pp.15-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729651v1</w:t>
+                <w:t xml:space="preserve">hal-02654955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viburnum x burkwoodii : un passe-partout parfumé</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Sedum spectabile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 708 (02 juin 2010), pp.14-14</w:t>
+              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 521 (février), pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02661078v1</w:t>
+                <w:t xml:space="preserve">hal-02655031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A revised classification of Santalales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sedum spectabile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. P. Der</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 59 (2), pp.538-558</w:t>
+              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 521, pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729434v1</w:t>
+                <w:t xml:space="preserve">hal-00729613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zones tropicales - Un réservoir fragile et peu connu</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A revised classification of Santalales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel L. Nickrent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Vidal-Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua P. Der</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AgroMag</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59 (2), pp.538-558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/tax.592019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729652v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A revised classification of Santalales</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Zones tropicales - Un réservoir fragile et peu connu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AgroMag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 16, pp.18-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02667815v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypericum X inodorum : un foisonnement de couleurs.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Viburnum x burkwoodii : un passe-partout parfumé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 725 (octobre), pp.15-15</w:t>
+              <w:t xml:space="preserve">, 2010, 708 (02 juin 2010), pp.14-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654955v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedum spectabile</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A revised classification of Santalales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. L. Nickrent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Vidal-Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Der</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 521, pp.34-35</w:t>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59 (2), pp.538-558</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729613v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedum spectabile</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Corokia cotoneaster : un buisson taillé pour l'été</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 521 (février), pp.34-35</w:t>
+              <w:t xml:space="preserve">Lien Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 716 (716), pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02655031v1</w:t>
+                <w:t xml:space="preserve">hal-01600650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corokia cotoneaster : un buisson taillé pour l'été</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Corokia cotoneaster : sans souci sous la chaleur ou le vent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 716 (716), pp.12</w:t>
+              <w:t xml:space="preserve">, 2010, 716, pp.12-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01600650v1</w:t>
+                <w:t xml:space="preserve">hal-00729471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corokia cotoneaster : sans souci sous la chaleur ou le vent</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Hypericum X inodorum : un foisonnement de couleurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 716, pp.12-12</w:t>
+              <w:t xml:space="preserve">, 2010, 725, pp.15-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729471v1</w:t>
+                <w:t xml:space="preserve">hal-00729533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypericum X inodorum : un foisonnement de couleurs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Viburnum x burkwoodii : un passe-partout parfumé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 725, pp.15-15</w:t>
+              <w:t xml:space="preserve">, 2010, 708 (708), pp.14-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729533v1</w:t>
+                <w:t xml:space="preserve">hal-00729651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the International Code of Area Nomenclature (ICAN)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lonicera morrowii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 36 (8), pp.1618-1619</w:t>
+              <w:t xml:space="preserve">PHM, revue horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 509, pp.36-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730034v1</w:t>
+                <w:t xml:space="preserve">hal-00730012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symphytum x uplandicum</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Phillyrea latifolia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 511, pp.38-39</w:t>
+              <w:t xml:space="preserve">PHM, revue horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 513, pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654241v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polystichum setiferum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+              <w:t xml:space="preserve">PHM, revue horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 515, pp.24-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02662052v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phillyrea latifolia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Penstemon groupe Gloxinoides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM, revue horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 513, pp.38-39</w:t>
+              <w:t xml:space="preserve">, 2009, 517, pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730044v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lonicera morrowii</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the International Code of Area Nomenclature (ICAN)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Zaragueta-Bagils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visotheary Ung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Vignes-Lebbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM, revue horticole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 36 (8), pp.1617-1619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2699.2009.02106.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730012v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02664937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verbascum thapsus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Symphytum x uplandicum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM, revue horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 519, pp.18-19</w:t>
+              <w:t xml:space="preserve">, 2009, 511, pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730113v1</w:t>
+                <w:t xml:space="preserve">hal-00730081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symphytum x uplandicum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Verbascum thapsus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM, revue horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 511, pp.38-39</w:t>
+              <w:t xml:space="preserve">, 2009, 519, pp.18-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730081v1</w:t>
+                <w:t xml:space="preserve">hal-00730113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penstemon groupe Gloxinoides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Polystichum setiferum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM, revue horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 517, pp.34-35</w:t>
+              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 515, pp.24-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730041v1</w:t>
+                <w:t xml:space="preserve">hal-02662052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polystichum setiferum</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Symphytum x uplandicum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM, revue horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 515, pp.24-25</w:t>
+              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 511, pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730053v1</w:t>
+                <w:t xml:space="preserve">hal-02654241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the International Code of Area Nomenclature (ICAN)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Verbascum thapsus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 519, pp.18-19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02664937v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verbascum thapsus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Penstemon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 519, pp.18-19</w:t>
+              <w:t xml:space="preserve">, 2009, 517, pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654859v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lonicera morrowii</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Phillyrea latifolia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 509, pp.36-37</w:t>
+              <w:t xml:space="preserve">, 2009, 513, pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655827v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penstemon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Lonicera morrowii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 517, pp.34-35</w:t>
+              <w:t xml:space="preserve">, 2009, 509, pp.36-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02662772v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phillyrea latifolia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the International Code of Area Nomenclature (ICAN)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zaragueta-Bagils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vignes-Lebbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 513, pp.38-39</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 36 (8), pp.1618-1619</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02663917v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosa banksiae Aiton</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Rhaphiolepis umbellata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 499, pp.36-37</w:t>
+              <w:t xml:space="preserve">, 2008, 505, pp.32-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729905v1</w:t>
+                <w:t xml:space="preserve">hal-02654503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euphorbia seguieriana</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quercus suber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 507, pp.34-35</w:t>
+              <w:t xml:space="preserve">, 2008, 503, pp.36-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729856v1</w:t>
+                <w:t xml:space="preserve">hal-02654990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête et bilan sur l'enseignement et la recherche en systématique en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Botanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 43, pp.17-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02656206v1</w:t>
+                <w:t xml:space="preserve">hal-00729855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular phylogenetic relationships of Olacaceae and related Santalales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Staufferia and Pilgerina: Two new endemic monotypic arborescent genera of Santalaceae from Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary S. Rogers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel L. Nickrent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. L. Nickrent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic Botany</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 95 (2), pp.391-404</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729891v1</w:t>
+                <w:t xml:space="preserve">hal-00729912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quercus suber</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Correction d'un catalogue de pépiniériste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Iffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 503, pp.36-37</w:t>
+              <w:t xml:space="preserve">, 2008, 507, pp.36-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729901v1</w:t>
+                <w:t xml:space="preserve">hal-02656359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulmonaria affinis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Euphorbia seguieriana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 501, pp.38-39</w:t>
+              <w:t xml:space="preserve">, 2008, 507, pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654550v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction d'un catalogue de pépiniériste</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Pulmonaria affinis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 507, pp.36-41</w:t>
+              <w:t xml:space="preserve">, 2008, 501, pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02656359v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa banksiae Aiton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 499, pp.36-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9141,899 +9145,895 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euphorbia seguieriana</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quercus suber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 507, pp.34-35</w:t>
+              <w:t xml:space="preserve">, 2008, 503, pp.36-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660127v1</w:t>
+                <w:t xml:space="preserve">hal-00729901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquête et bilan sur l'enseignement et la recherche en systématique en France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Molecular phylogenetic relationships of Olacaceae and related Santalales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. L. Nickrent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Botanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Systematic Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 33 (1), pp.97-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1600/036364408783887384⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729855v1</w:t>
+                <w:t xml:space="preserve">hal-00729891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quercus suber</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Enquête et bilan sur l'enseignement et la recherche en systématique en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 503, pp.36-37</w:t>
+              <w:t xml:space="preserve">Journal de Botanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 43, pp.17-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654990v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhaphiolepis umbellata</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Euphorbia seguieriana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 505, pp.32-33</w:t>
+              <w:t xml:space="preserve">, 2008, 507, pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654503v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staufferia and Pilgerina: Two new endemic monotypic arborescent genera of Santalaceae from Madagascar</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Pulmonaria affinis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 95 (2), pp.391-404</w:t>
+              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 501, pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729912v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulmonaria affinis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">D’où viennent les changements de noms de plantes ? Mise à jour et correction d’un catalogue de pépiniériste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Iffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 501, pp.38-39</w:t>
+              <w:t xml:space="preserve">, 2008, 507, pp.36-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729900v1</w:t>
+                <w:t xml:space="preserve">hal-00729112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’où viennent les changements de noms de plantes ? Mise à jour et correction d’un catalogue de pépiniériste</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Staufferia and Pilgerina: Two new endemic monotypic arborescent genera of Santalaceae from Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary S. Rogers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel L. Nickrent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 95 (2), pp.391-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3417/2006148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729112v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staufferia and Pilgerina: Two new endemic monotypic arborescent genera of Santalaceae from Madagascar</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Rhaphiolepis umbellata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 505, pp.32-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3417/2006148⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02660762v1</w:t>
+                <w:t xml:space="preserve">hal-00729904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhaphiolepis umbellata</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Correction d'un catalogue de pépiniériste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Iffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 505, pp.32-33</w:t>
+              <w:t xml:space="preserve">, 2008, 507, pp.36-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729904v1</w:t>
+                <w:t xml:space="preserve">hal-00729111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction d'un catalogue de pépiniériste</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Rosa banksiae Aiton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHM Revue Horticole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 507, pp.36-41</w:t>
+              <w:t xml:space="preserve">, 2008, 499, pp.36-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729111v1</w:t>
+                <w:t xml:space="preserve">hal-00729905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the origin of the sweet-smelling Parma violet cultivars (Violaceae): wide intraspecific hybridization, sterility, and sexual reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Marcussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10104,256 +10104,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00173702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le statut de la taxinomie et de la systématique en France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the origin of the sweet-smelling Parma violet cultivars (Violaceae): wide intraspecific hybridization, sterility, and sexual reproduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Marcussen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Munzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Yockteng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Botanica Gallica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 94 (1), pp.29-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3732/ajb.94.1.29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02655925v1</w:t>
+                <w:t xml:space="preserve">hal-02664493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the origin of the sweet-smelling Parma violet cultivars (Violaceae): wide intraspecific hybridization, sterility, and sexual reproduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le statut de la taxinomie et de la systématique en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Max Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Botanica Gallica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 154 (3), pp.311-332</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3732/ajb.94.1.29⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02664493v1</w:t>
+                <w:t xml:space="preserve">hal-02655925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A survey of species assigned to the fossil pollen genus Anacolosidites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Lobreau-Callen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10458,51 +10458,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Boucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Goldstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jenny Boucard; Christophe Eckes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arranger, disposer, combiner : Théories de l'ordre dans les sciences, les arts d'ornement et la philosophie (1770-1910)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, pp.161-208, 2024</w:t>
@@ -10665,51 +10665,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche historique et questions actuelles relatives aux plantes invasives : définitions, origines des introductions, notions de risques, nuisances et impacts.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10767,255 +10767,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arbre ou réseau ? Quelques réflexions complémentaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Viburnum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q.-E. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Malécot, Valéry. </w:t>
+              <w:t xml:space="preserve">Wu, Z. Y. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosystema</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 28, Société Française de Systématique, pp.111-118, 2011, Biosystema</w:t>
+              <w:t xml:space="preserve">Flora of China</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Science Press, Beijing, and Missouri Botanical Garden Press, St.Louis, pp.570-611, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00841732v1</w:t>
+                <w:t xml:space="preserve">hal-00729267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viburnum</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Arbre ou réseau ? Quelques réflexions complémentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wu, Z. Y. </w:t>
+              <w:t xml:space="preserve">Malécot, Valéry. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flora of China</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Science Press, Beijing, and Missouri Botanical Garden Press, St.Louis, pp.570-611, 2011</w:t>
+              <w:t xml:space="preserve">Biosystema</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 28, Société Française de Systématique, pp.111-118, 2011, Biosystema</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729267v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adoxaceae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q.-E. Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Deyuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Boufford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wu, Z. Y. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flora of China</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Science Press, Beijing, and Missouri Botanical Garden - Press, St. Louis, pp.570-614, 2011</w:t>
@@ -11038,367 +11038,367 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les règles de nomenclature - Histoire et fonctionnement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La géographie des plantes - Aux Origines des Plantes. 1 des plantes anciennes à la botanique du XXIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In: F. Hallé (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosystema</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Systématique, pp.41-76, 2008</w:t>
+              <w:t xml:space="preserve">Aux origines des plantes. Des plantes anciennes à la botanique du XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayard, Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.554-569., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729760v1</w:t>
+                <w:t xml:space="preserve">hal-00729876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les règles de nomenclature - Histoire et fonctionnement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linnaeus. Systématique et biodiversité.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 25, SFS, 2008, Biosystema</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02817134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La géographie des plantes - Aux Origines des Plantes. 1 des plantes anciennes à la botanique du XXIe siècle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La nomenclature botanique : les Codes internationaux de nomenclature botanique et horticole - Peut-on classer le vivant ? Linné et la systématique aujourd’hui.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">In: F. Hallé (ed.). </w:t>
+              <w:t xml:space="preserve">Prat, D. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aux origines des plantes. Des plantes anciennes à la botanique du XXIe siècle</w:t>
+              <w:t xml:space="preserve">Peut-on classer le vivant ? Linné et la systématique aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belin, Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.403-409, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fayard, Paris</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-00729876v1</w:t>
+                <w:t xml:space="preserve">hal-00729877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nomenclature botanique : les Codes internationaux de nomenclature botanique et horticole - Peut-on classer le vivant ? Linné et la systématique aujourd’hui.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les règles de nomenclature - Histoire et fonctionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peut-on classer le vivant ? Linné et la systématique aujourd'hui</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biosystema</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Systématique, pp.41-76, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belin, Paris</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-00729877v1</w:t>
+                <w:t xml:space="preserve">hal-00729760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'utilisation des herbiers en phylogénie moléculaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Y. Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11524,51 +11524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal van Haluwyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Schatz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Alard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Conseil National de la Protection de la Nature (CNPN); Groupe de travail Flore, Fonge, Habitats et Conservatoires Botaniques Nationaux (GT FFH-CBN) du CNPN. 2024, 24 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -11725,51 +11725,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création variétale dans la filière ornementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Kapusta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Département Bap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11849,51 +11849,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Botanique Historique : entre sauvage et cultivé ; entre systématique, dénomination et transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université d'Angers (UA), Angers, FRA., 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12116,51 +12116,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Coquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Joliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Tougne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12211,51 +12211,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interspecific hybridization in the tribe genisteae using in vitro embryo rescue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Le Gloanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12345,51 +12345,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VI International Symposium on the Taxonomy of Cultivated Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Pékin, China. pp.17-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12414,51 +12414,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taxinomiste et nomenclateur en 2012 - entre milliers (millions) de données et histoire des sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des réseaux R-SYST et R-TaNuMo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Angers (FR), France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12483,51 +12483,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche historique et questions actuelles : définitions, origines des introductions, notions de risques, nuisances et impacts.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12604,51 +12604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Auvray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadege Macquaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">V. International Legumes Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Buenos Aires, Argentina. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12673,267 +12673,267 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymorphic ITS as a tool to identify hybrids and their parents in cultivated genisteae (Fabaceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadege Macquaire-La Pocreau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Veronique Kapusta</w:t>
+                <w:t xml:space="preserve">N. Macquaire-Le Pocreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Kapusta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. International Eucarpia Symposium (section ornamentals)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Leiden, Netherlands</w:t>
+              <w:t xml:space="preserve">XXIII International Eucarpia Symposium, Section Ornamentals: Colourful Breeding and Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Louvain (BE), Belgium. pp.91-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02758305v1</w:t>
+                <w:t xml:space="preserve">hal-00730050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymorphic ITS as a tool to identify hybrids and their parents in cultivated genisteae (Fabaceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadege Macquaire-La Pocreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Macquaire-Le Pocreau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Kapusta</w:t>
+                <w:t xml:space="preserve">Veronique Kapusta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIII International Eucarpia Symposium, Section Ornamentals: Colourful Breeding and Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Louvain (BE), Belgium. pp.91-96</w:t>
+              <w:t xml:space="preserve">23. International Eucarpia Symposium (section ornamentals)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730050v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nomenclature botanique : les codes internationaux de nomenclature botanique et horticole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tricentenaire de Linné</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2007, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12990,51 +12990,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(188–191) Four proposals to clarify the rules on gender</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mcneill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Demoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13143,51 +13143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Auvray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Macquaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13250,51 +13250,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructing pedigrees using probabilistic analysis of ISSR amplification.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Pymar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13370,51 +13370,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’arbre du vivant existe-t-il ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13484,51 +13484,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bourgoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Malécot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Société Française de Systématique, 94 p, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13754,51 +13754,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B8E917BC"/>
+    <w:nsid w:val="04D8243C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13985,51 +13985,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valery-malecot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9350-3306" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070449368" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05298822v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Molina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Mal&#233;cot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coulot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rabaute" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34971/75XY-J363" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023510v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-01971-5" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905776v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Oghin&#259;-Pavie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tirard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grapin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30827/dynamis.v44i2.31694" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681014v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Klesczewski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Giardi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Leborgne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34971/H5MQ-7963" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04514981v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boudrie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germinal Rouhan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Troia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.641.4.5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289783v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Thiele" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy L. Applequist" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Renner" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom May" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali D&#246;nmez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12931" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-04098697v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Mabberley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03321092v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Debray" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Le Paslier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie B&#233;rard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Thouroude" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Michel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syab064" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886865v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Engel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Cer&#237;aco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gimo Daniel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Dellap&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan L&#246;bl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlab072" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182014v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Espinosa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deroin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang&#8203;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/adansonia2021v43a2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293479v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Richard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Alard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13312" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02958695v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kersey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Collemare" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Cockel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dibakar Das" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Dulloo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.10136" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02915104v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02915095v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambolle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02278234v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Riley" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Larrard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dubois-Brugger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lequay" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.04.065" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02915092v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02277481v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Marie-Magdelaine" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Ruttink" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Clotault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-019-1479-z" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02914401v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011728v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dentant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2018.1450784" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03158846v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gil Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gil Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/collectbot.2018.v37.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604992v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasim Azani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Babineau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donovan Bailey" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Banks" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane R. Barbosa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/661.3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082157v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606989v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chaumont" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pymar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaker Sbai" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2016.09.014" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601367v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary E. Barkworth" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Watson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred R. Barrie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina V. Belyaeva" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. K. Chung" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/653.37" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601341v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/653.43" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399109v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Liorzou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pernet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubin Li" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chastellier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw269" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455976v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Moura" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark A. Carine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Louren&#231;o" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanno Schaefer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.210.1.3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03339378v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Auvray" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0960428612000352" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03283827v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Gloanic" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363349v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dubois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Crochet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Dickinson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nem&#233;sio" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erna Aescht" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.3735.1.1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03284061v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Borges" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bruneau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cardoso" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crisp" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delgado-Salinas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sajb.2013.07.022" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209945v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00926406v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chambolle" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841836v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841837v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00925709v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kapusta" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lopes Ferreira" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00925076v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Knapp" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Mcneill" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas J. Turland" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Feuillet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/mycokeys.2.2196" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841838v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00926404v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841834v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Auvray" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouron" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00606-012-0683-8" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FLQRRK94-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841741v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gottschlich" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tison" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rouillard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3264/FG.2011.0301" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643254v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730147v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729308v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841728v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646074v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729309v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841729v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841727v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841730v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841715v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gosline" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12225-011-9293-9" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642862v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642432v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645703v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643194v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841716v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644541v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646127v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Gosline" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642002v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841717v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mcneill" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.7.2195" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729651v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661078v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729434v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. L. Nickrent" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Vidal-Russell" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Der" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729652v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667815v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L. Nickrent" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua P. Der" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.592019" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654955v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729613v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655031v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600650v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729471v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729533v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730034v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zaragueta-Bagils" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourdon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ung" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vignes-Lebbe" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654241v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chambolle" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662052v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730044v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730012v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730113v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730081v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730041v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730053v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664937v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Zaragueta-Bagils" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bourdon" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Visotheary Ung" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Vignes-Lebbe" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2009.02106.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654859v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655827v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662772v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663917v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729905v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729856v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656206v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729891v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1600/036364408783887384" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729901v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654550v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656359v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Iffat" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660556v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660127v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729855v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654990v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654503v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729912v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary S. Rogers" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729900v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729112v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Iffat" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660762v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3417/2006148" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729904v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729111v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173702v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Marcussen" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Munzinger" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Yockteng" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Henry" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655925v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664493v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marcussen" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Munzinger" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Yockteng" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Henry" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.94.1.29" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683388v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Lobreau-Callen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00173130500477688" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762322v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Boucard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Goldstein" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913277v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Go&#235;au" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siang Thye Hang" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lasseck" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila&#328; Sulc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76445-0_8" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209895v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Daniel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Haury" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orenva.org/Plantes-invasives-De-la-necessite.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841732v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729267v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.-E. Yang" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729266v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Deyuan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boufford" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729760v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817134v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729876v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal-agrocampus-ouest.archives-ouvertes.fr/hal-00729876" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729877v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal-agrocampus-ouest.archives-ouvertes.fr/hal-00729877" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022152v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Dubuisson" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480560v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sellier" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Gourvil" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal van Haluwyn" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957519v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Antonelli" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Smith" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fry" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique S.J. Simmonds" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J Kersey" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794194v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Kapusta" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. D&#233;partement Bap" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Asirpa (analyse Socio&#8208;&#233;conomique Des Impacts de La Recherche Publique Agronomique)" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04934245v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04172606v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Orvis" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delaire" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Haynes" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.L. Thompson" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1368.52" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546798v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Coquin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joliveau" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tougne" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739785v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Le Gloanic" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Belin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Heinry" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03283822v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Zhang" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00926409v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841733v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811690v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Macquaire" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758305v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Macquaire-La Pocreau" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Kapusta" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730050v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Macquaire-Le Pocreau" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750671v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289689v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Demoulin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Greuter" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jefferson Prado" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Barrie" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12853" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729634v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Macquaire" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186769v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841737v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. L&#233;ger" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tassy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729625v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bourgoin" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729238v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.D. Brickell" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alexander" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. David" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.L.A. Hetterscheid" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Leslie" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/valery-malecot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9350-3306" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070449368" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023510v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Mal&#233;cot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-01971-5" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05298822v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Molina" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coulot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rabaute" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34971/75XY-J363" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905776v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Oghin&#259;-Pavie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tirard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grapin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30827/dynamis.v44i2.31694" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681014v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Klesczewski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Giardi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Leborgne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34971/H5MQ-7963" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04514981v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boudrie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germinal Rouhan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Troia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.641.4.5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-04098697v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Mabberley" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289783v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Thiele" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy L. Applequist" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Renner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom May" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali D&#246;nmez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12931" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03321092v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Debray" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Le Paslier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie B&#233;rard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Thouroude" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Michel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syab064" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886865v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Engel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Cer&#237;aco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gimo Daniel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Dellap&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan L&#246;bl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlab072" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293479v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Richard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Alard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13312" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182014v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Espinosa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deroin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang&#8203;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/adansonia2021v43a2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02958695v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kersey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Collemare" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Cockel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dibakar Das" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Dulloo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.10136" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02277481v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Marie-Magdelaine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Ruttink" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Clotault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-019-1479-z" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02915092v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambolle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02914401v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02915104v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02915095v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02278234v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Riley" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Larrard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dubois-Brugger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lequay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.04.065" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03158846v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gil Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gil Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/collectbot.2018.v37.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011728v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dentant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2018.1450784" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082157v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604992v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasim Azani" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Babineau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donovan Bailey" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Banks" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane R. Barbosa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/661.3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606989v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chaumont" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pymar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaker Sbai" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2016.09.014" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601341v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary E. Barkworth" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Watson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred R. Barrie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina V. Belyaeva" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. K. Chung" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/653.43" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399109v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Liorzou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pernet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubin Li" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chastellier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw269" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601367v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/653.37" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455976v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Moura" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark A. Carine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Louren&#231;o" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanno Schaefer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.210.1.3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03283827v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Auvray" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Gloanic" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363349v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dubois" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Crochet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Dickinson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nem&#233;sio" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erna Aescht" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.3735.1.1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03339378v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0960428612000352" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03284061v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Borges" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bruneau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cardoso" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crisp" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delgado-Salinas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sajb.2013.07.022" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209945v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00925709v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kapusta" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lopes Ferreira" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00925076v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Knapp" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Mcneill" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas J. Turland" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Feuillet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/mycokeys.2.2196" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00926404v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chambolle" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841838v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841837v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841836v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00926406v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841834v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Auvray" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouron" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00606-012-0683-8" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FLQRRK94-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729309v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841729v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841730v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841727v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645703v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642862v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643194v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841715v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gosline" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12225-011-9293-9" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642432v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646074v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841728v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729308v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730147v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841716v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646127v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Gosline" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644541v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642002v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841717v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mcneill" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.7.2195" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643254v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841741v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gottschlich" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tison" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rouillard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3264/FG.2011.0301" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654955v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655031v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729613v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667815v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L. Nickrent" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Vidal-Russell" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua P. Der" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.592019" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729652v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661078v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729434v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. L. Nickrent" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Der" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600650v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729471v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729533v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729651v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730012v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730044v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730053v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730041v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664937v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Zaragueta-Bagils" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bourdon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Visotheary Ung" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Vignes-Lebbe" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2009.02106.x" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730081v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730113v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662052v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654241v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chambolle" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654859v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662772v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663917v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655827v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730034v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zaragueta-Bagils" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourdon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ung" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vignes-Lebbe" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654503v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654990v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729855v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729912v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary S. Rogers" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656359v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Iffat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660127v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654550v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660556v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729901v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729891v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1600/036364408783887384" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656206v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729856v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729900v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729112v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Iffat" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660762v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3417/2006148" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729904v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729111v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729905v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173702v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Marcussen" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Munzinger" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Yockteng" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Henry" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664493v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marcussen" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Munzinger" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Yockteng" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Henry" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.94.1.29" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655925v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683388v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Lobreau-Callen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00173130500477688" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762322v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Boucard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Goldstein" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913277v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Go&#235;au" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siang Thye Hang" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lasseck" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila&#328; Sulc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76445-0_8" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209895v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Daniel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Haury" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orenva.org/Plantes-invasives-De-la-necessite.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729267v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.-E. Yang" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841732v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729266v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Deyuan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boufford" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729876v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal-agrocampus-ouest.archives-ouvertes.fr/hal-00729876" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817134v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729877v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal-agrocampus-ouest.archives-ouvertes.fr/hal-00729877" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729760v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022152v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Dubuisson" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480560v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sellier" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Gourvil" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal van Haluwyn" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957519v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Antonelli" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Smith" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fry" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique S.J. Simmonds" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J Kersey" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794194v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Kapusta" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. D&#233;partement Bap" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Asirpa (analyse Socio&#8208;&#233;conomique Des Impacts de La Recherche Publique Agronomique)" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04934245v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04172606v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Orvis" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delaire" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Haynes" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.L. Thompson" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1368.52" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546798v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Coquin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joliveau" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tougne" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739785v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Le Gloanic" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Belin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Heinry" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03283822v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Zhang" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00926409v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841733v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811690v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Macquaire" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730050v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Macquaire-Le Pocreau" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758305v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Macquaire-La Pocreau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Kapusta" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750671v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289689v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Demoulin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Greuter" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jefferson Prado" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Barrie" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12853" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729634v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Macquaire" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186769v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841737v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. L&#233;ger" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tassy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729625v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bourgoin" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729238v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.D. Brickell" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alexander" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. David" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.L.A. Hetterscheid" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Leslie" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>