--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -288,352 +288,352 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The development of a strategy for direct part reuse using additive and subtractive manufacturing technologies</w:t>
+                <w:t xml:space="preserve">A life cycle assessment based approach for evaluating the influence of total build height and batch size on the environmental performance of electron beam melting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Additive Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.addma.2018.06.026⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00170-018-2264-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01829607v1</w:t>
+                <w:t xml:space="preserve">hal-01804655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A life cycle assessment based approach for evaluating the influence of total build height and batch size on the environmental performance of electron beam melting</w:t>
+                <w:t xml:space="preserve">Suffusion susceptibility investigation by energy-based method and statistical analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Henri Paris</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul Rochim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fateh Bendahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00170-018-2264-7⟩</w:t>
+              <w:t xml:space="preserve">Canadian Geotechnical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 55 (1), pp.57 - 68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/cgj-2017-0024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804655v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03599920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suffusion susceptibility investigation by energy-based method and statistical analysis</w:t>
+                <w:t xml:space="preserve">The development of a strategy for direct part reuse using additive and subtractive manufacturing technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fateh Bendahmane</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hong Nguyen</w:t>
+                <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Geotechnical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 55 (1), pp.57 - 68. </w:t>
+              <w:t xml:space="preserve">Additive Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22, pp.687 - 699. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/cgj-2017-0024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.addma.2018.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03599920v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental impact assessment of an innovative strategy based on an additive and subtractive manufacturing combination</w:t>
               </w:r>
@@ -645,51 +645,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 164 (508-523), pp.508-523. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
@@ -749,51 +749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (2), pp.525 - 536. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -853,51 +853,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Manufacturing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 44, pp. 243-254. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -931,51 +931,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building new entities from existing titanium part by electron beam melting: microstructures and mechanical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1305,51 +1305,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Brissaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1422,51 +1422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering &amp; Advanced Manufacturing (JCM2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, the 8th Joint Conference of ADM (Associazione Nazionale Disegno e Metodi dell’Ingegneria Industriale) INGEGRAF (Asociación Española de Ingeniería Gráfica) and AIP - PRIMECA (Ateliers Inter-établissements de Productique - Pôles de Ressources Informatiques pour la MECAnique), Sep 2016, Catania, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1517,51 +1517,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Assises MUGV2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMR –CEROC, Tours, Jun 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1612,51 +1612,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manufacturing'21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France. https://sites.google.com/site/manufacturing21/actualite/seminairemanufacturing21bordeaux15-17juin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1840,51 +1840,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Thao Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mandil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances on Mechanics, Design Engineering and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 978-3-319-45780-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2008,51 +2008,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E7D28633"/>
+    <w:nsid w:val="B6CA0E3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2239,51 +2239,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/van-thao-le" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0989-3998" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952868v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Thao Le" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Paris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40194-020-01005-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829607v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mandil" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2018.06.026" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804655v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-018-2264-7" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599920v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Rochim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Bendahmane" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cgj-2017-0024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546403v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2017.06.204" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510136v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-017-0395-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549278v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2017.06.003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230836v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Suard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-015-8049-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864089v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Huy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Manh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quinsat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629873v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2017.11.013" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400589v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.11.190" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330854v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325673v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189020v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155672v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401233v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45781-9_19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/van-thao-le" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0989-3998" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952868v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Thao Le" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Paris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40194-020-01005-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-018-2264-7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599920v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Rochim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Bendahmane" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cgj-2017-0024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829607v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mandil" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2018.06.026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546403v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2017.06.204" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510136v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-017-0395-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549278v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2017.06.003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230836v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Suard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-015-8049-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864089v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Huy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Manh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quinsat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629873v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2017.11.013" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400589v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.11.190" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330854v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325673v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189020v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155672v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401233v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45781-9_19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>