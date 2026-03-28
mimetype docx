--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -384,295 +384,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05306476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of skin redness and immunoglobulin A as markers of the affective states of hens</w:t>
+                <w:t xml:space="preserve">The gut microbiota and its metabolite butyrate shape metabolism and antiviral immunity along the gut-lung axis in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Soulet</w:t>
+                <w:t xml:space="preserve">Vincent Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anissa Jahoui</w:t>
+                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
+                <w:t xml:space="preserve">Mélanie Chollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Lansade</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Blache</w:t>
+                <w:t xml:space="preserve">Emmanuel Kut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2024.106268⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.1185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-024-06815-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04574339v1</w:t>
+                <w:t xml:space="preserve">hal-04720201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The gut microbiota and its metabolite butyrate shape metabolism and antiviral immunity along the gut-lung axis in the chicken</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploration of skin redness and immunoglobulin A as markers of the affective states of hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Soulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Saint-Martin</w:t>
+                <w:t xml:space="preserve">Anissa Jahoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
+                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Chollot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
+                <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Kut</w:t>
+                <w:t xml:space="preserve">Marie-Claire Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7 (1), pp.1185. </w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 274, pp.106268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-024-06815-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2024.106268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720201v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04574339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knockdown of regulatory associated protein of TOR (raptor) in hypothalamus-stimulated folliculogenesis and induced ovarian cysts</w:t>
               </w:r>
@@ -952,64 +952,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marisa Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damaris Ribeiro Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Kut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efstathios Giotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1233,51 +1233,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Härtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1354,64 +1354,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Lion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Kut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Trapp-Fragnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1501,51 +1501,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Kut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Soubieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1886,51 +1886,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Tesseraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2048,64 +2048,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaa Chkhaydem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Kut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2173,51 +2173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Styranec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2266,471 +2266,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04471667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NS1 des virus influenza : anti-interferon, ou acteur plus central du cycle viral ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Assessment of a putative trade-off relationship between production and humoral immune responses in layer hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Zerjal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Härtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alan Wacquiez</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Nantes, France. , 2018, Santé Animale et Santé Publique</w:t>
+              <w:t xml:space="preserve">15. Meeting of the Avian Immunology Research Group (AIRG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Oxford, United Kingdom. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737405v1</w:t>
+                <w:t xml:space="preserve">hal-02734445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of a putative trade-off relationship between production and humoral immune responses in layer hens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La sélection pour une meilleure efficacité alimentaire ou digestive modifie la réponse immunitaire aux vaccins et a un virus influenza faiblement pathogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Zerjal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Grasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Härtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Meeting of the Avian Immunology Research Group (AIRG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Oxford, United Kingdom. , 2018</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Nantes, France. , 2018, Santé Animale et Santé Publique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734445v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sélection pour une meilleure efficacité alimentaire ou digestive modifie la réponse immunitaire aux vaccins et a un virus influenza faiblement pathogène</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tatiana Zerjal</w:t>
+                <w:t xml:space="preserve">NS1 des virus influenza : anti-interferon, ou acteur plus central du cycle viral ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Grasteau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
+                <w:t xml:space="preserve">Alan Wacquiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Nantes, France. , 2018, Santé Animale et Santé Publique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738296v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting effects of genetic selection on feed efficiency on resistance to avian influenza and colibacillosis in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Chanteloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Zerjal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2772,90 +2772,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic selection on feed efficiency impacts vaccine immune responses in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Trapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Härtle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2891,70 +2891,70 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion et impact de l'enrichissement du milieu des souris durant des expérimentations infectieuses en haut confinement</w:t>
+                <w:t xml:space="preserve">Enrichissement du milieu au cours d'infections expérimentales de souris en confinement A2 et A3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2974,112 +2974,112 @@
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lortscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41. Colloque AFSTAL : Biosécurité et Infectiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2015, Lille, France. , 2015</w:t>
+              <w:t xml:space="preserve">, Jun 2015, Lille, France. , 1 p., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743748v1</w:t>
+                <w:t xml:space="preserve">hal-02798339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrichissement du milieu au cours d'infections expérimentales de souris en confinement A2 et A3</w:t>
+                <w:t xml:space="preserve">Gestion et impact de l'enrichissement du milieu des souris durant des expérimentations infectieuses en haut confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3099,69 +3099,69 @@
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lortscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41. Colloque AFSTAL : Biosécurité et Infectiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2015, Lille, France. , 1 p., 2015</w:t>
+              <w:t xml:space="preserve">, Jun 2015, Lille, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02798339v1</w:t>
+                <w:t xml:space="preserve">hal-02743748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3179,103 +3179,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du microbiote intestinal et de ses métabolites sur le développement et la maturation du système immunitaire inné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie-Gras (JRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3313,77 +3313,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a method for assessing the bioactivity of plant extracts on the antioxidative status and innate immunity in chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Barat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Cailleau-Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3425,103 +3425,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncovering the core principles of the gut-lung axis to enhance mucosal immunity in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Kut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Meeting of the Avian Immunology Research Group (AIRG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Newark, DE, United States</w:t>
@@ -3550,103 +3550,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncovering the core principles of the gut-lung axis to enhance mucosal immunity in the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Chollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Kut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique de la FéRI 2022 - FéRi Scientific Days 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération de Recherche en Infectiologie (FéRI), Centre Val de Loire, Jul 2022, Joué-Lès-Tours, France</w:t>
@@ -3669,777 +3669,777 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03735525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avian beta-defensins: Assessment of role in colibacillosis and influenza virus infection in chickens</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">A novel chicken cell culture model to explore the role of the vascular endothelium in the pathogenesis of avian influenza and Marek’s disease in gallinaceous poultry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Kut</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Quentin Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium on Antimicrobial Peptides - AMP 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Poitiers, France. 123 p</w:t>
+              <w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Tours, France. 56 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02735954v1</w:t>
+                <w:t xml:space="preserve">hal-02736481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel chicken cell culture model to explore the role of the vascular endothelium in the pathogenesis of avian influenza and Marek’s disease in gallinaceous poultry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Lion</w:t>
+                <w:t xml:space="preserve">γ-Hydroxy-γ-lactam derived tetramates as a new family of antimalarials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice F Médebielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinya Iikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Meyer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Kut</w:t>
+                <w:t xml:space="preserve">J. Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Tours, France. 56 p</w:t>
+              <w:t xml:space="preserve">8. Journées du Consortium anti-Parasitaire et anti-Fongique (CaPF) 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Lyon, France. 31 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736481v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">γ-Hydroxy-γ-lactam derived tetramates as a new family of antimalarials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avian beta-defensins: Assessment of role in colibacillosis and influenza virus infection in chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Kut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurice F Médebielle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Shinya Iikawa</w:t>
+                <w:t xml:space="preserve">Anouk Mollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bosson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Picot</w:t>
+                <w:t xml:space="preserve">Quentin Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées du Consortium anti-Parasitaire et anti-Fongique (CaPF) 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Lyon, France. 31 p</w:t>
+              <w:t xml:space="preserve">6. International Symposium on Antimicrobial Peptides - AMP 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Poitiers, France. 123 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737512v1</w:t>
+                <w:t xml:space="preserve">hal-02735954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic selection on digestive efficiency impacts immune responses in the chicken</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
+                <w:t xml:space="preserve">Susceptibility, permissiveness, and host response of chicken endothelial cells to infection with avian influenza viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Soubieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Kut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, German Society for Immunology DGFI., Sep 2016, Herrsching am Ammersee, Germany. 120 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742707v1</w:t>
+                <w:t xml:space="preserve">hal-02742473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susceptibility, permissiveness, and host response of chicken endothelial cells to infection with avian influenza viruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Lion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Kut</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsty Short</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ron Fouchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choi Geunho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, German Society for Immunology DGFI., Sep 2016, Herrsching am Ammersee, Germany. 120 p</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Chasseneuil-du-Poitou, France. 98 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742473v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susceptibility, permissiveness, and host response of chicken endothelial cells to infection with avian influenza viruses</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ron Fouchier</w:t>
+                <w:t xml:space="preserve">Genetic selection on digestive efficiency impacts immune responses in the chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choi Geunho</w:t>
+                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Härtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Soubieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Chasseneuil-du-Poitou, France. 98 p</w:t>
+              <w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, German Society for Immunology DGFI., Sep 2016, Herrsching am Ammersee, Germany. 120 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743525v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Récents développements pour la recherche de nouvelles molécules antipaludiques : hétérocycles azotés dérivés d’acides tétramiques et de pyrimidines</w:t>
               </w:r>
@@ -4714,51 +4714,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Faury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cornilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5103,51 +5103,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306629v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fleurot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanaique Guillory" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Riou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deslis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306476v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Sid" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa von Heyl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Schleibinger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Klinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Heymelot Nabel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2025.1680791" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574339v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Soulet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Jahoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Blache" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2024.106268" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720201v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Saint-Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chollot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06815-0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047370v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tartarin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Keller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Guibert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Trives" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD21260" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798632v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chopin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bosson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Iikawa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Picot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Bienvenu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114735" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157392v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Oliveira" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damaris Ribeiro Rodrigues" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstathios Giotis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.613079" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03468715v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Petit" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Barat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourrier-Clairat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2021.759456" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03222366v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja H&#228;rtle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruneau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00636-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623169v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lion" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Esnault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Trapp-Fragnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03079457.2018.1556386" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623700v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Richard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Soubieux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2017.10.007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626011v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lidove" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12985-018-0960-4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bertoldo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froment" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2014.02.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665174v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Lemoine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesseraud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blesbois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.108.072660" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913467v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaa Chkhaydem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04471667v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Leroy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Styranec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fr&#233;d&#233;rique Le Potier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737405v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Wacquiez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734445v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738296v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605151v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chanteloup" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533889v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#228;rtle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743748v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beauge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chahnamian" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lortscher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798339v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771882v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953063v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crochet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cailleau-Audouin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03824181v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735525v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735954v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Moll&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bigot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736481v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Meyer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737512v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice F M&#233;debielle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bosson" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742707v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742473v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743525v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsty Short" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ron Fouchier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choi Geunho" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742433v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice M&#233;debielle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Bernard Paultre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Joseph" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743599v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746371v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Faury" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746156v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faurie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2011.07.024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306629v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fleurot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanaique Guillory" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Riou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deslis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306476v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Sid" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa von Heyl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Schleibinger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Klinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Heymelot Nabel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2025.1680791" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720201v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Saint-Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chollot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06815-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Soulet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Jahoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Blache" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2024.106268" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047370v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tartarin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Keller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Guibert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Trives" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD21260" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798632v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chopin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bosson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Iikawa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Picot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Bienvenu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114735" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157392v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Oliveira" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damaris Ribeiro Rodrigues" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstathios Giotis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.613079" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03468715v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Petit" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Barat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourrier-Clairat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2021.759456" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03222366v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja H&#228;rtle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruneau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00636-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623169v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lion" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Esnault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Trapp-Fragnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03079457.2018.1556386" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623700v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Richard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Soubieux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2017.10.007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626011v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lidove" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12985-018-0960-4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bertoldo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froment" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2014.02.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665174v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Lemoine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesseraud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blesbois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.108.072660" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913467v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaa Chkhaydem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04471667v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Leroy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Styranec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fr&#233;d&#233;rique Le Potier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734445v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738296v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737405v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Wacquiez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605151v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chanteloup" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533889v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#228;rtle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798339v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beauge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chahnamian" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lortscher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743748v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771882v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953063v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crochet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cailleau-Audouin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03824181v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735525v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736481v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Meyer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737512v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice F M&#233;debielle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bosson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735954v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Moll&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bigot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742473v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743525v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsty Short" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ron Fouchier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choi Geunho" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742707v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742433v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice M&#233;debielle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Bernard Paultre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Joseph" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743599v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746371v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Faury" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746156v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faurie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2011.07.024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>