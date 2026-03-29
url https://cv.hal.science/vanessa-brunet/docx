--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -935,402 +935,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05088866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sépultures dispersées et rejets humains en contexte rural au haut moyen âge</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les morts dans l'Antiquité : un monde à part</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie des nécropoles mérovingiennes en Île-de-France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RAIF, pp.70-85, 2023, 7e supplément - Revue Archéologique d'Île-de-France, 978-2-9552594-4-3</w:t>
+              <w:t xml:space="preserve">ArchéoCotentin. Les origines antiques et médiévales du Cotentin - 30 av. J.-C. à 1500 – Tome 2 [catalogue d’exposition]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OREP Editions, pp.113-118, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04248368v1</w:t>
+                <w:t xml:space="preserve">halshs-05089788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les morts dans l'Antiquité : un monde à part</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sépultures dispersées et rejets humains en contexte rural au haut moyen âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Ben Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boursier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyrille Le Forestier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ArchéoCotentin. Les origines antiques et médiévales du Cotentin - 30 av. J.-C. à 1500 – Tome 2 [catalogue d’exposition]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OREP Editions, pp.113-118, 2023</w:t>
+              <w:t xml:space="preserve">Archéologie des nécropoles mérovingiennes en Île-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RAIF, pp.70-85, 2023, 7e supplément - Revue Archéologique d'Île-de-France, 978-2-9552594-4-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05089788v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04248368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte archéologique de la Gaule 27-2 : l'Eure</w:t>
+                <w:t xml:space="preserve">Les sépultures de l'Antiquité tardive : une continuité des pratiques funéraires gallo-romaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Lelarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Tixier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Berthelot, Sandrine; Hincker, Vincent. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carte archéologique de la Gaule 27-2 : l'Eure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie des arts et des belles lettres, pp.83-87, 2019</w:t>
+              <w:t xml:space="preserve">Vous avez dit Barbares ? Archéologie des temps mérovingiens en Normandie, VIe - VIIIe siècles. Catalogue de l'exposition du Musée de Normandie de Caen 15 juin 2018 - 6 janvier 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée de Normandie Snoeck, pp.58-63, 2019, 978-94-6161-4544</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02293585v1</w:t>
+                <w:t xml:space="preserve">hal-02132398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sépultures de l'Antiquité tardive : une continuité des pratiques funéraires gallo-romaines</w:t>
+                <w:t xml:space="preserve">Carte archéologique de la Gaule 27-2 : l'Eure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...57 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vous avez dit Barbares ? Archéologie des temps mérovingiens en Normandie, VIe - VIIIe siècles. Catalogue de l'exposition du Musée de Normandie de Caen 15 juin 2018 - 6 janvier 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Musée de Normandie Snoeck, pp.58-63, 2019, 978-94-6161-4544</w:t>
+              <w:t xml:space="preserve">Carte archéologique de la Gaule 27-2 : l'Eure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie des arts et des belles lettres, pp.83-87, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02132398v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02293585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cinq ensembles funéraires antiques de la Marlière, tranche 6, à Courcelles-lès-Lens, Pas de Calais</w:t>
               </w:r>
@@ -1434,77 +1434,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique marginale de la crémation à la période carolingienne : les exemples de la Chapelle-Saint-Mesmin (Loiret) et de Bonneuil-en-France (Val-d'Oise)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boursier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Publications du Gaaf</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Rencontre autour de la crémation. Actes de la 13e Rencontre du GAAF, salle du Sénéchal, Toulouse 30 mai - 1er juin 2022, 13, pp.325-334</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1523,546 +1523,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05063775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ensemble monumental du Pâtis à Vieillevigne (Loire-Atlantique) : un nouvel exemple de complexe sur cour laténien en Gaule</w:t>
+                <w:t xml:space="preserve">La nécropole de Vannes/&amp;lt;em&amp;gt;Darioritum&amp;lt;/em&amp;gt; : données inédites sur les pratiques funéraires armoricaines dans un secteur occupé du I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; au IV&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. apr. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
+                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Paradis-Grenouillet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+                <w:t xml:space="preserve">Marianne Alascia Morado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 81, pp.7-31. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/124ap⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 81, pp.101-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12daj⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04670773v1</w:t>
+                <w:t xml:space="preserve">halshs-04715347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nécropole de Vannes/&amp;lt;em&amp;gt;Darioritum&amp;lt;/em&amp;gt; : données inédites sur les pratiques funéraires armoricaines dans un secteur occupé du I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; au IV&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. apr. J.-C.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’ensemble monumental du Pâtis à Vieillevigne (Loire-Atlantique) : un nouvel exemple de complexe sur cour laténien en Gaule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Grall</w:t>
+                <w:t xml:space="preserve">Sandrine Paradis-Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Wassong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 81, pp.101-154. </w:t>
+              <w:t xml:space="preserve">, 2024, 81, pp.7-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12daj⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/124ap⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04715347v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04670773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pratiques et les espaces funéraires antiques en Normandie occidentale : premiers résultats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les pratiques funéraires de la nécropole antique de Vannes (Morbihan) révélées par l’étude du mobilier céramique et du verre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Alascia Morado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Normandie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/annor.731.0161⟩</w:t>
+              <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rao.9364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02131699v1</w:t>
+                <w:t xml:space="preserve">halshs-04330650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pratiques funéraires de la nécropole antique de Vannes (Morbihan) révélées par l’étude du mobilier céramique et du verre</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les pratiques et les espaces funéraires antiques en Normandie occidentale : premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Paez-Rezende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Nivez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Piolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 39, </w:t>
+              <w:t xml:space="preserve">Annales de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Far West ? La Normandie antique et les marges nord-ouest de l’Empire romain, 2023/1 (73e Année), pp.161-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rao.9364⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/annor.731.0161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04330650v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sépultures isolées en Normandie occidentale durant le Haut Empire : définition et rôle dans la structuration des territoires</w:t>
               </w:r>
@@ -2297,310 +2297,310 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02974278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un monument funéraire du Haut-Empire aux confins de la cité des Carnutes à Boinville-en-Mantois (Yvelines)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évreux (Eure), 14 et 16 rue de Bellevue : du nouveau sur la nécropole antique du Clos au Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Laurey</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Irène Béguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Céline Mauduit</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
-[...24 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journeés archéologiques de Normandie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.117 - 129</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02132378v1</w:t>
+                <w:t xml:space="preserve">hal-02151387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évreux (Eure), 14 et 16 rue de Bellevue : du nouveau sur la nécropole antique du Clos au Duc</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un monument funéraire du Haut-Empire aux confins de la cité des Carnutes à Boinville-en-Mantois (Yvelines)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Laurey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mauduit</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journeés archéologiques de Normandie </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monumentum fecit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> : Monuments funéraires de Gaule romaine, 76 (1), pp.227-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gallia.4681⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02151387v1</w:t>
+                <w:t xml:space="preserve">hal-02132378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherches en cours sur les structures funéraires en Basse-Normandie : l’atelier 6 du PCR ARBANO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Paez-Rezende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2632,243 +2632,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sous les scories, une nécropole : un petit ensemble funéraire du Haut-Empire (Coulans-sur-Gée, Les Brochardières, Sarthe)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La nécropole à crémations du Bronze final de Tigéry - Z.A.C. du Plessis-Saucourt (Essonne). État de la recherche.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mafalda Roscio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14, pp.44-51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02131853v1</w:t>
+                <w:t xml:space="preserve">halshs-01470261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nécropole à crémations du Bronze final de Tigéry - Z.A.C. du Plessis-Saucourt (Essonne). État de la recherche.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sous les scories, une nécropole : un petit ensemble funéraire du Haut-Empire (Coulans-sur-Gée, Les Brochardières, Sarthe)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33, pp.209 - 220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rao.3461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01470261v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nécropole aristocratique rurale des II&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. à Vâton (Falaise, Calvados) dans la cité des Viducasses</w:t>
               </w:r>
@@ -2893,51 +2893,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Piolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2991,471 +2991,497 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01715488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligné (44) : une aire funéraire des 11e - 12e siècles entre église et chapelle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Édith Peytremann</w:t>
+                <w:t xml:space="preserve">L'impossible crémation altomédiévale ? Quand l'archéologie construit une &amp;quot;mémoire&amp;quot; des pratiques funéraires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Noterman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Nivez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Dreillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées régionales de l'archéologie en Pays de la Loire 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Drac des Pays de la Loire, Mar 2025, Mayenne, France</w:t>
+              <w:t xml:space="preserve">La pratique de la crémation en Gaule franque (Ve-IXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4e RDV du GAAF, Mar 2026, Caen (MRSH), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04986607v1</w:t>
+                <w:t xml:space="preserve">halshs-05558867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nécropole de Villeneuve-en-Retz (44) : un espace funéraire sur près d'un millénaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Raudin</w:t>
+                <w:t xml:space="preserve">Dépôt pluriel et crémation primaire carolingienne à Bonneuil-en-France (Val d'Oise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Ben Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées régionales de l'archéologie des Pays de la Loire 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRAC des Pays de la Loire, Mar 2025, Mayenne, France</w:t>
+              <w:t xml:space="preserve">La pratique de la crémation en Gaule franque (Ve-IXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4e RDv du GAAF, Mar 2026, Caen (MRSH), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04986592v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05558879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vinneuf (Yonne) : 8000 ans d’occupation funéraire du Mésolithique à La Tène moyenne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ligné (44) : une aire funéraire des 11e - 12e siècles entre église et chapelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édith Peytremann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Élodie Wermuth</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Dreillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e Rencontres Nord/Sud de Préhistoire récente. La place des morts chez les vivants. Architecture, mémoire et rituels de la fin du Mésolithique à l'âge du Bronze</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aprab; InterNéo; Rencontres mériodionales de Préhistoire récente, Apr 2022, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Journées régionales de l'archéologie en Pays de la Loire 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Drac des Pays de la Loire, Mar 2025, Mayenne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03652529v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04986607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nécropole antique de Vannes (56), 15 avenue Édouard Herriot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+                <w:t xml:space="preserve">La nécropole de Villeneuve-en-Retz (44) : un espace funéraire sur près d'un millénaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Raudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée régionale de l'archéologie de Bretagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRAC Bretagne, Apr 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journées régionales de l'archéologie des Pays de la Loire 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRAC des Pays de la Loire, Mar 2025, Mayenne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03652536v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04986592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique (marginale) de la crémation à la période carolingienne : les exemples de la Chapelle-Saint-Mesmin (Loiret) et de Bonneuil-en-France (Val-d'Oise)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boursier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Treizième rencontre du GAAF. Rencontre autour de la crémation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupement d'anthropologie et d'archéologie funéraire, May 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3474,321 +3500,580 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un secteur de la nécropole antique de Vannes (56)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La nécropole antique de Vannes (56), 15 avenue Édouard Herriot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire archéologique de l'Ouest - Rencontres interdisciplinaires autour de l'archéo-anthropologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rennes 2, Mar 2020, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journée régionale de l'archéologie de Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRAC Bretagne, Apr 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02507877v1</w:t>
+                <w:t xml:space="preserve">halshs-03652536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cormeilles-en-Parisis (95) - &amp;quot; ZAC des Bois Rochefort &amp;quot; - Fouille préventive d'une nécropole du Bas-Empire et d'un établissement rural de La Tène finale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vinneuf (Yonne) : 8000 ans d’occupation funéraire du Mésolithique à La Tène moyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Wermuth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des journées archéologiques d'Ile-de-France : 2004-2005-2009-2010-2011. journée archéologique d'Ile-de-France 19 novembre 2011, Paris, Service Régional de l'Archéologie - DRAC Ile-de-France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Créteil, France. p. 367-377</w:t>
+              <w:t xml:space="preserve">4e Rencontres Nord/Sud de Préhistoire récente. La place des morts chez les vivants. Architecture, mémoire et rituels de la fin du Mésolithique à l'âge du Bronze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aprab; InterNéo; Rencontres mériodionales de Préhistoire récente, Apr 2022, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00777264v1</w:t>
+                <w:t xml:space="preserve">halshs-03652529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Un secteur de la nécropole antique de Vannes (56)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire archéologique de l'Ouest - Rencontres interdisciplinaires autour de l'archéo-anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rennes 2, Mar 2020, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02507877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cormeilles-en-Parisis (95) - &amp;quot; ZAC des Bois Rochefort &amp;quot; - Fouille préventive d'une nécropole du Bas-Empire et d'un établissement rural de La Tène finale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pimpaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes des journées archéologiques d'Ile-de-France : 2004-2005-2009-2010-2011. journée archéologique d'Ile-de-France 19 novembre 2011, Paris, Service Régional de l'Archéologie - DRAC Ile-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Créteil, France. p. 367-377</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00777264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’église Saint-Pierre de Thaon : résultats des fouilles 2004</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seizième séance du GTR Inhumation en contexte religieux, Caen 19 novembre 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03241269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pratique de la crémation en Gaule franque (Ve-IXe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Nivez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Noterman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4e Rendez-vous du Groupe d'anthropologie et d'archéologie funéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Caen (MRSH), France. 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rencontre autour de la crémation - Groupe d'anthropologie et d'archéologie funéraire [Pré-actes]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3843,51 +4128,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour de la crémation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Toulouse, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04766725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3897,51 +4182,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique de la crémation durant le premier Moyen Âge : une relecture des interprétations archéologiques pour une reconstruction mémorielle a posteriori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3970,228 +4255,228 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour de la mémoire : souvenir et oubli des défunts de la Préhistoire à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Grenoble, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05063828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux exemples de sépultures privilégiées à Juliobona (Lillebonne, Seine-Maritime). Pratiques funéraires de l'élite calète au Haut-Empire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malina Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Wech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe d'anthropologie et d'archéologie funéraire 2020-2021. Rencontre autour des funérailles. Des os et des larmes. Préparer les corps, pleurer et honorer les morts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Chartres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03174260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fouille préventive de nécropoles à incinération : protocole de terrain et analyse critique. Exemple de trois ensembles funéraires : la nécropole protohistoriques du Causse à Labruguière (Tarn, 81), la nécropole antique des Dunes à Poitiers (Vienne, 86 ) et les ensembles funéraires gallo-romains de « La Marlière » à Courcelles-lès-Lens (Pas-de-Calais, 62).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe d'anthropologie et d'archéologie funéraire. Rencontre autour de « nouvelles approches de l’archéologie funéraire »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Paris, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02133657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4201,486 +4486,486 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse sur l'Antiquité romaine dans le département de l'Eure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Spiesser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Hartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carte archéologique de la Gaule. L'Eure (27/2).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'activité 2014. PCR Archéologie des nécropoles mérovingiennes en Ile-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Le Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, 111 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01187564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, Saint-Louet II, Authie (14), Eveha</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, Angles (85), Eveha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Clezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2013, 262 p</w:t>
+              <w:t xml:space="preserve">2013, 173 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01187549v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, Angles (85), Eveha</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, Saint-Louet II, Authie (14), Eveha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Clezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2013, 173 p</w:t>
+              <w:t xml:space="preserve">2013, 262 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01187550v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, « La Main Delle » à Bourguébus (14), Inrap Grand Ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Villaregut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, 230 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01187556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, Projet décathlon, Cagny (14), Service d'Archéologie du Calvados</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">May Coussirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4688,3448 +4973,3566 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011, 180 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01187547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, « Les mézerettes » à Fleury-sur-Orne (14), Inrap Grand Ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lepaumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011, 440 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01187542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (31)</w:t>
+        <w:t xml:space="preserve">Rapport (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport d'opération. Fouille archéologique. 2 rue du Mur. Voie et bâtiment gallo-romain. Nécropole alto-médiévale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éric Mare</w:t>
+                <w:t xml:space="preserve">Vue (Loire-Atlantique), 5 rue de la Tannerie - 6 rue du Four Banal : Une occupation médiévale et moderne et de rares vestiges gaulois : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Coffineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Dreillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GO. 2025, pp.490</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Mortreau</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">halshs-04980711v1</w:t>
+                <w:t xml:space="preserve">halshs-05560828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">«Ligné, rue des Palmiers» Une aire funéraire des XIe-XIIe siècles, entre église et chapelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Rapport d'opération. Fouille archéologique. 2 rue du Mur. Voie et bâtiment gallo-romain. Nécropole alto-médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Mare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Coffineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mortreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édith Peytremann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...39 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GO. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Deloze</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-05486209v1</w:t>
+                <w:t xml:space="preserve">halshs-04980711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lion-sur-Mer (14), ancien cimetière paroissial</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">«Ligné, rue des Palmiers» Une aire funéraire des XIe-XIIe siècles, entre église et chapelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édith Peytremann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cabanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GO. 2025, pp.231</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Dubois</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-04425826v1</w:t>
+                <w:t xml:space="preserve">halshs-05486209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillevigne (44), Le Pâtis-Tranche 1A. un ensemble monumental gaulois dans la vallée de la Maine.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lion-sur-Mer (14), ancien cimetière paroissial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Tixier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Pacory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">vol. 1, Craham - UMR 6273 CNRS-Unicaen. 2024, 452 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Archer</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-04186561v1</w:t>
+                <w:t xml:space="preserve">hal-04425826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Moutiers en Retz (44), ZAC du Quartier du diable.</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vannes (56), 15 avenue Édouard Herriot. Études complémentaires de la nécropole antique de Vannes-Darioritum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Alascia-Morado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha. 2022, 192 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Barracand</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">halshs-03762018v1</w:t>
+                <w:t xml:space="preserve">halshs-03600556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lion-sur-Mer (14), Église Saint-Pierre, ancien cimetière paroissial. Rapport final d'opération archéologique (sondages)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pacory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Vol. 1, Éveha – Études et valorisations archéologiques (Limoges) - SRA Normandie. 2022, 172 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03599442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vannes (56), 15 avenue Édouard Herriot. Études complémentaires de la nécropole antique de Vannes-Darioritum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+                <w:t xml:space="preserve">Vieillevigne (44), Le Pâtis-Tranche 1A. un ensemble monumental gaulois dans la vallée de la Maine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Alascia-Morado</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie Grall</w:t>
+                <w:t xml:space="preserve">marion connan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Crivellaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha. 2022, 192 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2022, pp.413</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03600556v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination et synthèse des travaux de l'axe consacré aux caractéristiques de la population</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les Moutiers en Retz (44), ZAC du Quartier du diable.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Barracand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Dréano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Spiesser</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-03546664v1</w:t>
+                <w:t xml:space="preserve">halshs-03762018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rennes (35), Place de la Trinité. L'occupation d'un îlot urbain depuis l'Antiquité jusqu'à nos jours au regard des éléments structurants du paysage : le castrum, la douve du château ducal et l'hôtel des monnaies</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coordination et synthèse des travaux de l'axe consacré aux caractéristiques de la population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Spiesser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Caux Seine Agglo. 2021, pp.172-178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie-Aude Berthon</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-05523941v1</w:t>
+                <w:t xml:space="preserve">halshs-03546664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carhaix-Plouguer (29), ZAC de Kergorvo, Zone 5. Foyers à pierres chauffées néolithiques et petit ensemble funéraire tardo-antique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Lotton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Bretagne. 2019, pp.211</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carhaix-Plouguer (29), Kergorvo-Kerconan, zone 5. Foyers à pierres chauffées néolithiques et petit ensemble funéraire tardo-antique.</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha. 2019</w:t>
+                <w:t xml:space="preserve">Rennes (35), Place de la Trinité. L'occupation d'un îlot urbain depuis l'Antiquité jusqu'à nos jours au regard des éléments structurants du paysage : le castrum, la douve du château ducal et l'hôtel des monnaies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Gaugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Barracand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Bellavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie-Aude Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Bretagne. 2019, pp.Volume 1 (557), volume 2 (302)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03158900v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint Folquin (62), rue du Gibet. Évolution des occupations antiques et médiévales au sein de la plaine maritime flamande.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valentina Bellavia</w:t>
+                <w:t xml:space="preserve">Carhaix-Plouguer (29), Kergorvo-Kerconan, zone 5. Foyers à pierres chauffées néolithiques et petit ensemble funéraire tardo-antique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Lotton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] EVEHA. 2018</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03733285v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03158900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carhaix-Plouguer (29), Kergorvo-Kerconan, Zone 6</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Lotton</w:t>
+                <w:t xml:space="preserve">Saint Folquin (62), rue du Gibet. Évolution des occupations antiques et médiévales au sein de la plaine maritime flamande.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Lhommel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Bellavia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie de Bretagne. 2018, pp.269</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] EVEHA. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05529828v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03733285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kergorvo-Kerconan, Zone 6 : Site d'extraction pluriséculaire et occupation funéraire antique. Rapport final d'opération archéologique (fouille préventive)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Carhaix-Plouguer (29), Kergorvo-Kerconan, Zone 6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Lotton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Bretagne. 2018</w:t>
+              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie de Bretagne. 2018, pp.269</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02133660v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05529828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruère-Allichamps (18), Abbaye de Noirlac. Bâtiment logistique et réseaux afférents</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amélie-Aude Berthon</w:t>
+                <w:t xml:space="preserve">Kergorvo-Kerconan, Zone 6 : Site d'extraction pluriséculaire et occupation funéraire antique. Rapport final d'opération archéologique (fouille préventive)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Lotton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie du Centre-Val-de-Loire. 2017, pp.299</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Bretagne. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05539605v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valognes (50) La Victoire, la Chasse de la Croix Varin – Prospection géophysique, sections AS 133, 140, 217, 251, 274, 294, 339 et 340. Rapport final d'opération 2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Piolot</w:t>
+                <w:t xml:space="preserve">Bruère-Allichamps (18), Abbaye de Noirlac. Bâtiment logistique et réseaux afférents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Anctil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie-Aude Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Craham; SRA Normandie. 2017</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Djerbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie du Centre-Val-de-Loire. 2017, pp.299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02133438v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valognes (50), La Victoire, La Chasse de la Croix Varin. Rapport de fouille archéologique programmée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Valognes (50) La Victoire, la Chasse de la Croix Varin – Prospection géophysique, sections AS 133, 140, 217, 251, 274, 294, 339 et 340. Rapport final d'opération 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Piolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Normandie. 2016</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Craham; SRA Normandie. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02133431v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier 6 : Cultuel et funéraire . In Cécile Allinne et Gaël Léon (dir.), &amp;quot;Arbano, L’Antiquité en Basse-Normandie&amp;quot;, Projet collectif de recherche, 2015, 5e année</w:t>
+                <w:t xml:space="preserve">Évreux, 14 - 16 rue de Bellevue. La nécropole antique du Clos du Duc. Rapport final d'opération archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Haute-Normandie. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Duclos</w:t>
-[...59 lines deleted...]
-                <w:t xml:space="preserve">hal-02442450v1</w:t>
+                <w:t xml:space="preserve">hal-02133426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vinneuf (89), « Le Châtelot », « Les Aulnes » Rapport final d'opération archéologique (fouilles préventives 2012).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Valognes (50), La Victoire, La Chasse de la Croix Varin. Rapport de fouille archéologique programmée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Piolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Issenmann</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Bourgogne. 2016, pp.386</w:t>
+                <w:t xml:space="preserve">Alexandra Gasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Normandie. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02141741v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aigrefeuille-sur-Maine (44), Les Ténauderies. Un établissement rural gaulois au sud de la Loire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atelier 6 : Cultuel et funéraire . In Cécile Allinne et Gaël Léon (dir.), &amp;quot;Arbano, L’Antiquité en Basse-Normandie&amp;quot;, Projet collectif de recherche, 2015, 5e année</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Toron</w:t>
+                <w:t xml:space="preserve">Karine Chanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Gourmelon</w:t>
+                <w:t xml:space="preserve">Caroline Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jeanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Lierville</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+                <w:t xml:space="preserve">Gael Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2016, pp.724</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Régional d'Archéologie de Normandie. 2016, pp.240-277</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04577981v1</w:t>
+                <w:t xml:space="preserve">hal-02442450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évreux, 14 - 16 rue de Bellevue. La nécropole antique du Clos du Duc. Rapport final d'opération archéologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vinneuf (89), « Le Châtelot », « Les Aulnes » Rapport final d'opération archéologique (fouilles préventives 2012).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Issenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mafalda Roscio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Haute-Normandie. 2016</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Bourgogne. 2016, pp.386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02133426v1</w:t>
+                <w:t xml:space="preserve">halshs-02141741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tigéry (91), Z.A.C. de Tigéry Est, secteurs 1 et 2 - Le Plessis-Saucourt, une nécropole du Bronze final et un enclos laténien. Rapport final d'opération archéologique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Aigrefeuille-sur-Maine (44), Les Ténauderies. Un établissement rural gaulois au sud de la Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Toron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Lierville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...13 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2016, pp.724</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Le Clézio</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-02133423v1</w:t>
+                <w:t xml:space="preserve">hal-04577981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Courcelles-lès-Lens (62), «Éco-quartier de La Marlière, tranche 6</w:t>
+                <w:t xml:space="preserve">Courcelles-lès-lens (62), « Éco-quartier de la Marlière, tranche 6 », Rapport final d'opération archéologique, Eveha (Limoges, F), 3 vol., SRA Nord-Pas-de-Calais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bron</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] EVEHA Limoges. 2015</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Nord-Pad-de-Calais; Eveha. 2015, 693 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03732655v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Courcelles-lès-lens (62), « Éco-quartier de la Marlière, tranche 6 », Rapport final d'opération archéologique, Eveha (Limoges, F), 3 vol., SRA Nord-Pas-de-Calais</w:t>
+                <w:t xml:space="preserve">Courcelles-lès-Lens (62), «Éco-quartier de La Marlière, tranche 6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Blondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chauvin</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA Nord-Pad-de-Calais; Eveha. 2015, 693 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] EVEHA Limoges. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01187580v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03732655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Chapelle Saint-Mesmin (45), Les Chesnats, Le Placeau. Rapport final d'opération</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tigéry (91), Z.A.C. de Tigéry Est, secteurs 1 et 2 - Le Plessis-Saucourt, une nécropole du Bronze final et un enclos laténien. Rapport final d'opération archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Clézio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Ile de France. 2015, pp.287</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Aude Berthon</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-01187555v1</w:t>
+                <w:t xml:space="preserve">hal-02133423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, Cormeilles-en-Parisis (95) - « ZAC des Bois Rochefort » - Fouille préventive d’une nécropole du Bas-Empire et d’un établissement rural de La Tène finale, Eveha</w:t>
+                <w:t xml:space="preserve">La Chapelle Saint-Mesmin (45), Les Chesnats, Le Placeau. Rapport final d'opération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Pimpaud</w:t>
+                <w:t xml:space="preserve">Fabien Loubignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Jaffrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA Ile de France; Eveha. 2013, 580 p</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Aude Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bidault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Centre-Val de Loire; Eveha. 2015, 349 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01187552v1</w:t>
+                <w:t xml:space="preserve">hal-01187555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houppeville (76), rue Paul Langevin. Rapport de fouille d'archéologie préventive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Michel</w:t>
+                <w:t xml:space="preserve">Rapport de fouille d'archéologie préventive, Cormeilles-en-Parisis (95) - « ZAC des Bois Rochefort » - Fouille préventive d’une nécropole du Bas-Empire et d’un établissement rural de La Tène finale, Eveha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pimpaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Haute-Normandie. 2013, 134 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Laurey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Ile de France; Eveha. 2013, 580 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01187554v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nécropole protohistorique du Causse - Partie orientale - Labruguière, Tarn (81)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jessica Galy</w:t>
+                <w:t xml:space="preserve">Houppeville (76), rue Paul Langevin. Rapport de fouille d'archéologie préventive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha; SRA Haute-Normandie. 2013, 134 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeannie Cadeilhan-Kérébel</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-01187535v1</w:t>
+                <w:t xml:space="preserve">hal-01187554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cormeilles-en-Parisis (Val d'Oise) &amp;quot; Z.A.C. Les Bois Rocheforts &amp;quot;. Fouille préventive d'une nécropole du Bas-Empire et d'un établissement rural de La Tène finale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Pimpaud</w:t>
+                <w:t xml:space="preserve">La nécropole protohistorique du Causse - Partie orientale - Labruguière, Tarn (81)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Buffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Galy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Actes des journées archéologiques d'Île-de-France 2004-2005-2009-2010-2011, Service Régional de l'Archéologie, vol. 2. 2012, pp.367-377</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeannie Cadeilhan-Kérébel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Masbernat-Buffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Mosaiques Archéologie; SRA Midi-Pyrénées. 2012, pp.1005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00771228v1</w:t>
+                <w:t xml:space="preserve">hal-01187535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Rapport d'étude), Vâton, Rapport final d'opération, fouille programmée, seconde campagne de fouille (16-2009-26), année 2009, Direction Générale Adjointe Jeunesse, Culture et Territoires, Service d'Archéologie</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Niel</w:t>
+                <w:t xml:space="preserve">Cormeilles-en-Parisis (Val d'Oise) &amp;quot; Z.A.C. Les Bois Rocheforts &amp;quot;. Fouille préventive d'une nécropole du Bas-Empire et d'un établissement rural de La Tène finale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pimpaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2009, 143 p., 55 fig</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Actes des journées archéologiques d'Île-de-France 2004-2005-2009-2010-2011, Service Régional de l'Archéologie, vol. 2. 2012, pp.367-377</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00467844v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">(Rapport d'étude), Vâton, Rapport final d'opération, fouille programmée, seconde campagne de fouille (16-2009-26), année 2009, Direction Générale Adjointe Jeunesse, Culture et Territoires, Service d'Archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hincker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2009, 143 p., 55 fig</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00467844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rapport : Thaon (Calvados), Église Saint-Pierre, fouille programmée pluriannuelle 2007-2009</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRAC-SRA Basse-Normandie. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00337112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId203"/>
+      <w:footerReference w:type="default" r:id="rId208"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8197,51 +8600,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A52C24ED"/>
+    <w:nsid w:val="F563ED93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8428,51 +8831,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vanessa-brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-7588-5117" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243725620" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05063735v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle de Kepper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nivez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Prouin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132480v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Giraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouanin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Delalande" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Coussirat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04832654v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Noterman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59641/e3h9b0c1d2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05088866v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Wermuth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Poirier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Roscio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04248368v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ben Kaddour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boursier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05089788v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02293585v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132398v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lelarge" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paillard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tixier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131960v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Blondeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05063775v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04670773v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dufay-Garel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Paradis-Grenouillet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Wassong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/124ap" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04715347v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Le Martret" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Alascia Morado" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12daj" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131699v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Paez-Rezende" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jeanne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0161" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330650v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.9364" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131667v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0241" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04027474v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Berthon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02974278v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malina Robert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132378v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laurey" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mauduit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.4681" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02151387v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne B&#233;guier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gomez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131741v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131853v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mayer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.3461" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470261v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01715488v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hincker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Alduc-Le Bagousse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04986607v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Peytremann" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dreillard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04986592v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Raudin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03652529v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03652536v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03688200v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507877v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777264v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pimpaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03241269v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Niel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04766725v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05063828v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174260v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wech" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hernot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133657v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897768v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Spiesser" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Ferreira" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hartz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bossard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187564v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Forestier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187549v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Clezio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187550v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187556v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Villaregut" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187547v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Giraud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187542v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lepaumier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04980711v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mare" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mortreau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05486209v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425826v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pacory" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Thierry" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186561v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Archer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=marion connan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Crivellaro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03762018v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Barracand" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03599442v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03600556v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Alascia-Morado" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03546664v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Spiesser" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523941v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Gaug&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie-Aude Berthon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496968v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lotton" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03158900v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03733285v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lhommel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529828v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133660v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539605v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pignot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anctil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133438v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133431v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Husson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gasson" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442450v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chanson" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duclos" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael L&#233;on" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02141741v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Issenmann" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577981v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Toron" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gourmelon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lierville" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133426v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133423v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732655v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Adam" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187580v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chauvin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187555v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Loubignac" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jaffrot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Aude Berthon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bidault" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187552v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pimpaud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187554v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Michel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187535v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Galy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannie Cadeilhan-K&#233;r&#233;bel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Masbernat-Buffat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771228v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467844v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marie" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337112v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delahaye" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vanessa-brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-7588-5117" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243725620" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05063735v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle de Kepper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nivez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Prouin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132480v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Giraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouanin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Delalande" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Coussirat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04832654v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Noterman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59641/e3h9b0c1d2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05088866v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Wermuth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Poirier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Roscio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05089788v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04248368v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ben Kaddour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boursier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132398v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lelarge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paillard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tixier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02293585v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131960v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Blondeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05063775v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04715347v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Le Martret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Alascia Morado" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12daj" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04670773v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dufay-Garel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Paradis-Grenouillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Wassong" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/124ap" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330650v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.9364" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131699v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Paez-Rezende" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jeanne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0161" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131667v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0241" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04027474v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Berthon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02974278v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malina Robert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02151387v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne B&#233;guier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gomez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mauduit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132378v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laurey" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.4681" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131741v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470261v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131853v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mayer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.3461" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01715488v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hincker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Alduc-Le Bagousse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05558867v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05558879v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04986607v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Peytremann" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dreillard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04986592v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Raudin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03688200v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03652536v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03652529v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507877v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777264v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pimpaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03241269v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Niel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559488v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04766725v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05063828v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174260v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wech" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hernot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133657v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897768v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Spiesser" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Ferreira" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hartz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bossard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187564v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Forestier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187550v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Clezio" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187549v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187556v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Villaregut" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187547v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Giraud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187542v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lepaumier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05560828v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lem&#233;e" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04980711v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mare" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mortreau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05486209v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425826v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pacory" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Thierry" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03600556v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Alascia-Morado" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03599442v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186561v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Archer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=marion connan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Crivellaro" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03762018v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Barracand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03546664v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Spiesser" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496968v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lotton" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523941v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Gaug&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie-Aude Berthon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03158900v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03733285v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lhommel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529828v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133660v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539605v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pignot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anctil" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133438v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133426v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133431v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Husson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gasson" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442450v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chanson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duclos" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael L&#233;on" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02141741v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Issenmann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577981v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Toron" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gourmelon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lierville" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187580v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chauvin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732655v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Adam" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02133423v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187555v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Loubignac" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jaffrot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Aude Berthon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bidault" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187552v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pimpaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187554v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Michel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187535v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Galy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannie Cadeilhan-K&#233;r&#233;bel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Masbernat-Buffat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771228v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467844v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marie" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337112v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delahaye" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>