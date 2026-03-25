--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -156,546 +156,546 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que font les entreprises canadiennes lorsque les actionnaires manifestent leur mécontentement dans le cadre du vote consultatif sur la rémunération des hauts dirigeants ?</w:t>
+                <w:t xml:space="preserve">Industry 4.0 and AI Amid Economic Uncertainty: Implications for Sustainable Markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+                <w:t xml:space="preserve">Saad Al Shammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Coulmont</w:t>
+                <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Serret</w:t>
+                <w:t xml:space="preserve">Sunil Tiwari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Si Mohammed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/resg.167.0039⟩</w:t>
+              <w:t xml:space="preserve">Research in International Business and Finance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.102773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ribaf.2025.102773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05363823v1</w:t>
+                <w:t xml:space="preserve">hal-04929601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of crypto price fluctuations on crypto mining, and CO2 emissions amid geopolitical risk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imran Yousaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Si Mohammed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umair Bin Yousaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finance Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 72, pp.106551. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.frl.2024.106551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04879017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The environmental and social performance of firms and the impact of different types of institutional ownership: A French perspective</w:t>
+                <w:t xml:space="preserve">Que font les entreprises canadiennes lorsque les actionnaires manifestent leur mécontentement dans le cadre du vote consultatif sur la rémunération des hauts dirigeants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houssein Ballouk</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in International Business and Finance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 73, pp.102558. </w:t>
+              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, nº 167 (2), pp.39-64. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ribaf.2024.102558⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/resg.167.0039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04691311v1</w:t>
+                <w:t xml:space="preserve">hal-05363823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Industry 4.0 and AI Amid Economic Uncertainty: Implications for Sustainable Markets</w:t>
+                <w:t xml:space="preserve">The environmental and social performance of firms and the impact of different types of institutional ownership: A French perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saad Al Shammari</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Houssein Ballouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sunil Tiwari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kamel Si Mohammed</w:t>
+                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in International Business and Finance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, pp.102773. </w:t>
+              <w:t xml:space="preserve">, 2025, 73, pp.102558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ribaf.2025.102773⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ribaf.2024.102558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04929601v1</w:t>
+                <w:t xml:space="preserve">hal-04691311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Green Bonds on Climate Risk Amid Economic and Environmental policy uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Si Mohammed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Urom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -742,77 +742,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of renewable energy and carbon dioxide emissions on the ESG market in European Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Si Mohammed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugur Korkut Pata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustafa Tevfik Kartal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -859,64 +859,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of artificial intelligence and fintech in promoting eco-friendly investments and non-greenwashing practices in the US market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Si Mohammed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Ben Jabeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -970,2029 +970,2055 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Governance and digital transformation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Assessing the influence of climate risk, carbon allowances, and technological factors on the ESG market in the European union</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugur Korkut Pata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Si Mohammed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustafa Tevfik Kartal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Borsa Istanbul Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24, pp.828 - 837. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bir.2024.04.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04541106v1</w:t>
+                <w:t xml:space="preserve">hal-05553243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les administrateurs indépendants perçoivent-ils les pratiques socialement responsables après la crise sanitaire de Covid-19 ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Governance and digital transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hilary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Question(s) de Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180998v1</w:t>
+                <w:t xml:space="preserve">hal-04541106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ratio d'équité et démocratie actionnariale au Canada</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+                <w:t xml:space="preserve">Comment les administrateurs indépendants perçoivent-ils les pratiques socialement responsables après la crise sanitaire de Covid-19 ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 158 (5), pp.309-336. </w:t>
+              <w:t xml:space="preserve">Question(s) de Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (45), pp.169-179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/resg.158.0309⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/qdm.225.0169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04325842v1</w:t>
+                <w:t xml:space="preserve">hal-04180998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Institutionalisation of Shareholder Activism in Canada</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ratio d'équité et démocratie actionnariale au Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Coulmont</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Gagné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de gouvernance d'entreprise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 158 (5), pp.309-336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/resg.158.0309⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04041203v1</w:t>
+                <w:t xml:space="preserve">hal-04325842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bankruptcy prediction using fuzzy convolutional neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Ben Jabeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in International Business and Finance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.101844. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ribaf.2022.101844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéant Pharmaceuticals International et ses pratiques défaillantes en matière de gouvernance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestion 2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Volume 39 (4), pp.89-110. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/g2000.394.0089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04003534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The adoption of voluntary Say-on-Pay</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Institutionalisation of Shareholder Activism in Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Coulmont</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gagné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de gouvernance d'entreprise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n°24, pp.9-47</w:t>
+              <w:t xml:space="preserve">, 2022, 26, pp.33-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03550420v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of COVID-19 pandemic on crude oil prices: Evidence from Econophysics approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheima Gharib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Mefteh-Wali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Ben Jabeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resources Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 74, pp.102392. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resourpol.2021.102392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles sont les incitations à l'engagement actionnarial ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carol-Anne Loher-Delalune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (300), pp.131-151. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/rfg.2021.00572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Say on Pay au Canada - Quelles sont les raisons d’un cadre non contraignant pour la rémunération des hauts dirigeants des sociétés de la Bourse de Toronto ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">The adoption of voluntary Say-on-Pay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de gouvernance d'entreprise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 22-23, pp.91-113</w:t>
+              <w:t xml:space="preserve">, 2021, n°24, pp.9-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03168762v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’influence du système de gouvernance sur l’intégration des critères de responsabilité sociétale de l’entreprise dans la rémunération variable des dirigeants des sociétés de l’indice boursier SBF 120</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Le Say on Pay au Canada - Quelles sont les raisons d’un cadre non contraignant pour la rémunération des hauts dirigeants des sociétés de la Bourse de Toronto ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Souhir Khemir</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue française de gouvernance d'entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22-23, pp.91-113</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02417474v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes et enjeux de la responsabilité des conseils d’administration face au risque cybernétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Ben Jabeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Question(s) de Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, n°26 (4), pp.67. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/qdm.194.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Group thinking inside boards of directors : A model proposal</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">L’influence du système de gouvernance sur l’intégration des critères de responsabilité sociétale de l’entreprise dans la rémunération variable des dirigeants des sociétés de l’indice boursier SBF 120</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Khemir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/fcs.2183⟩</w:t>
+              <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 113 (3), pp.47-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/grhu.113.0047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02417702v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activisme des fonds de couverture et stratégie de défense des entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 44 (272), pp.51-67. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/rfg.2018.00235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02417707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le droit de vote des actionnaires sur la rémunération de leurs dirigeants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Group thinking inside boards of directors : A model proposal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Saint-Onge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/fcs.2183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/rfg.2017.00178⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02417710v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facteurs déterminants de la mise en place du Say on Pay au Canada</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Le droit de vote des actionnaires sur la rémunération de leurs dirigeants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Coulmont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 19-2, </w:t>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43 (268), pp.77-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/fcs.1783⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/rfg.2017.00178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417492v1</w:t>
+                <w:t xml:space="preserve">hal-02417710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Say on Pay on Executive Compensation of Firms Listed on the Toronto Stock Exchange</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les facteurs déterminants de la mise en place du Say on Pay au Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coulmont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal of business and management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5539/ijbm.v10n12p40⟩</w:t>
+              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/fcs.1783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02417538v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques de gouvernance et risque systématique des sociétés canadiennes. 37(212), 21–34.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maripier Drapeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue du Financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Canadian Shareholder Activism : A Study of Governance Proposals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Impact of Say on Pay on Executive Compensation of Firms Listed on the Toronto Stock Exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Donahue</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Sylvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/resg.105.0061⟩</w:t>
+              <w:t xml:space="preserve">International journal of business and management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5539/ijbm.v10n12p40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428181v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activisme actionnarial et responsabilité sociétale des entreprises au canada analyse des résolutions soumises par les actionnaires entre 2000 et 2013</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">The Impact of Canadian Shareholder Activism : A Study of Governance Proposals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Donahue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8 (1), pp.17. </w:t>
+              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 105 (6), pp.61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ror.081.0017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/resg.105.0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428192v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de la signalisation par un label au marché des fonds d'investissement éthiques. Une illustration par le label français CIES dédié à l'épargne salariale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestion 2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 30 (2), pp.121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3020,3545 +3046,3718 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Investors Value Sustainability Reports? A Canadian Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Activisme actionnarial et responsabilité sociétale des entreprises au canada analyse des résolutions soumises par les actionnaires entre 2000 et 2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corporate Social Responsibility and Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 19 (6), pp.355-363. </w:t>
+              <w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (1), pp.17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/csr.285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ror.081.0017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417765v1</w:t>
+                <w:t xml:space="preserve">hal-02428192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Do Investors Value Sustainability Reports? A Canadian Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corporate Social Responsibility and Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19 (6), pp.355-363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/csr.285⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Naissance de l’activisme actionnarial au Canada: un portrait de l’évolution des projets de résolution de 2000 à 2009. n°10 , pp. 67–92.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de gouvernance d'entreprise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'engagement actionnarial et la gouvernance climatique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Cartographier les écoles de commerce privées : recompositions organisationnelles et capacités de contribution aux transitions de l’enseignement supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Starck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Coulmont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46ème congrés de l'Association Francophone de Comptabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">Symposium International Projectique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2026, Agadir, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05081865v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écrire un manuel pédagogique en finance durable: challenges, principes d'écriture et co-construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barneto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dubocage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Labos1point5 ETES2025: Enseigner les Transitions Ecologiques et Sociales dans le Supérieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05155000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are contemporary artists organizations? Toward an organizational empowerment (1816 – present)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30èmes Journées d'Histoire du Management et des Organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association pour l'Histoire du Management et des Organisations, Mar 2025, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04921106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deinstitutionalization as an institutional strategic opportunity: Insights from the French art ecosystem (1816 – present)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24e Conférence Internationale de Gouvernance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Académique Internationale de Gouvernance, Jun 2025, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Say-on-climate peut-il être un outil de gouvernance climatique au service de l'innovation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Alioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Si Mohammed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Internationale de Gouvernance 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05114304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que font les entreprises canadiennes lorsque les actionnaires manifestent leur mécontentement dans le cadre du vote consultatif sur la rémunération des hauts dirigeants?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L'engagement actionnarial et la gouvernance climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coulmont</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème conférence internationale de gouvernance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">46ème congrés de l'Association Francophone de Comptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04534556v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05081865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The board of directors effect on the CSR executive compensation contracts : evidence from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein Ballouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Company and Climate Change Conference 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Hammamet (Tunisie), Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que font les entreprises canadiennes lorsque les actionnaires manifestent leur mécontentement dans le cadre du vote consultatif sur la rémunération des hauts dirigeants?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45ème Congrés de l'AFC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Dijon (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corporate social responsibility and executive compensation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein Ballouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 7th Edition of Ethical Finance and Sustainability Conference (EFS 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Leeds (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04569551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate resolutions filed by shareholders of listed companies in Canada: Towards a Say-on-Climate ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Que font les entreprises canadiennes lorsque les actionnaires manifestent leur mécontentement dans le cadre du vote consultatif sur la rémunération des hauts dirigeants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Spanish Conference on Social and Environmental Accounting Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Cordoue, Spain</w:t>
+              <w:t xml:space="preserve">23ème conférence internationale de gouvernance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04255193v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Say-on-climate all around the world: A tool to meet the challenge of climate change?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Climate resolutions filed by shareholders of listed companies in Canada: Towards a Say-on-Climate ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth Multinational Enterprise and Sustainable Development International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MESD Association, Nov 2023, New Delhi, India, India</w:t>
+              <w:t xml:space="preserve">14th Spanish Conference on Social and Environmental Accounting Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Cordoue, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04325891v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04255193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CLIMATE RESOLUTIONS FILED BY SHAREHOLDERS OF LISTED COMPANIES IN CANADA: TOWARDS A SAY-ON-CLIMATE?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Say-on-climate all around the world: A tool to meet the challenge of climate change?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Internationale de Gouvernance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Académique Internationale de Gouvernance, Jun 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">Sixth Multinational Enterprise and Sustainable Development International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MESD Association, Nov 2023, New Delhi, India, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04139685v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réponses des entreprises canadiennes aux activistes actionnariaux militant pour la divulgation du ratio d’équité salariale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">CLIMATE RESOLUTIONS FILED BY SHAREHOLDERS OF LISTED COMPANIES IN CANADA: TOWARDS A SAY-ON-CLIMATE?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association Francophone de Comptabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Conférence Internationale de Gouvernance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Académique Internationale de Gouvernance, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04139534v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04139685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bankruptcy prediction using fuzzy convolutional neural networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Les réponses des entreprises canadiennes aux activistes actionnariaux militant pour la divulgation du ratio d’équité salariale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Finance Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, University of Agder - Virtual, Norway</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association Francophone de Comptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03220559v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04139534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The birth and evolution of a shareholder social activist movement: the story of Médac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CSEAR FRANCE EMAN GLOBAL CONFERENCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Nantes ONLINE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’engagement actionnarial : Quels sont les motivations et les freins des actionnaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carol-Anne Loher-Delalune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrés du RIODD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The adoption of voluntary Say on Pay: The Canadian experience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+                <w:t xml:space="preserve">Bankruptcy prediction using fuzzy convolutional neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Ben Jabeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19 ème Conférence Internationale de Gouvernance (distanciel)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Clermont Ferrand, France</w:t>
+              <w:t xml:space="preserve">World Finance Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, University of Agder - Virtual, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02994714v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03220559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les facteurs explicatifs du mécontentement des actionnaires des sociétés du SBF 120</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Conférence Internationale de Gouvernance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Clermont Ferrand (distanciel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02994703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pouvoir des médias comme mécanisme de gouvernance sur la rémunération des dirigeants des sociétés de l’indice boursier SBF 120</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The adoption of voluntary Say on Pay: The Canadian experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Conférence Internationale de Gouvernance (CIG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">19 ème Conférence Internationale de Gouvernance (distanciel)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428132v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes et enjeux de la responsabilité des conseils d’administration face au risque cybernétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Ben Jabeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Colloque Annuel Propedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impact du vote dissident des actionnaires sur la rémunération des dirigeants des entreprises des sociétés de l’indice boursier SBF 120 entre 2013 et 2017</w:t>
+                <w:t xml:space="preserve">The adoption of voluntary Say-on-Pay: The Canadian Experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ème Congrès de l’Association Francophone de Comptabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">EURAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428135v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02445026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The adoption of voluntary Say-on-Pay: The Canadian Experience</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’impact du vote dissident des actionnaires sur la rémunération des dirigeants des entreprises des sociétés de l’indice boursier SBF 120 entre 2013 et 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">40ème Congrès de l’Association Francophone de Comptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02445026v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Say on Pay au Canada - Quelles sont les raisons d’un cadre non contraignant pour la rémunération des hauts dirigeants des sociétés de la Bourse de Toronto ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Conférence Internationale de Gouvernance (CIG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’influence du système de gouvernance sur l’intégration des critères de responsabilité sociétale de l’entreprise dans la rémunération variable des dirigeants français</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Le pouvoir des médias comme mécanisme de gouvernance sur la rémunération des dirigeants des sociétés de l’indice boursier SBF 120</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Souhir Khemir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème congrès du Réseau International de Recherche sur les Organisations et le Développement Durable (RIODD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Grenoble, France</w:t>
+              <w:t xml:space="preserve">19ème Conférence Internationale de Gouvernance (CIG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428144v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeant Pharmaceuticals International, Inc. et son gouvernement d’entreprise toxique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Le Say-on-Pay en situation de structure actionnariale concentrée – Le cas particulier du contexte juridique français de 2013 à 2016 (avant la loi Sapin 2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Conférence Internationale de Gouvernance (CIG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428147v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Say-on-Pay en situation de structure actionnariale concentrée – Le cas particulier du contexte juridique français de 2013 à 2016 (avant la loi Sapin 2)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Valeant Pharmaceuticals International, Inc. et son gouvernement d’entreprise toxique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Conférence Internationale de Gouvernance (CIG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428153v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le respect du principe d'indépendance des administrateurs - Problèmes et solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saint-Onge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Colloque Annuel Propedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La performance des fonds monétaires socialement responsables français (2008-2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Jm Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème congrès du Réseau International de Recherche sur les Organisations et le Développement Durable (RIODD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Say-on pay en situation de structure actionnariale concentréé-Le cas particulier du contexte juridique français de 2013 à 2016 (avant la loi Sapin 2)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">The Say-on-Pay in Canada: The invisible hand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Conférence Internationale de Gouvernance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Nice, France</w:t>
+              <w:t xml:space="preserve">41St Annual Congress of European Accounting Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02063693v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02445027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Say-on-Pay in Canada: The invisible hand</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le Say-on pay en situation de structure actionnariale concentréé-Le cas particulier du contexte juridique français de 2013 à 2016 (avant la loi Sapin 2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Coulmont</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41St Annual Congress of European Accounting Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Milan, Italy</w:t>
+              <w:t xml:space="preserve">17ème Conférence Internationale de Gouvernance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02445027v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02063693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’efficacité des conseils d’administration. Quelques pistes d’amélioration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saint-Onge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Conférence Internationale de Gouvernance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le reporting extra-financier selon la Global Reporting Initiative : normalisation ou contingence culturelle ? le cas du secteur financier de 2006 à 2011.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">L’influence du système de gouvernance sur l’intégration des critères de responsabilité sociétale de l’entreprise dans la rémunération variable des dirigeants français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khenissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Khemir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Colloque Annuel Propedia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">13ème congrès du Réseau International de Recherche sur les Organisations et le Développement Durable (RIODD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02466226v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Say-on-Pay have a deterrent effect on executive compensation? A Canadian study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40th Annual Congress of The European Accounting Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02445029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activisme des fonds de couverture et stratégie de défense des entreprises : le cas de la société canadienne Agrium Inc.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Conférence Internationale de Gouvernance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02466228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The behavior of French socially responsible fixed income funds during financial crises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Jm Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème congrès de l’ADERSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02466231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACTIVISME ACTIONNARIAL ET RESPONSABILITE SOCIALE DES ENTREPRISES AU CANADA : ANALYSE DES RESOLUTIONS SOUMISES PAR LES ACTIONNAIRES ENTRE 2000 ET 2011</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Le reporting extra-financier selon la Global Reporting Initiative : normalisation ou contingence culturelle ? le cas du secteur financier de 2006 à 2011.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Pensec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptabilité sans Frontières..The French Connection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Canada. pp.cd-rom</w:t>
+              <w:t xml:space="preserve">7ème Colloque Annuel Propedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01002373v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02466226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">ACTIVISME ACTIONNARIAL ET RESPONSABILITE SOCIALE DES ENTREPRISES AU CANADA : ANALYSE DES RESOLUTIONS SOUMISES PAR LES ACTIONNAIRES ENTRE 2000 ET 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Serret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptabilité sans Frontières..The French Connection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Canada. pp.cd-rom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01002373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impact de l'activisme actionnarial canadien : une étude des projets de résolution en lien avec la gouvernance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Donahue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptabilités, économie et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Montpellier, France. pp.cd-rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00646742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6568,499 +6767,499 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barneto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dubocage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions EMS, 2025, Management décarboné, FNEGE, 978-2-38630-190-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05054129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DSCG 2 Finance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barneto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Gregorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Benaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ouvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod, 2024, 9782100861583</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04714976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finance DSCG2 Réforme Expertise Comptable 2019-20 DUNOD. 746 pages P. Barneto G.Gregorio J-J Benaiem S. Ouvrard V. Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Barneto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Gregorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ouvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod, 2019, 9782100793716</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse Financière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hachette supérieur, 2011, 9782011460974</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03220720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes d'analyse financière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Ravily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hachette, 2009, 9782011460387</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03220712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7070,534 +7269,534 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contrat de site : porteur de la politique de gouvernance universitaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Publications des actes du colloque des 9 et 10 novembre 2017 sur les regroupements dans l'Enseignement Supérieur et la Recherche. Presses Universitaires Juridiques de Poitiers, Edition Lextenso, pp. 195-203.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02422468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shareholder Activism in Canada: The Emergence of a New Tool for Improving Corporate Governance Practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corporate Governance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.89-104, 2012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-31579-4_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02417761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayley P., Giuliani D., Serret V. Semantic Constructions of Citizenships in the British, French and Italian Press. By P. Bayley and G. Williams. Oxford University Press, pp. 153-190.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul M Bayley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuliani Delphine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Identity-What the Media Say</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risque spirituel et rapport au sacré dans les décisions financières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sous la direction de Philippe Robert-Demontrond. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropologie du sacré et sciences de gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edition Apogée, 2007, 9782843982569</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03241500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 2. La responsabilité entre marchés financiers et management : l'Investissement Socialement Responsable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Saout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Responsabilité sociale de l'entreprise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck Supérieur, pp.61, 2006, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/dbu.rose.2006.01.0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02417780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'investissement socialement responsable: par delà les pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robert-Demontrond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Robert-Demontrond. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La gestion des droits de l'homme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apogée, pp.295-336, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00080281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7607,675 +7806,675 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À quoi servent les obligations vertes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Si Mohammed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.xgauwjayf⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05014327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intelligence artificielle, un outil pour mieux prédire les faillites d'entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Ben Jabeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.grnqhw66w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04487863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La décarbonation de l'enseignement du management</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Le climat s’invite dans les assemblées générales des grands groupes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Vienot de Vaublanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04177265v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le climat s’invite dans les assemblées générales des grands groupes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">La décarbonation de l'enseignement du management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04085097v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04177265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En avril 2020 le pétrole atteignait - 40 dollars (et pas seulement à cause du Covid-19)...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Ben Jabeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.uye4x6gj5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03629458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Say on climate&amp;quot;, une solution pour responsabiliser les entreprises ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.6559jfugw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03206453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conférence internationale de gouvernance 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabri Boubaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, pp.129-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04041297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémunération des dirigeants: la transparence ne fait pas tout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Khenissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Serret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.mqgh664fx⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02994797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId178"/>
+      <w:footerReference w:type="default" r:id="rId182"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8343,51 +8542,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9BD50910"/>
+    <w:nsid w:val="B2AE0EA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8574,51 +8773,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vanessa-serret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1416-8042" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/061174785" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363823v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berthelot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coulmont" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Serret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.167.0039" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879017v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imran Yousaf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Si Mohammed" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umair Bin Yousaf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2024.106551" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691311v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Ballouk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Khenissi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2024.102558" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929601v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Al Shammari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Tiwari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2025.102773" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444957v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Urom" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2024.105099" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649168v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugur Korkut Pata" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Tevfik Kartal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mde.4316" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563905v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ben Jabeur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitham Nobanee" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120977" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541106v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hilary" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180998v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.225.0169" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325842v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.158.0309" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041203v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Louis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gagn&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886338v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2022.101844" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04003534v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.394.0089" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550420v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375164v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheima Gharib" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Mefteh-Wali" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resourpol.2021.102392" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550393v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol-Anne Loher-Delalune" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2021.00572" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168762v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417474v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Khemir" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.113.0047" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426055v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.194.0067" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417702v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saint-Onge" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.2183" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-D9Z35205-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417707v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2018.00235" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417710v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00178" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417492v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.1783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-MLW8PJDN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417538v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sylvain" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ijbm.v10n12p40" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428179v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maripier Drapeau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428181v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Donahue" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.105.0061" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428192v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.081.0017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428186v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.302.0121" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417765v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/csr.285" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JX49P7N8-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428195v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081865v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155000v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barneto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Girard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dubocage" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rannou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921106v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Potier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barredy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997455v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05114304v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Alioui" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Si Mohammed" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534556v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835161v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534543v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569551v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255193v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325891v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139685v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139534v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220559v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209635v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276123v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994714v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02994703v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428131v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428135v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445026v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428133v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428144v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428147v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428153v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428146v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428140v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jm Morvan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02063693v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445027v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428151v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466226v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pensec" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445029v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466228v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466231v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002373v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646742v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054129v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714976v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gregorio" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Benaiem" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ouvrard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428129v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ouvrard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220720v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220712v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ravily" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422468v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417761v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31579-4_4" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428159v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Bayley" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliani Delphine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241500v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417780v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Saout" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.rose.2006.01.0061" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00080281v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert-Demontrond" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05014327v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.xgauwjayf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487863v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.grnqhw66w" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177265v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085097v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vienot de Vaublanc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629458v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.uye4x6gj5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206453v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.6559jfugw" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041297v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Boubaker" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994797v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.mqgh664fx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vanessa-serret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1416-8042" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/061174785" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929601v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Al Shammari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Serret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Tiwari" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Si Mohammed" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2025.102773" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879017v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imran Yousaf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umair Bin Yousaf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2024.106551" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363823v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berthelot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coulmont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.167.0039" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691311v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Ballouk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Khenissi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2024.102558" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444957v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Urom" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2024.105099" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649168v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugur Korkut Pata" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Tevfik Kartal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mde.4316" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563905v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ben Jabeur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitham Nobanee" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120977" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553243v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bir.2024.04.013" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541106v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hilary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180998v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.225.0169" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325842v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.158.0309" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886338v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2022.101844" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04003534v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.394.0089" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041203v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Louis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gagn&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375164v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheima Gharib" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Mefteh-Wali" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resourpol.2021.102392" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550393v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol-Anne Loher-Delalune" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2021.00572" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550420v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168762v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426055v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.194.0067" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417474v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Khemir" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.113.0047" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417707v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2018.00235" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417702v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saint-Onge" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.2183" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-D9Z35205-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417710v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00178" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417492v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.1783" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-MLW8PJDN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428179v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maripier Drapeau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417538v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sylvain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ijbm.v10n12p40" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428181v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Donahue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.105.0061" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428186v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.302.0121" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428192v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.081.0017" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417765v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/csr.285" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JX49P7N8-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428195v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561332v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Starck" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155000v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barneto" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Girard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dubocage" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rannou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921106v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Potier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barredy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997455v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05114304v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Alioui" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Si Mohammed" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835161v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534543v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569551v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534556v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255193v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325891v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139685v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139534v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209635v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276123v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220559v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02994703v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994714v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428131v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445026v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428135v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428133v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428132v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428153v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428147v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428146v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428140v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jm Morvan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445027v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02063693v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428151v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428144v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445029v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466228v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466231v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466226v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pensec" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002373v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646742v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054129v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714976v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gregorio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Benaiem" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ouvrard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428129v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ouvrard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220720v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220712v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ravily" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422468v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417761v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31579-4_4" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428159v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Bayley" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliani Delphine" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241500v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417780v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Saout" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.rose.2006.01.0061" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00080281v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert-Demontrond" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05014327v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.xgauwjayf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487863v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.grnqhw66w" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085097v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vienot de Vaublanc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177265v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629458v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.uye4x6gj5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206453v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.6559jfugw" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041297v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Boubaker" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994797v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.mqgh664fx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>