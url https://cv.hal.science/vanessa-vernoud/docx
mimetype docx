--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -475,359 +475,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pea sulfate transporter PsSULTR4 contributes to the accumulation of sulfur-rich storage proteins by enabling seed sulfate remobilization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prise en compte des interactions plante x microorganismes du sol pour améliorer la réponse à la sécheresse du pois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanélie Bachelet</w:t>
+                <w:t xml:space="preserve">Pierre‐alain Maron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Sanchez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Florence Naudé</w:t>
+                <w:t xml:space="preserve">Aude Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Graines 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Versaille, France</w:t>
+              <w:t xml:space="preserve">Plant Alliance. Animation scientifique « Réponse et adaptation des plantes au changement climatique - IV - Le déficit hydrique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05251124v1</w:t>
+                <w:t xml:space="preserve">hal-04208036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prise en compte des interactions plante x microorganismes du sol pour améliorer la réponse à la sécheresse du pois</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+                <w:t xml:space="preserve">Pssultr4 is the only vacuolar sulfate transporter in pea and a key determinant of seed protein composition even under sulfur-sufficient conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanélie Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre‐alain Maron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Salon</w:t>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Tixier</w:t>
+                <w:t xml:space="preserve">Florence Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Alliance. Animation scientifique « Réponse et adaptation des plantes au changement climatique - IV - Le déficit hydrique »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, virtuel, France</w:t>
+              <w:t xml:space="preserve">ILS4 Fourth International Legume Society Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Grenade, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04208036v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The vacuolar sulfate transporter in pea, PsSULTR4, contributes to both seed yield and protein composition of mature seeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanélie Bachelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée doctorants UMR Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Dijon, France</w:t>
@@ -850,1402 +850,1402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pssultr4 is the only vacuolar sulfate transporter in pea and a key determinant of seed protein composition even under sulfur-sufficient conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The pea sulfate transporter, PsSULTR4, contributes to seed yield and quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanélie Bachelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florence Naudé</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Alcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILS4 Fourth International Legume Society Conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Grenade, Spain</w:t>
+              <w:t xml:space="preserve">Forum des Jeunes Chercheurs 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole doctorale Environnements-Santé, Jun 2023, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04223091v1</w:t>
+                <w:t xml:space="preserve">hal-04122063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pea sulfate transporter, PsSULTR4, contributes to seed yield and quality</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Elucidating the role of nf-yb transcription factors in pea seed development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yara Noureddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Thévenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Carine Alcon</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des Jeunes Chercheurs 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole doctorale Environnements-Santé, Jun 2023, Besançon, France</w:t>
+              <w:t xml:space="preserve">ILS4 Fourth International Legume Society Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Grenade, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04122063v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating the role of nf-yb transcription factors in pea seed development</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The pea sulfate transporter PsSULTR4 contributes to the accumulation of sulfur-rich storage proteins by enabling seed sulfate remobilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fanélie Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Titouan Bonnot</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILS4 Fourth International Legume Society Conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Grenade, Spain</w:t>
+              <w:t xml:space="preserve">Colloque Graines 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Versaille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04223020v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic determinism of legume grain quality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A holistic overview of the impact of sulfur deficiency in pea facing water deficit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée autour des questions partagées entre INRAE et Danone organisée par Rémy Cailliate (Adjoint au Chef de département BAP, Innovation Variétale et Diversification, Directeur de l’institut Carnot Plant2Pro). Workshop Partenariat INRAE-Danone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Distanciel,, France</w:t>
+              <w:t xml:space="preserve">International Plant Sulfur Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05241413v1</w:t>
+                <w:t xml:space="preserve">hal-03889036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la résilience du pois et de la Féverole au stress hydrique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+                <w:t xml:space="preserve">Role of vacuolar sulfate in nutritional quality of pea seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanélie Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Naudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion du Groupement des Sélectionneurs de Protéagineux (GSP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, paris, France</w:t>
+              <w:t xml:space="preserve">International Plant Sulfur Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, London, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03647027v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03884621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A holistic overview of the impact of sulfur deficiency in pea facing water deficit</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Importance du sulfate vacuolaire pour l’établissement du rendement et de la qualité des graines de pois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Le Signor</w:t>
+                <w:t xml:space="preserve">Fanélie Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Kreplak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Delphine Aimé</w:t>
+                <w:t xml:space="preserve">Stéphane Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Plant Sulfur Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889036v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of vacuolar sulfate in nutritional quality of pea seeds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Naudé</w:t>
+                <w:t xml:space="preserve">L'amélioration de la qualité de la graine dans toutes ses dimensions, par le levier génétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Plant Sulfur Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, London, Canada</w:t>
+              <w:t xml:space="preserve">Conférence Végépolys Valley : Panorama des Protéines Végétales Regards Croisés Entreprise / Recherche.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03884621v1</w:t>
+                <w:t xml:space="preserve">hal-03888858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance du sulfate vacuolaire pour l’établissement du rendement et de la qualité des graines de pois</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Mari</w:t>
+                <w:t xml:space="preserve">Des potentiels régulateurs des réponses au stress hydrique et à la carence en soufre identifiés grâce à une analyse multi-omiques chez le pois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan J. Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Felix Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Dijon, France</w:t>
+              <w:t xml:space="preserve">Journées du Protéome Vert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Gif Sur Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03981800v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03711627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'amélioration de la qualité de la graine dans toutes ses dimensions, par le levier génétique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Gallardo</w:t>
+                <w:t xml:space="preserve">Multi-omics network analysis identifies putative regulators of molecular responses to water stress and sulfur deficiency in Pisum sativum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Richard Thompson</w:t>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Aubert</w:t>
+                <w:t xml:space="preserve">Jonathan J. Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Felix Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Végépolys Valley : Panorama des Protéines Végétales Regards Croisés Entreprise / Recherche.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, paris, France</w:t>
+              <w:t xml:space="preserve">EMBO Workshop. Molecular responses of plants facing climate change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03888858v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03711712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des potentiels régulateurs des réponses au stress hydrique et à la carence en soufre identifiés grâce à une analyse multi-omiques chez le pois</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Remy Felix Serre</w:t>
+                <w:t xml:space="preserve">Étude de la résilience du pois et de la Féverole au stress hydrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Maron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Protéome Vert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Gif Sur Yvette, France</w:t>
+              <w:t xml:space="preserve">Réunion du Groupement des Sélectionneurs de Protéagineux (GSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03711627v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-omics network analysis identifies putative regulators of molecular responses to water stress and sulfur deficiency in Pisum sativum</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic determinism of legume grain quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Workshop. Molecular responses of plants facing climate change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journée autour des questions partagées entre INRAE et Danone organisée par Rémy Cailliate (Adjoint au Chef de département BAP, Innovation Variétale et Diversification, Directeur de l’institut Carnot Plant2Pro). Workshop Partenariat INRAE-Danone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Distanciel,, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03711712v1</w:t>
+                <w:t xml:space="preserve">hal-05241413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés organoleptiques des graines de pois : la génétique peut-elle améliorer le goût ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier Scientifique "amélioration des protéines végétales pour la santé des consommateurs et des systèmes de production". Organisé conjointement par Le consortium PlantAlliance, les instituts Carnot Plant2Pro et Qualiment, les départements INRAE Transform, AlimH, Biologie et Amélioration des Plantes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2296,51 +2296,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwyneth Ingram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Widiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Landrein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2391,1509 +2391,1509 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés organoleptiques des graines de pois : la génétique peut-elle améliorer le goût ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop « goût végétal ». Organisé par Protéines France et Terre Univia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03562816v1</w:t>
+                <w:t xml:space="preserve">hal-03610562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés organoleptiques des graines de pois : la génétique peut-elle améliorer le goût ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop « goût végétal ». Organisé par Protéines France et Terre Univia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03610562v1</w:t>
+                <w:t xml:space="preserve">hal-03562816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does pea (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;) recover from water deficit?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+                <w:t xml:space="preserve">Characterization of the biosynthesis of saponins during seed development in peas (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Girodet</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julie Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILS3 2019, Third International Legume Society Conference. Legumes for human and planet health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Legume Society (ILS). INT., May 2019, Poznan, Poland</w:t>
+              <w:t xml:space="preserve">9. International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734276v1</w:t>
+                <w:t xml:space="preserve">hal-02736874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the interplay between sulfur nutrition and water stress tolerance in pea by proteomics : a focus on seed development and composition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Interplay between sulfur nutrition and water stress tolerance in pea : a focus on seed development and composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Terezol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Rossin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protéome Vert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, paris, France</w:t>
+              <w:t xml:space="preserve">International Conference on Legume Genetics and Genomics ICLGG 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICLGG., May 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02912213v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating the genetic determinism of the plasticity of seed proteins in response to the environment using &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt;</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Recherche des gènes contrôlant la plasticité de la composition protéique des graines vis-à-vis de l’environnement par une approche GWAS chez &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Cartelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Terezol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Buitink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">Colloque Graines 2019. Biologie des graines et transition écologique.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734242v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between sulfur nutrition and water stress tolerance in pea : a focus on seed development and composition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nadia Rossin</w:t>
+                <w:t xml:space="preserve">Le système racinaire nodulé du pois : un rôle pivot pour sa stabilité sous contraintes hydriques fluctuantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Girodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Legume Genetics and Genomics ICLGG 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ICLGG., May 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">Root Days, système racinaire, Interactions Rhizosphériques, Immunité végétale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734284v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the biosynthesis of saponins during seed development in peas (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Analyse écophysiologique de la récupération après un stress hydrique chez la légumineuse à graines &amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Girodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">Journée des doctorants UMR Agroécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736874v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche des gènes contrôlant la plasticité de la composition protéique des graines vis-à-vis de l’environnement par une approche GWAS chez &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt;</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Elucidating the genetic determinism of the plasticity of seed proteins in response to the environment using Medicago truncatula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Cartelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Terezol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Buitink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Graines 2019. Biologie des graines et transition écologique.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Angers, France</w:t>
+              <w:t xml:space="preserve">25. Forum des jeunes chercheurs Environnement-Santé, Université de Bourgogne Franche-Comté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bourgogne Franche-Comté (COMUE) (UBFC). Dijon, FRA., Jun 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02786025v1</w:t>
+                <w:t xml:space="preserve">hal-02785984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le système racinaire nodulé du pois : un rôle pivot pour sa stabilité sous contraintes hydriques fluctuantes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Jeudy</w:t>
+                <w:t xml:space="preserve">Characterization of the biosynthesis of saponins during seed development in peas (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Girodet</w:t>
+                <w:t xml:space="preserve">Julie Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Root Days, système racinaire, Interactions Rhizosphériques, Immunité végétale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Rouen, France</w:t>
+              <w:t xml:space="preserve">ILS3 2019, Third International Legume Society Conference. Legumes for human and planet health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Legume Society (ILS). INT., May 2019, Poznan, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02788246v1</w:t>
+                <w:t xml:space="preserve">hal-02737647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the biosynthesis of saponins during seed development in peas (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
+                <w:t xml:space="preserve">Elucidating the genetic determinism of the plasticity of seed proteins in response to the environment using &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Cartelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Terezol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Buitink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILS3 2019, Third International Legume Society Conference. Legumes for human and planet health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Legume Society (ILS). INT., May 2019, Poznan, Poland</w:t>
+              <w:t xml:space="preserve">9. International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737647v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse écophysiologique de la récupération après un stress hydrique chez la légumineuse à graines &amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;</w:t>
+                <w:t xml:space="preserve">How does pea (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;) recover from water deficit?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Girodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Salon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Prudent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des doctorants UMR Agroécologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">ILS3 2019, Third International Legume Society Conference. Legumes for human and planet health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Legume Society (ILS). INT., May 2019, Poznan, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786391v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating the genetic determinism of the plasticity of seed proteins in response to the environment using Medicago truncatula</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Studying the interplay between sulfur nutrition and water stress tolerance in pea by proteomics : a focus on seed development and composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Terezol</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julia Buitink</w:t>
+                <w:t xml:space="preserve">Nadia Rossin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Forum des jeunes chercheurs Environnement-Santé, Université de Bourgogne Franche-Comté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bourgogne Franche-Comté (COMUE) (UBFC). Dijon, FRA., Jun 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">Protéome Vert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785984v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02912213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapter la composition protéique des graines de légumineuses en fonction des usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo-Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Cartelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t>
@@ -3922,90 +3922,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does sulfur deficiency modulate pea response to water stress? Impact on early developing and mature seeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Kreplak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4047,103 +4047,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse protéomique des graines de pois en embryogénèse et à maturité : Impact d’un stress hydrique combiné à une carence en soufre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Kreplak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protéome Vert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, paris, France</w:t>
@@ -4172,103 +4172,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissection of pea responses to water stress during seed filling identifies candidate genes for drought tolerance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Rossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Prudent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVI International Plant &amp; Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, San Diego, United States</w:t>
@@ -4297,90 +4297,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La génétique au service du goût : caractérisation de mutants pour l'accumulation de saponines et l'activité lipoxygènase dans la graines de pois (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Darchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4416,1812 +4416,1812 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse écophysiologique de la récupération après un stress hydrique chez la légumineuse à graines Pisum sativum</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How does sulfur deficiency modulate pea response to water stress ? Impact on early developing and mature seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Zivy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Oct 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">11. International Plant Sulfur Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Conegliano, Italy. 196p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733785v1</w:t>
+                <w:t xml:space="preserve">hal-02734786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does sulfur deficiency modulate pea response to water stress ? Impact on early developing and mature seeds</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse écophysiologique de la récupération après un stress hydrique chez la légumineuse à graines Pisum sativum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Girodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. International Plant Sulfur Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Conegliano, Italy. 196p</w:t>
+              <w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Oct 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734786v1</w:t>
+                <w:t xml:space="preserve">hal-02733785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing response to abiotic stress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dissection of pea responses to drought during vegetative growth and seed filling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Rossin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Annicchiarico</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Fabio Fionari</w:t>
+                <w:t xml:space="preserve">Anderson Kilandamdro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU Project LEGATO Final Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Novi Sad, Serbia</w:t>
+              <w:t xml:space="preserve">International Conference "Advances in grain legume cultivation and use. Translating legume research into end-users reality"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Novi Sad, Serbia. 180 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787945v1</w:t>
+                <w:t xml:space="preserve">hal-02790107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the biosynthesis of saponins during seed development in peas (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;) and faba beans (&amp;lt;em&amp;gt;Vicia faba&amp;lt;/em&amp;gt;)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude du rôle de la nutrition soufrée dans la réponse du pois au stress hydrique par une approche protéomique : Focus sur les graines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Le Signor</w:t>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Conference on Legume Genetics and Genomics (ICLGG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Noble Research Institute., Sep 2017, Siófok, Hungary. 128 p</w:t>
+              <w:t xml:space="preserve">Protéome Vert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733806v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02902821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interplay between sulfur nutrition and the drought response in pea : a focus on seed development and composition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+                <w:t xml:space="preserve">D’un répertoire de gènes contrôlant la composition protéique des graines des légumineuses vers de nouveaux profils protéiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Balliau</w:t>
+                <w:t xml:space="preserve">Julia Buitink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nevin D. Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Conference on Legume Genetics and Genomics (ICLGG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Noble Research Institute., Sep 2017, Siófok, Hungary. 180 p</w:t>
+              <w:t xml:space="preserve">6. Colloque Graines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Oct 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737764v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissection of pea responses to drought during vegetative growth and seed filling</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marion Prudent</w:t>
+                <w:t xml:space="preserve">Caractérisation de la biosynthèse des saponines lors du développement de la graine chez le pois (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;) et de la féverole (&amp;lt;em&amp;gt;Vicia faba&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Aime</w:t>
+                <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference "Advances in grain legume cultivation and use. Translating legume research into end-users reality"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Novi Sad, Serbia. 180 p</w:t>
+              <w:t xml:space="preserve">6. Colloque Graines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Oct 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790107v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du rôle de la nutrition soufrée dans la réponse du pois au stress hydrique par une approche protéomique : Focus sur les graines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">L'interaction entre la nutrition soufrée et la réponse du pois au stress hydrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Kreplak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protéome Vert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Versailles, France</w:t>
+              <w:t xml:space="preserve">Colloque Soufre INRA "Cycle du soufre et nutrition soufrée des plantes : état des connaissances et prospectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02902821v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’un répertoire de gènes contrôlant la composition protéique des graines des légumineuses vers de nouveaux profils protéiques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nevin D. Young</w:t>
+                <w:t xml:space="preserve">Drought response of nodulated roots in pea: from ecophysiological to transcriptomic analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Girodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Rossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Colloque Graines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Oct 2017, Montpellier, France</w:t>
+              <w:t xml:space="preserve">8. International Conference on Legume Genetics and Genomics (ICLGG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Noble Research Institute., Sep 2017, Siófok, Hungary. 180 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737356v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la biosynthèse des saponines lors du développement de la graine chez le pois (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;) et de la féverole (&amp;lt;em&amp;gt;Vicia faba&amp;lt;/em&amp;gt;)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
+                <w:t xml:space="preserve">The role of sulfur in the control of seed quality traits in legumes: from model to crop species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Buitink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nevin D. Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Prosperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Colloque Graines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Oct 2017, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Bilateral Closure Symposium of GDRI Integrative Plant Biology Network.The developing plant in its environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738216v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'interaction entre la nutrition soufrée et la réponse du pois au stress hydrique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment la plante récupère-t-elle après un stress hydrique ? Une étude écophysiologique et moléculaire chez la légumineuse à graines Pisum sativum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Soufre INRA "Cycle du soufre et nutrition soufrée des plantes : état des connaissances et prospectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Caen, France</w:t>
+              <w:t xml:space="preserve">6. Journée des Doctorants de l’UMR 1347 Agroécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Apr 2017, Dijon, France. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903678v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drought response of nodulated roots in pea: from ecophysiological to transcriptomic analyses</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterisation of the biosynthesis of saponins during seed development in peas (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;) and faba beans (&amp;lt;em&amp;gt;Vicia faba&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Girodet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nadia Rossin</w:t>
+                <w:t xml:space="preserve">Julie Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Conference on Legume Genetics and Genomics (ICLGG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Noble Research Institute., Sep 2017, Siófok, Hungary. 180 p</w:t>
+              <w:t xml:space="preserve">International Conference "Advances in Grain Legume Cultivation and Use. Translating Legume Research into end-Users Reality"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Novi Sad, Serbia. 180 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733722v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment la plante récupère-t-elle après un stress hydrique ? Une étude écophysiologique et moléculaire chez la légumineuse à graines Pisum sativum</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Optimizing response to abiotic stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Annicchiarico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bourion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fernandiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Fionari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Journée des Doctorants de l’UMR 1347 Agroécologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Apr 2017, Dijon, France. 16 p</w:t>
+              <w:t xml:space="preserve">EU Project LEGATO Final Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Novi Sad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603276v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of sulfur in the control of seed quality traits in legumes: from model to crop species</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Characterization of the biosynthesis of saponins during seed development in peas (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;) and faba beans (&amp;lt;em&amp;gt;Vicia faba&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Prosperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilateral Closure Symposium of GDRI Integrative Plant Biology Network.The developing plant in its environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">8. International Conference on Legume Genetics and Genomics (ICLGG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Noble Research Institute., Sep 2017, Siófok, Hungary. 128 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734622v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of the biosynthesis of saponins during seed development in peas (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;) and faba beans (&amp;lt;em&amp;gt;Vicia faba&amp;lt;/em&amp;gt;)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The interplay between sulfur nutrition and the drought response in pea : a focus on seed development and composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference "Advances in Grain Legume Cultivation and Use. Translating Legume Research into end-Users Reality"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Novi Sad, Serbia. 180 p</w:t>
+              <w:t xml:space="preserve">8. International Conference on Legume Genetics and Genomics (ICLGG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Noble Research Institute., Sep 2017, Siófok, Hungary. 180 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733774v1</w:t>
+                <w:t xml:space="preserve">hal-02737764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du rôle de la nutrition soufrée dans la réponse du pois au stress hydrique: vers la construction de réseaux protéiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6259,103 +6259,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A transcriptomic approach identifies candidate genes for drought tolerance during the reproductive phase in pea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Rossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Prudent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Legume Society Conference - Legumes for a Sustainable World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Legume Society., Oct 2016, Lisbonne, Portugal. 358 p</w:t>
@@ -6384,64 +6384,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of sulfur metabolism in the pea response to drought</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6479,77 +6479,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of sulfur nutrition in the pea response to water deficit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6587,103 +6587,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of saponin production in developing seeds of Vicia faba and Pisum sativum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Legume Society Conference - Legumes for a Sustainable World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Legume Society., Oct 2016, Lisbone, Portugal. 358 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6721,64 +6721,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of translational genomics to indentify genes important for pea seed development and composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Noguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle d'Erfurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6846,64 +6846,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of translational genomics to identify genes important for legume seed development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Noguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle d'Erfurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6952,307 +6952,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of translational genomics to identify genes important for legume seed filling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biologie intégrative du développement de la graine chez M. truncatula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle d'Erfurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Noguero</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First Legume Society Conference 2013: A Legume Odyssey</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Novi Sad, Serbia</w:t>
+              <w:t xml:space="preserve">4. colloque national du Réseau Français de Biologie des Graines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Dijon, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748186v1</w:t>
+                <w:t xml:space="preserve">hal-01005077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biologie intégrative du développement de la graine chez M. truncatula</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Use of translational genomics to identify genes important for legume seed filling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Noguero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle d'Erfurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Noguero</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. colloque national du Réseau Français de Biologie des Graines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Dijon, France. pp.1</w:t>
+              <w:t xml:space="preserve">First Legume Society Conference 2013: A Legume Odyssey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Novi Sad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01005077v1</w:t>
+                <w:t xml:space="preserve">hal-02748186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nod factor signal transduction in the Medicago truncatula Nod/Myc mutants TR25/26</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Pingret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7346,51 +7346,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of MtENOD genes during the arbuscular mycorrhizal interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.P. Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Gamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7429,1699 +7429,6100 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier Medicago truncatula et organismes associés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1997, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular signatures and associated regulators of the pea leaf response to sulfur deficiency and water deficit as revealed by multi-omics analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Térézol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2024.03.13.582463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05070317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracing 100 million years of grass genome evolutionary plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Dia Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Civan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Mardoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 114 (6), pp.1243-1266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.16185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sulfur in determining seed protein composition: present understanding of its interaction with abiotic stresses and future directions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanélie Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 74 (11), pp.3276-3285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erad098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drought Stress Memory at the Plant Cycle Level: A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Barnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (9), pp.1873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants10091873⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03461138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">β-Amyrin Synthase1 Controls the Accumulation of the Major Saponins Present in Pea (Pisum sativum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Munier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 62 (5), pp.784-797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcab049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proteomics of developing pea seeds reveals a complex antioxidant network underlying the response to sulfur deficiency and water stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 72 (7), pp.2611-2626. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eraa571⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How does pea (Pisum sativum) recover from water deficit?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Legume Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03432651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grain legumes for human consumption: management of off-flavours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Munier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Legume Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18, pp.23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pea Efficiency of Post-drought Recovery Relies on the Strategy to Fine-Tune Nitrogen Nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Girodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, art.204 (000015p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2020.00204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drought stress stimulates endocytosis and modifies membrane lipid order of rhizodermal cells of &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt; in a genotype-dependent manner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Der</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Girodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12870-019-1814-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Water stress combined with sulfur deficiency in pea affects yield components but mitigates the effect of deficiency on seed globulin composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Terezol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Rossin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 70 (16), pp.4287 - 4303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erz114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How nitrogen fixation is modulated in response to different water availability levels and during recovery: a structural and functional study at the whole plant level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Girodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Salon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 399 (1-2), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-015-2674-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RhizoTubes as a new tool for high throughput imaging of plant root development and architecture: test, comparison with pot grown plants and validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Baussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bernaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13007-016-0131-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regulation of a maize HD-ZIP IV transcription factor by a non-conventional RDR2-dependent small RNA.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Klein-Cosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chambrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Rogowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 81 (5), pp.747-758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.12771⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of translational genomics to identify genes important for legume seed development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle d'Erfurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire G. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Legume Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8, pp.12-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regulation of legume seed size by an endosperm-expressed transcription factor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Noguero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire G. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Legume Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7, pp.12-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02632679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DASH transcription factor impacts &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt; seed size by its action on embryo morphogenesis and auxin homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Noguero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaustav Bandyopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 81 (3), pp.453-466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.12742⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The role of the testa during development and in establishment of dormancy of the legume seed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Smýkal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew W. Blair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ales Soukup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2014.00351⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sulfate transporters in the plant's response to drought and salinity: regulation and possible functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gallardo Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Wipf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2014.00580⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A role for an endosperm-localized subtilase in the control of seed size in legumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle d'Erfurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 196 (3), pp.738-751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2012.04296.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maize multiple archesporial cells 1 (mac1), an ortholog of rice TDL1A, modulates cell proliferation and identity in early anther development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chung-Ju Rachel Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guo-Ling Nan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Kelliher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ljudmilla Timofejeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 139 (14), pp.2594 - 2603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.077891⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PPR2263, a DYW-Subgroup Pentatricopeptide Repeat Protein, Is Required for Mitochondrial nad5 and cob Transcript Editing, Mitochondrion Biogenesis, and Maize Growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Sosso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Mbelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine G. Gendrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick A. Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (2), pp.676-691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.111.091074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Functional characterization of the HD-ZIP IV transcription factor OCL1 from maize</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Depège-Fargeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chambrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Frangne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Gerentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 62 (1), pp.293-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erq267⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epidermis: the formation and functions of a fundamental plant tissue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Rogowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwyneth Ingram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 189 (1), pp.17 - 39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03514.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome-Wide Characterization of the HD-ZIP IV Transcription FactorFamily in Maize: Preferential Expression in the Epidermis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Klein-Cosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Boltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Maher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 157 (2), pp.790 - 803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.111.182147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duplicate maize wrinkled1 transcription factors activate target genes involved in seed oil biosynthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Pouvreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie V. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille C. Py</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 156 (2), pp.674-686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.111.173641⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Over-expression of the epidermis-specific HD-ZIP IV transcription factor OCL1 in maize identifies target genes involved in lipid metabolism and cuticle biosynthesis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Depège-Fargeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Oursel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 154, pp.273-286</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00521644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Overexpression of the epidermis-specific homeodomain-leucine zipper IV transcription factor OUTER CELL LAYER1 in maize identifies target genes involved in lipid metabolism and cuticle biosynthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Depège-Fargeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Oursel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 154 (1), pp.273-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.109.150540⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The HD-ZIP IV transcription factor OCL4 is necessary for trichome patterning and anther development in maize</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Rozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Meeley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 59 (59), pp.883-894. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2009.03916.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00521471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Tip-Localized RhoGAP controls cell polarity by globally inhibiting RhoGTPase at the cell Apex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ju Hwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Szumlanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Waage Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zb Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18 (24), pp.1907-1916</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00412856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Embryo Surrounding Region.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Cossegal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Depège-Fargeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Rogowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Cell Monographs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Plant Cell Monographs, 8, pp.57-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/7089_2007_109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00189104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Engrailed-ZmOCL1 fusions cuase a transient reduction of kernel size in maize.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwyneth Ingram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Sabour Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Rogowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascual Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 58, pp.123-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11103-005-5219-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00188832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medicago trunculata ENOD11 : a novel RPRP-encoding early nodulin gene expressed during mycorrhization in arbuscule-containing cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.P. Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. El-Gachtouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise de Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 14 (6), pp.737-748</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MtENOD20, a nod-factor-inducible molecular marker for root cortical cell activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.P. Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.G. Barker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 12 (7), pp.604-614</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity, plasticity and genetic determinism of the specialized metabolome of pea seeds (cotyledons and seed coats)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Solenn Valandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Soundiramourtty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of the vacuolar sulfate transporter SULTR4 in pea: role in the establishment of and protein composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanélie Bachelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Alcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e bienniale ISSS Conference "Challenges of seed science in a changing world"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elucidating the role of NF-YB transcription factors in pea seed development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yara Noureddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th ISSS conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of vacuolar sulfate in the nutritional quality of pea seeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanélie Bachelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum des Jeunes Chercheurs Université de Bourgogne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03711323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic and metabolomic responses of the nodulated pea root system during rewatering</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marion Prudent</w:t>
+                <w:t xml:space="preserve">Time-series RNA-seq analysis of pea seeds during development under control and drought conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Terezol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Mazuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Terezol</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Nadia Rossin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Kreplak</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Valiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734885v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-series RNA-seq analysis of pea seeds during development under control and drought conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Transcriptomic and metabolomic responses of the nodulated pea root system during rewatering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Terezol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Valiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734796v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la variété sur les teneurs en métabolites secondaires dans les farines de pois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Lubbers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonastre Oliete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in the regulation of seed protein composition in legumes: from genome-wide studies to new seed protein profiles</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Changes in the pea seed proteome in response to drought combined with sulfur deficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
+                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kreplak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Conference on Legume Genetics and Genomics (ICLGG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Siófok, Hungary. , 128 p., 2017, Book of abstracts, ICLGG2017</w:t>
+              <w:t xml:space="preserve">23ème Forum des Jeunes Chercheurs, Ecole Doctorale E2S Environnements-Santé, Université de Bourgogne Franche-Comté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608900v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in the pea seed proteome in response to drought combined with sulfur deficiency</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Henriet</w:t>
+                <w:t xml:space="preserve">Recent advances in the regulation of seed protein composition in legumes: from genome-wide studies to new seed protein profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anderson Kilandamoko</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Balliau</w:t>
+                <w:t xml:space="preserve">Julia Buitink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.D. Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Prosperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Forum des Jeunes Chercheurs, Ecole Doctorale E2S Environnements-Santé, Université de Bourgogne Franche-Comté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">8. International Conference on Legume Genetics and Genomics (ICLGG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Siófok, Hungary. , 128 p., 2017, Book of abstracts, ICLGG2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605729v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of sulfur nutrition in the pea response to drought</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème Forum des Jeunes Chercheurs FJC, Ecole Doctorale E2S Environnements-Santé, Université de Bourgogne Franche-Comté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02912920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la biosynthèse des saponines lors du développement de la graine chez le pois (&amp;lt;em&amp;gt;Pisum Sativum&amp;lt;/em&amp;gt;) et la fèverole (&amp;lt;em&amp;gt;Vicia Faba&amp;lt;/em&amp;gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aleth Lacaille-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Rencontres Francophones sur les Légumineuses (RFL1)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Dijon, France. 139 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception membranaire et signalisation précoce de cellules racinaires chez des génotypes de medicago truncatula contrastes pour leur réponse au stress hydrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Prudent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Der</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Girodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Rossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Rencontres Francophones sur les Légumineuses (RFL1)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Dijon, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle du métabolisme soufré dans la réponse à la sécheresse chez le pois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Rencontres Francophones sur les Légumineuses (RFL1)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Dijon, France. 139 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of translational genomics to indentify genes important for pea seed development and composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Noguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle d'Erfurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9140,4708 +13541,307 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Colloque National Réseau Français de Biologie des Graines "Graines 2015"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Clermont-Ferrand, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du rôle du facteur de transcription MtATB2 dans l’adaptation des légumineuses aux stress abiotiques et aux carences nutritives de fin de cycle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Rossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Colloque National du Réseau Français de Biologie des Graines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Dijon, France. 62 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un facteur de transcription de type DOF impliqué dans le développement de la graine chez les Légumineuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Noguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire G. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Colloque National du Réseau Français de Biologie des Graines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Dijon, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746958v1</w:t>
-              </w:r>
-[...4399 lines deleted...]
-                <w:t xml:space="preserve">hal-02694254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidéo (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13911,51 +13911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Prudent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
@@ -14163,103 +14163,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional genomics and seed development in Medicago truncatula: An overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Noguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Functional Genomics in Medicago truncatula : Methods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1822, Humana Press Inc., pp.21, 2018, Methods in Molecular Biology, 978-1-4939-8633-0; 978-1-4939-8632-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14319,51 +14319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo-Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Canonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14463,103 +14463,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des plantes richement dotées en composés biochimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trésor des fèves et fleur des pois, le génie des légumineuses. Colloque scientifique SNHF Société Nationale d'Horticulture de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Paris, France. Société Nationale d'Horticulture de France, pp.28-32, 2016, 978-2-913793-16-3</w:t>
@@ -14757,51 +14757,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05482094v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prudent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Couchoud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233; Guinet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jacques" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04550009v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Salon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798429v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bodinier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieneke Dijk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251124v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan&#233;lie Bachelet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Sanchez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aim&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Signor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Naud&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208036v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;alain Maron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Tixier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04331623v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223091v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122063v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeannin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Alcon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223020v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Noureddine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Th&#233;venin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bonnot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241413v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vernoud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03647027v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03889036v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Henriet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kreplak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884621v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03981800v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mari" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03888858v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Thompson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Aubert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711627v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan J. Kreplak" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Felix Serre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711712v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334354v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03660735v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwyneth Ingram" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Widiez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Landrein" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03562816v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03610562v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734276v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Girodet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912213v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aime" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Rossin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734242v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cartelier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Terezol" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734284v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Kilandamoko" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736874v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lebeigle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aleth Lacaille-Dubois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786025v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788246v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeudy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737647v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786391v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785984v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733544v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo-Guerrero" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785331v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zivy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906341v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03470322v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733695v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Darchy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733785v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734786v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787945v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Annicchiarico" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bourion" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandiz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Fionari" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733806v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737764v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790107v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Kilandamdro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902821v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737356v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevin D. Young" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738216v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903678v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733722v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603276v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734622v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Prosperi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733774v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893746v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604112v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743423v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739161v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Zivy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604091v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812827v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Noguero" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle d'Erfurth" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268897v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748186v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005077v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765037v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Pingret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dedieu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda de Carvalho-Niebel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770503v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. Journet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gamas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Barker" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calantzis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04960365v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Solenn Valandon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Soundiramourtty" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Brosse" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boutet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251285v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665332v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Thevenin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Verdier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711323v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734885v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Valiere" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734796v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mazuel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733901v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lubbers" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonastre Oliete" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Philippe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608900v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Young" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605729v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912920v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744160v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743945v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Der" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740240v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837552v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746955v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leclercq" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746958v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire G. Aubert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070317v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane T&#233;r&#233;zol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.03.13.582463" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157889v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boudet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad098" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305473v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pont" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Civan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.16185" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03461138v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barnard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants10091873" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211149v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Munier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcab049" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276009v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa571" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03483206v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Munier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03432651v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03272433v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00204" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619268v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-019-1814-y" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627230v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz114" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633708v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-015-2674-3" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512173v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Adrian" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baussard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bernard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bernaud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-016-0131-9" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634338v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Klein-Cosson" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambrier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rogowsky" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12771" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636174v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635451v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaustav Bandyopadhyay" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12742" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632679v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636749v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Sm&#253;kal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew W. Blair" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ales Soukup" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00351" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634068v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo Guerrero" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Wipf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00580" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209890v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Aubert" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04296.x" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647865v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Ju Rachel Wang" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Ling Nan" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Kelliher" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljudmilla Timofejeva" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.077891" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649551v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Sosso" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mbelo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine G. Gendrot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick A. Dedieu" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.111.091074" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651306v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Javelle" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03514.x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644302v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boltz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Maher" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.182147" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645440v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dep&#232;ge-Fargeix" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frangne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Gerentes" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq267" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000162v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Pouvreau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Baud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Morin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille C. Py" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.173641" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521644v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Javelle" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arnould" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oursel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663026v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Arnould" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Oursel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.150540" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521471v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laigle" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rozier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Meeley" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;rez" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.03916.x" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412856v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju Hwang" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Szumlanski" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Waage Nielsen" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zb Yang" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189104v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cossegal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7089_2007_109" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188832v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Sabour Khaled" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascual Perez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-005-5219-y" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C2694BHJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676578v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. El-Gachtouli" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise de Billy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Pichon" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694254v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696784v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Tayeh" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03563188v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire," TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787053v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8633-0_13" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532635v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jolivet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Canonge" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larre" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Molecular-Cell-Biology-of-the-Growth-and-Differentiation-of-Plant-Cells/Rose/p/book/9781498726023" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801286v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05482094v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prudent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Couchoud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233; Guinet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jacques" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04550009v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Salon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798429v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bodinier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieneke Dijk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208036v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;alain Maron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Tixier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223091v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan&#233;lie Bachelet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Sanchez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aim&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Signor" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Naud&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04331623v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122063v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeannin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Alcon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223020v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Noureddine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Th&#233;venin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bonnot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251124v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03889036v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Henriet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kreplak" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884621v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03981800v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mari" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03888858v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vernoud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Thompson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Aubert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711627v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan J. Kreplak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Felix Serre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711712v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03647027v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241413v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334354v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03660735v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwyneth Ingram" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Widiez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Landrein" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03610562v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03562816v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736874v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marais" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lebeigle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aleth Lacaille-Dubois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734284v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aime" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Terezol" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Kilandamoko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Rossin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786025v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cartelier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788246v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeudy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Girodet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786391v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785984v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737647v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734242v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734276v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912213v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733544v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo-Guerrero" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785331v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zivy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906341v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03470322v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733695v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Darchy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734786v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733785v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790107v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Kilandamdro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902821v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737356v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevin D. Young" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738216v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903678v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733722v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734622v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Prosperi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603276v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733774v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787945v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Annicchiarico" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bourion" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandiz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Fionari" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733806v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737764v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893746v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604112v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743423v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739161v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Zivy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604091v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812827v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Noguero" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle d'Erfurth" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268897v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005077v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748186v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765037v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Pingret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dedieu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda de Carvalho-Niebel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770503v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. Journet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gamas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Barker" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calantzis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070317v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane T&#233;r&#233;zol" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.03.13.582463" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305473v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pont" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Civan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.16185" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157889v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boudet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad098" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03461138v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barnard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants10091873" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211149v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Munier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcab049" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276009v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa571" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03432651v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03483206v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Munier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03272433v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00204" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619268v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Der" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-019-1814-y" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627230v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz114" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633708v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-015-2674-3" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512173v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Adrian" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baussard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bernard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bernaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-016-0131-9" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634338v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Klein-Cosson" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambrier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rogowsky" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12771" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636174v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire G. Aubert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632679v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635451v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaustav Bandyopadhyay" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12742" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636749v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Sm&#253;kal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew W. Blair" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ales Soukup" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00351" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634068v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo Guerrero" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Wipf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00580" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209890v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Aubert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04296.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647865v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Ju Rachel Wang" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Ling Nan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Kelliher" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljudmilla Timofejeva" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.077891" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649551v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Sosso" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mbelo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine G. Gendrot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick A. Dedieu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.111.091074" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645440v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dep&#232;ge-Fargeix" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Javelle" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frangne" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Gerentes" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq267" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651306v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03514.x" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644302v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boltz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Maher" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.182147" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000162v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Pouvreau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Baud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Morin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille C. Py" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.173641" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521644v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Javelle" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arnould" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oursel" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663026v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Arnould" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Oursel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.150540" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521471v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laigle" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rozier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Meeley" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;rez" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.03916.x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412856v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju Hwang" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Szumlanski" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Waage Nielsen" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zb Yang" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189104v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cossegal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7089_2007_109" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188832v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Sabour Khaled" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascual Perez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-005-5219-y" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C2694BHJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676578v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. El-Gachtouli" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise de Billy" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Pichon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694254v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04960365v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Solenn Valandon" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Soundiramourtty" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Brosse" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boutet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251285v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665332v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Thevenin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Verdier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711323v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734796v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mazuel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734885v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Valiere" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733901v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lubbers" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonastre Oliete" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Philippe" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605729v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608900v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Young" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912920v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744160v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743945v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740240v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837552v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746955v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leclercq" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746958v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696784v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Tayeh" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03563188v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire," TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787053v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8633-0_13" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532635v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jolivet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Canonge" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larre" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Molecular-Cell-Biology-of-the-Growth-and-Differentiation-of-Plant-Cells/Rose/p/book/9781498726023" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801286v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>