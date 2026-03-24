--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -964,395 +964,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03054270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface micromachining of chip-edge silicon microcantilevers using xenon difluoride etching of silicon-on-insulator</w:t>
+                <w:t xml:space="preserve">Intertrack surface losses in miniature coplanar waveguide on silicon-on-insulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lerond</w:t>
+                <w:t xml:space="preserve">Jaouad Marzouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Arscott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6439/ac0807⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 54 (4), pp.045102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/abbc36⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03411474v1</w:t>
+                <w:t xml:space="preserve">hal-03094146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-area femtosecond laser milling of silicon employing trench analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arun Bhaskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arun Bhaskar</w:t>
+                <w:t xml:space="preserve">Flavie Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Okada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Avramovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics and Laser Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 138, pp.106866. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.optlastec.2020.106866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intertrack surface losses in miniature coplanar waveguide on silicon-on-insulator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surface micromachining of chip-edge silicon microcantilevers using xenon difluoride etching of silicon-on-insulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lerond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitri Yarekha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaouad Marzouk</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Thierry Melin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Arscott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 54 (4), pp.045102. </w:t>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (8), pp.085001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/abbc36⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6439/ac0807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03094146v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03411474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a millimeter-long Travelling wave THz photomixer</w:t>
               </w:r>
@@ -1472,90 +1472,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passivation of miniature microwave coplanar waveguides using a thin film fluoropolymer electret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaouad Marzouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Avramovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Arscott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1723,90 +1723,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substrate engineering of inductors on SOI for improvement of Q-factor and application in LNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arun Bhaskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Robillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2958,545 +2958,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03959704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traveling wave photomixers based on low-temperature-grown Gallium Arsenide reaching 50 mA/W under 1550 nm CW illumination</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Commutateur RF fabriqué à partir de matériau 2D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Francois Lampin</w:t>
+                <w:t xml:space="preserve">S. Skrzypczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myungsoo Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Vignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Gassilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 47th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XXIIèmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03835235v1</w:t>
+                <w:t xml:space="preserve">hal-03702712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-speed photodiodes on silicon nitride with a bandwidth beyond 100 GHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dennis Maes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stijn Poelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewoud Vissers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Avramovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLEO: Science and Innovations 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OSA, May 2022, San Jose, CA, United States. pp.SM3K.3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/CLEO_SI.2022.SM3K.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commutateur RF fabriqué à partir de matériau 2D</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interfacing artificial and biological neurons: first step towards the development of autonomous implantable neurobiohybrid medical devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Vignaud</w:t>
+                <w:t xml:space="preserve">Nathan Schoonjans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remy Gassilloud</w:t>
+                <w:t xml:space="preserve">Virginie Hoel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Henniquau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Bellaredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIèmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
+              <w:t xml:space="preserve">IEEE Lille Engineering for Medicine and Biology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03702712v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03770329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacing artificial and biological neurons: first step towards the development of autonomous implantable neurobiohybrid medical devices</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Hoel</w:t>
+                <w:t xml:space="preserve">Traveling wave photomixers based on low-temperature-grown Gallium Arsenide reaching 50 mA/W under 1550 nm CW illumination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Tannoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Henniquau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Bellaredj</w:t>
+                <w:t xml:space="preserve">Jean-Francois Lampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Lille Engineering for Medicine and Biology Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 47th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Delft, Netherlands. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRMMW-THz50927.2022.9895804⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03770329v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Generation of On-Wafer Microwave Probe Station for Precision GSG Probing</w:t>
               </w:r>
@@ -3741,103 +3741,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges in developping a bidirectional neurobiohybrid system based on an original artificial neuron with optimized energy efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Schoonjans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Hoel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Henniquau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bellaredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature conferences : Technologies for Neuroengineering 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Virtual event, France</w:t>
@@ -3860,489 +3860,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03850841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millimeter-long travelling wave photoconductors for THz generation by photomixing</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+                <w:t xml:space="preserve">Impact of GSG probe to pads contact repeatability for on-wafer RF measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cerine Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Sebbache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boyaval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dambrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz 2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9567211⟩</w:t>
+              <w:t xml:space="preserve">IEEE 7th International Conference on Smart Instrumentation, Measurement and Applications (ICSIMA 2021), Session 4A: Medical Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Bandung, Indonesia. pp.241-246, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSIMA50015.2021.9526303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03584648v1</w:t>
+                <w:t xml:space="preserve">hal-03404613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited] Functional packaging of RF, mmW and photonic functions based on femtosecond laser micromachining</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cybelle Belem-Gonçalves</w:t>
+                <w:t xml:space="preserve">Millimeter-long travelling wave photoconductors for THz generation by photomixing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuanki Bavedila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Tannoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quyang Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Nanotech Symposium NANO KOREA 2021, TS10-Nanofabrication &amp; Measurements</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Chengdu, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9567211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03582878v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03584648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of GSG probe to pads contact repeatability for on-wafer RF measurements</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Boyaval</w:t>
+                <w:t xml:space="preserve">[Invited] Functional packaging of RF, mmW and photonic functions based on femtosecond laser micromachining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arun Bhaskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Dambrine</w:t>
+                <w:t xml:space="preserve">A. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cybelle Belem-Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 7th International Conference on Smart Instrumentation, Measurement and Applications (ICSIMA 2021), Session 4A: Medical Instrumentation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">19th International Nanotech Symposium NANO KOREA 2021, TS10-Nanofabrication &amp; Measurements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Seoul, South Korea</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404613v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03582878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linearity of RF switch based on 2D materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Skrzypczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Myungsoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gassilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4384,64 +4384,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connecter des neurones artificiels et des neurones vivants: développement d’une interface fonctionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Henniquau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Schoonjans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rédha Kassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4509,103 +4509,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enabling a bidirectional communication between artificial and biological neurons using a novel neurobiohybrid interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Schoonjans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Hoel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Henniquau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bellaredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR BioComp PhD Forum 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR BioComp, Nov 2021, Grenoble (virtual), France</w:t>
@@ -4893,51 +4893,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-volatile RF and mm-wave switches based on monolayer hBN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myungsoo Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5066,51 +5066,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Harari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitri Yarekha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Troadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5200,51 +5200,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Altuntas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Defrance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Okada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Avramovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5979,64 +5979,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges in developing bidirectionnal neurobiohybride interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Kobzar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Schoonjans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Henniquau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Avramovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6091,77 +6091,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communicating with living neurons using a next-generation bidirectional neurobiohybrid interface with optimized energy efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Schoonjans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Hoel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Henniquau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Avramovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6248,51 +6248,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital system for human knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Schoonjans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chakrya-Anna Chhuon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6370,51 +6370,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital system for human knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Henniquau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rédha Kassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6492,51 +6492,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INTERfaCe neurObiohybride pour la communication bidirectioNNElle entre des neurones arTificiels et des neurones vivants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Henniquau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rédha Kassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6614,51 +6614,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INTERfaCe neurObiohybride pour la communication bidirectioNNElle entre des neurones arTificiels et des neurones vivants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Henniquau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rédha Kassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6826,51 +6826,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DADD4CE7"/>
+    <w:nsid w:val="63110C11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7057,51 +7057,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vanessaavramovic" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0259-5373" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917965v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fornasiero" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Defrance" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lepilliet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Avramovic" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Cordier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/6.0002125" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917866v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Maes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Lemey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Roelkens" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Zaknoune" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0119244" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268627v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Tannoury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Merupo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Di Gioia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Troadec" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0153046" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547003v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bucamp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coinon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ac45c5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202213v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Margalef-Rovira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Occello" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Saadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2021.3072097" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054270v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Dugu&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Gibari" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Halbwax" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ginestar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERL20093003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411474v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lerond" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Yarekha" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Melin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arscott" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/ac0807" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091197v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Bhaskar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Philippe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Braud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Okada" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2020.106866" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094146v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouad Marzouk" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/abbc36" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264678v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuanki Bavedila" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quyang Lin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2021.3078226" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483190v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gu&#233;rin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-03540-0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371300v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pelletier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bourgeat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3115990" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091190v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Robillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JEDS.2020.3019884" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324947v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Billet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Wallart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5092283" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140657v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Pace" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Defrance" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Videt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Idir" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude de Jaeger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2019.2909152" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183510v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morelle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Theron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joff Derluyn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Degroote" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Germain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-017-3293-0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335178v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wei" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Pallecchi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samiul Haque" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Borini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6nr01521b" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224656v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Haddadi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tripon-Canseliet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Hivin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Teo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-016-4362-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090844v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye Arame Thiam" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Roelens" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Grandchamp" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2014.2347256" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872024v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gassoumi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mosbahi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soltani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Zaidi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2013.06.025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B58FQSXZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959704v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835235v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Lampin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9895804" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774945v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Reis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Poelman" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewoud Vissers" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2022.SM3K.3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702712v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Skrzypczak" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myungsoo Kim" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vignaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Gassilloud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770329v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Schoonjans" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Hoel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Henniquau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bellaredj" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835130v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerine Mokhtari" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sebbache" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lenoir" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boyaval" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794818v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tannoury" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Merupo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kohlhaas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9895790" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850841v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584648v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9567211" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582878v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alves" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cybelle Belem-Gon&#231;alves" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404613v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dambrine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSIMA50015.2021.9526303" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584529v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Myungsoo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gassilloud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455151v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;dha Kassi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delcroix" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450052v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444318v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Magnin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022574v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Polovodov" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eliet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMS30576.2020.9224090" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335212v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruijing Ge" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohan Wu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19573.2019.8993470" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441982v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bavedila" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Harari" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8509954" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276915v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cutivet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Altuntas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuMIC.2015.7345076" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997378v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Agboton" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSDERC.2013.6818818" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285110v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801068v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Foulon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pruvost" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loyez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolland" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RWS.2012.6175320" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801155v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gaqui&#232;re" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671674v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher, Hassan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delmouly" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Rouchy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Renvois&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Frijlink" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384937v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kobzar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mariot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119733v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Fay&#231;al Bellaredj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121740v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakrya-Anna Chhuon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341104v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cappy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341111v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341126v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vanessaavramovic" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0259-5373" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917965v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fornasiero" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Defrance" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lepilliet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Avramovic" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Cordier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/6.0002125" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917866v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Maes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Lemey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Roelkens" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Zaknoune" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0119244" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268627v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Tannoury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Merupo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Di Gioia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Troadec" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0153046" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547003v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bucamp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coinon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ac45c5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202213v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Margalef-Rovira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Occello" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Saadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2021.3072097" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054270v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Dugu&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Gibari" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Halbwax" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ginestar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERL20093003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094146v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouad Marzouk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arscott" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/abbc36" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091197v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Bhaskar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Philippe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Braud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Okada" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2020.106866" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411474v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lerond" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Yarekha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Melin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/ac0807" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264678v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuanki Bavedila" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quyang Lin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2021.3078226" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483190v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gu&#233;rin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-03540-0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371300v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pelletier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bourgeat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3115990" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091190v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Robillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JEDS.2020.3019884" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324947v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Billet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Wallart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5092283" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140657v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Pace" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Defrance" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Videt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Idir" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude de Jaeger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2019.2909152" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183510v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morelle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Theron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joff Derluyn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Degroote" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Germain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-017-3293-0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335178v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wei" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Pallecchi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samiul Haque" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Borini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6nr01521b" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224656v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Haddadi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tripon-Canseliet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Hivin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Teo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-016-4362-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090844v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye Arame Thiam" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Roelens" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Grandchamp" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2014.2347256" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872024v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gassoumi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mosbahi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soltani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Zaidi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2013.06.025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B58FQSXZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959704v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702712v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Skrzypczak" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myungsoo Kim" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vignaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Gassilloud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774945v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Reis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Poelman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewoud Vissers" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2022.SM3K.3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770329v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Schoonjans" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Hoel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Henniquau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bellaredj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835235v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Lampin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9895804" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835130v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerine Mokhtari" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sebbache" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lenoir" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boyaval" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794818v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tannoury" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Merupo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kohlhaas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9895790" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850841v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404613v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dambrine" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSIMA50015.2021.9526303" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584648v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9567211" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582878v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucaud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alves" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cybelle Belem-Gon&#231;alves" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584529v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Myungsoo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gassilloud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455151v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;dha Kassi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delcroix" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450052v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444318v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Magnin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022574v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Polovodov" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eliet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMS30576.2020.9224090" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335212v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruijing Ge" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohan Wu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19573.2019.8993470" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441982v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bavedila" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Harari" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8509954" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276915v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cutivet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Altuntas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuMIC.2015.7345076" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997378v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Agboton" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSDERC.2013.6818818" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285110v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801068v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Foulon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pruvost" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loyez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolland" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RWS.2012.6175320" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801155v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gaqui&#232;re" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671674v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher, Hassan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delmouly" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Rouchy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Renvois&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Frijlink" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384937v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kobzar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mariot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119733v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Fay&#231;al Bellaredj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121740v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakrya-Anna Chhuon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341104v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cappy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341111v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341126v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>