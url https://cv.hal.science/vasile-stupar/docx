--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -132,329 +132,329 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-Assisted Blood–Brain Barrier Opening Monitoring by Photoacoustic and Fluorescence Imaging Using Indocyanine Green</w:t>
+                <w:t xml:space="preserve">Microvascular and astrocytic responses to repeated magnetic resonance-guided focused ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rigollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Chalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasile Stupar</w:t>
+                <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 51 (7), pp.1059-1069. </w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 386, pp.114151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2025.02.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2025.114151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175656v1</w:t>
+                <w:t xml:space="preserve">hal-05225248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microvascular and astrocytic responses to repeated magnetic resonance-guided focused ultrasound</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ultrasound-Assisted Blood–Brain Barrier Opening Monitoring by Photoacoustic and Fluorescence Imaging Using Indocyanine Green</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Fournié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Chalet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Ador</w:t>
+                <w:t xml:space="preserve">Claire Counil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Dumont</w:t>
+                <w:t xml:space="preserve">Vasile Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 386, pp.114151. </w:t>
+              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 51 (7), pp.1059-1069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2025.114151⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2025.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05225248v1</w:t>
+                <w:t xml:space="preserve">hal-05175656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbeam Radiation Therapy Opens a Several Days’ Vessel Permeability Window for Small Molecules in Brain Tumor Vessels</w:t>
               </w:r>
@@ -1257,51 +1257,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The three glioma rat models C6, F98 and RG2 exhibit different metabolic profiles: in vivo 1H MRS and ex vivo 1H HRMAS combined with multivariate statistics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasile Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regine Farion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1710,51 +1710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasan Alsaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Elgrabli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasile Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 59 (6), pp.1298-1303. </w:t>
@@ -1798,342 +1798,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of nonlinear pO2 decay in mouse lungs using 3He-MRI, NMR in Biomedicine</w:t>
+                <w:t xml:space="preserve">Alveolar oxygen partial pressure and O2 depletion rate mapping in rats using 3He ventilation imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Cieslar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Alsaid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Stupar</w:t>
+                <w:t xml:space="preserve">E. Canet-Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Gaillard</w:t>
+                <w:t xml:space="preserve">S. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Canet-Soulas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Y. Crémillieux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMR Biomed.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007</w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 57, pp.423-430</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01922784v1</w:t>
+                <w:t xml:space="preserve">hal-00443195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alveolar oxygen partial pressure and O2 depletion rate mapping in rats using 3He ventilation imaging</w:t>
+                <w:t xml:space="preserve">Measurement of nonlinear pO2 decay in mouse lungs using 3He-MRI, NMR in Biomedicine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Cieslar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alsaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canet-Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 57, pp.423-430</w:t>
+              <w:t xml:space="preserve">NMR Biomed.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00443195v1</w:t>
+                <w:t xml:space="preserve">hal-01922784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrospective Cine 3He ventilation imaging under spontaneous breathing conditions: a non-invasive protocol for small animal lung function imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canet-Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Alsaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Beckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2188,90 +2188,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear pO(2) decay in mouse lungs using He-3-MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Cieslar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alsaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canet-Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Measurement of Nuclear Magnetic Resonance in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 57, pp.383-391</w:t>
@@ -2313,90 +2313,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alveolar pO2 and oxygen uptake imaging in mice using 3He-MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Cieslar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alsaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canet-Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Magnetic Resonance in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, (in-press)</w:t>
@@ -2438,77 +2438,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noninvasive hyperpolarized helium-3 imaging studies in rats under spontaneous breathing conditions using a retrospective radial cine imaging technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canet-Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Alsaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Beckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2627,1962 +2627,1837 @@
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 24, pp.611-616. </w:t>
+              <w:t xml:space="preserve">, 2006, 24 (3), pp.611-616. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jmri.20671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00427995v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">hal-00443369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal study tracking physiological changes through multiparametric MRI during repeated MRgFUS-induced BBB opening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel L Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 International Society for Magnetic Resonance in Medecine &amp; International Society for MR Radiographers &amp; Technologists Annual Meeting &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal MR vascular fingerprinting approach tracking physiological changes during repeated MR guided focused ultrasound mediated BBB opening on rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Delphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th European Molecular Imaging Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04524090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cerebral perfusion monitoring after FUS mediated blood-brain barrier opening: a study to evaluate ultrasound bioeffect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rigollet Sébastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rigollet Sébastien</w:t>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Annual International Symposium on Therapeutic Ultrasound (ISTU 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04215096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain Metabolic Disorders Induced by Convulsive Dose of Soman. In vivo Study Using Chemical Shift Imaging NMR Spectroscopy in Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Testylier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Testylier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Stupar</w:t>
+                <w:t xml:space="preserve">F. Fauvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Fauvelle</w:t>
+                <w:t xml:space="preserve">C. Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The XIII International congress of Toxicoloy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Séoul, Korea, Unknown Region. pp.P3 \textendash 068</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01879525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain Metabolic Disorders Induced by Convulsive Dose of Soman. In vivo Study Using Chemical Shift Imaging NMR Spectroscopy in Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Testylier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Testylier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Stupar</w:t>
+                <w:t xml:space="preserve">F. Fauvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Fauvelle</w:t>
+                <w:t xml:space="preserve">C. Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The XIII International congress of Toxicoloy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Séoul, Korea, Unknown Region. pp.P3 \textendash 068</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01879521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dynamic Nuclear Polarization system for MRI and MRS in vivo hyperpolarised contrast agents: Principles, design and realisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Goutailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Goutailler</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">B. Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Crémillieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamic Nuclear Polarization Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Nottingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01912471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperpolarisation de noyaux de C13 par Polarisation Dynamique Nucléaire (PDN) pour la production d\textquoterightagents de contraste pour l\textquoterightIRM et la SRM biomédicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Goutailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Goutailler</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">B. Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Crémillieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXéme Congrès du GERM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Alénya, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01912470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperpolarized 3He MRI: a comprehensive tool for the investigation of lung function in physio-pathological animal models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Al Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alsaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Bannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Cieslar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contrast Media Research - CMR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Banff, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperpolarisation de noyaux de C13 par Polarisation Dynamique Nucléaire pour la production d\textquoterightagents de contraste pour l\textquoterightIRM et la SRM biomédicales : principes, conception et implémentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Goutailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Stupar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Goutailler</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">B. Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Crémillieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès général de la Société Française de Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01912469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal Helium-3 and Proton imaging of magnetite biodistribution in a rat model of instilled nanoparticles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Al Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alsaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Elgrabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of nonlinear decay of alveolar partial pressure of oxygen in mice using 3He-MR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Cieslar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Alsaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Fissoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMRM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Seattle, USA, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrospective Cine 3He ventilation imaging under spontaneous breathing conditions: a non invasive imaging protocol for small animal lung function imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canet-Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Alsaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Beckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMRM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Seattle, USA, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping of Alveolar Initial Partial Pressure of Oxygen end Depletion Rate in Rats and Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Cieslar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Canet-Soulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Crémillieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Winnipeg Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrospective Cine ventilation imaging under spontaneous breathing conditions: a non invasive imaging protocol for rat lung function assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Canet-Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Alsaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Beckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Magnetic Resonance in Medicine and Biology, 22nd Annual Scientific Meeting ESMRMB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Basel, Switzerland. (in-press)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4592,414 +4467,414 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de l'ouverture de la barrière hémato-encéphalique contrôlé par IRM sur cerveau entier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Clément</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cassandra Cresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème congrès de la Société Française de Résonance Magnétique en Biologie et Médecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris Sorbonne Université, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04215027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound and Cationic Microbubble Assisted Gene Delivery in the Brain for Fragile X Syndrome Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delehedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Delehedde</w:t>
+                <w:t xml:space="preserve">V. de Concini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. de Concini</w:t>
+                <w:t xml:space="preserve">R. Clémençon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Clémençon</w:t>
+                <w:t xml:space="preserve">C. Si Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Society of Nanomedicine and C’Nano Joint conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03668578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of focused ultrasound on cerebral blood flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Collomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Collomb</w:t>
+                <w:t xml:space="preserve">C. Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. And Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Annual Meeting ISMRM-ESMRMB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03668579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId149"/>
+      <w:footerReference w:type="default" r:id="rId148"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5067,51 +4942,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2256DEC3"/>
+    <w:nsid w:val="DA1DCB2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5298,51 +5173,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vasile-stupar" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0175-7198" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175656v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ador" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Fourni&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Counil" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2025.02.016" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225248v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114151" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142200v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Potez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lemasson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Heemeryck" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Albert Laissue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2024.02.007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193021v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Boux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Collomb" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Zub" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Maziere" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.16886" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159567v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cl&#233;ment" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Doyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fauvelle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Hossu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailiang Chen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4490" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01930811v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cuisinier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bouzat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batandier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemasson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bja.2018.01.025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04728897v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02430582v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Daoust" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barbier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stupar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maunoir-Regimbal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4tx00135d" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02430555v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coquery" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Farion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Maunoir-Regimbal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L. Barbier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-015-0835-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850697v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vautrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Edouard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bobyk" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2011.09.013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00658275v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mignot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mowat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Louis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dufort" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201104104" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9CF52XTZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963121v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Al Faraj" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Lacroix" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Alsaid" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Elgrabli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.21571" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XZGQZLGT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922784v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cieslar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alsaid" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Canet-Soulas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443195v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cr&#233;millieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443473v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Beckmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443194v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443193v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922788v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427995v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mosbah" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cremillieux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adeleine" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupuich" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.20671" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9PND0PXB-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443369v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606240v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524090v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215096v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigollet S&#233;bastien" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barbier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879525v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Testylier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fauvelle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R&#233;my" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ratiney" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879521v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912471v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goutailler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montcel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912470v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922785v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Faraj" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bannier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912469v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922783v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lacroix" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Elgrabi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922787v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fissoune" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922789v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922790v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922791v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215027v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Cresson" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668578v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delehedde" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. de Concini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cl&#233;men&#231;on" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Si Ahmed" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#234;me" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668579v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Collomb" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rome" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. And Barbier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vasile-stupar" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0175-7198" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225248v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ador" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114151" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175656v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Fourni&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Counil" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2025.02.016" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142200v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Potez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lemasson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Heemeryck" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Albert Laissue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2024.02.007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193021v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Boux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Collomb" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Zub" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Maziere" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.16886" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159567v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cl&#233;ment" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Doyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fauvelle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Hossu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailiang Chen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4490" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01930811v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cuisinier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bouzat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batandier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lemasson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bja.2018.01.025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04728897v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02430582v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Daoust" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barbier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stupar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maunoir-Regimbal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4tx00135d" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02430555v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coquery" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Farion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Maunoir-Regimbal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L. Barbier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-015-0835-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850697v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vautrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Edouard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bobyk" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2011.09.013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00658275v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mignot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mowat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Louis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dufort" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201104104" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9CF52XTZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963121v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Al Faraj" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Lacroix" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Alsaid" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Elgrabli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.21571" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XZGQZLGT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443195v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cieslar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Canet-Soulas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cr&#233;millieux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922784v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alsaid" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaillard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443473v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Beckmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443194v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443193v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922788v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427995v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mosbah" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cremillieux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adeleine" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupuich" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.20671" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9PND0PXB-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606240v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524090v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215096v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigollet S&#233;bastien" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barbier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879525v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Testylier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fauvelle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R&#233;my" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ratiney" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879521v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912471v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goutailler" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montcel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912470v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922785v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Faraj" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bannier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912469v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922783v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lacroix" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Elgrabi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922787v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fissoune" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922789v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922790v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922791v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215027v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Cresson" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668578v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delehedde" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. de Concini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cl&#233;men&#231;on" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Si Ahmed" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#234;me" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Collomb" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rome" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. And Barbier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>