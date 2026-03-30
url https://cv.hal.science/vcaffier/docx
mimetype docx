--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1721,550 +1721,550 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02516660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When virulence originates from nonagricultural hosts: evolutionary and epidemiological consequences of introgressions following secondary contacts in &amp;lt;i&amp;gt;Venturia inaequalis&amp;lt;/i&amp;gt;</w:t>
+                <w:t xml:space="preserve">Guide des sensibilités variétales aux bio-agresseurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Leroy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Caffier</w:t>
+                <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Celton</w:t>
+                <w:t xml:space="preserve">Vincent Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Anger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charles-Eric Durel</w:t>
+                <w:t xml:space="preserve">Armand Guillermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Arbona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Supplément n°698</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02516628v1</w:t>
+                <w:t xml:space="preserve">hal-04903219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainable management of scab control through the integration of apple resistant cultivars in a low-fungicide input system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Didelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Caffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Orain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciana Parisi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 217 (1), pp.41-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.agee.2015.10.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01388750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guide des sensibilités variétales aux bio-agresseurs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Slow erosion of a quantitative apple resistance to Venturia inaequalis based on an isolate-specific Quantitative Trait Locus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Mercier</w:t>
+                <w:t xml:space="preserve">Valerie Caffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armand Guillermin</w:t>
+                <w:t xml:space="preserve">Mehdi Al Rifai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Arbona</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guy Clauzel</w:t>
+                <w:t xml:space="preserve">Morgane Comby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44, pp.541-548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2016.07.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903219v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slow erosion of a quantitative apple resistance to Venturia inaequalis based on an isolate-specific Quantitative Trait Locus</w:t>
+                <w:t xml:space="preserve">When virulence originates from nonagricultural hosts: evolutionary and epidemiological consequences of introgressions following secondary contacts in &amp;lt;i&amp;gt;Venturia inaequalis&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Caffier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Le Cam</w:t>
+                <w:t xml:space="preserve">Thibault Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Caffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Al Rifai</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Bellanger</w:t>
+                <w:t xml:space="preserve">Jean-Marc Celton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Comby</w:t>
+                <w:t xml:space="preserve">Nicolas Anger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Eric Durel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 44, pp.541-548. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 210 (4), pp.1443-1452. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2016.07.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.13873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01594610v1</w:t>
+                <w:t xml:space="preserve">hal-02516628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virulence characterization of Venturia inaequalis reference isolates on the differential set of Malus hosts</w:t>
               </w:r>
@@ -2384,51 +2384,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion of quantitative host resistance in the apple x Venturia inaequalis pathosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Caffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lasserre - Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2569,51 +2569,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Caffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 90, pp.159 - 163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2819,51 +2819,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Crété</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Soubeyrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Caffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Didelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3044,51 +3044,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 10 : la tavelure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddy Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3096,51 +3096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Laget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciana Parisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arboriculture Fruitière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 670, 1p</w:t>
@@ -3315,51 +3315,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new scab-like disease on apple caused by the formerly saprotrophic fungus Venturia asperata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Caffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4023,51 +4023,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Roldan-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Caffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 19 (4), pp.658-674. </w:t>
@@ -6474,51 +6474,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0542C347"/>
+    <w:nsid w:val="3E297870"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6622,51 +6622,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="B7C31C17"/>
+    <w:nsid w:val="CD0A89C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6856,51 +6856,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vcaffier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2388-3630" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04623921v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohana Laloum" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Aguayo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barr&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Caffier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Crepet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol94-art26" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04336943v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Cam" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudouin Remi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bellanger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Brisset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1378.52" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03560861v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Shiller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Collemare" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Expert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-05-21-0222-sc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538379v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Fontaine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fourrier-Jeandel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Armitage" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Boutigny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Cr&#233;pet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.12496" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03461843v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudracco-Arnas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ben Krima" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.51" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972460v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Feurtey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Guitton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Gracia Coquerel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duvaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15677" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176962v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Sargent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Amselem" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.119.400047" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516687v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lasserre-Zuber" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Stievenard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarquand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-11-17-1759-RE" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905321v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Montarry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Kerlan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01838" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288009v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lavaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paillard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516660v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laloi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vergne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Eric Durel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12581" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516628v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Celton" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13873" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388750v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Didelot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Orain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Parisi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2015.10.023" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903219v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mercier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Guillermin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Arbona" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594610v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Caffier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Al Rifai" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Comby" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2016.07.016" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392641v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Patocchi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-14-0708-RE" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210000v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lasserre - Zuber" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Giraud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lascostes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Stievenard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2014.02.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8BVSV2Z4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209914v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Belin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Boureau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2012.09.014" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0WPG6TB8-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793630v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L&#234; Van" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chauveau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Brunel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12086" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209899v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cr&#233;t&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Soubeyrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Didelot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13253-013-0138-x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209918v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Le Van" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gladieux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lemaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cornille" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Giraud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1752-4571.2012.00246.x" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209905v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Laget" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gros" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168819v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ch&#233;n&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucidarme" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bertheloot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2011.12.007" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1XDQGH6Q-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209919v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tellier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Devaux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2011.02583.x" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650625v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G.M. Bus" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik H.A. Rikkerink" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eric Durel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim M. Plummer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-phyto-072910-095339" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652093v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2011.02437.x" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329021v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gu&#233;rin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05288.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DFBA879EC96F3ACA237245DB5C1CBF0EE7AEC36E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668199v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2009.12.007" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8B6LP4XW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04331642v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiu-Guo Zhang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Roldan-Ruiz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2009.04498.x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7DAE1911CA4CA76E318AE41A17A7BDEB85552F0A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659116v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besnik Pumo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Causeur" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2010.02345.x" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663468v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana L. Parisi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0523.2007.01351.x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HWQWQ48P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653594v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurens" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sapoukhina" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/sjsm-zt24" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671303v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurens" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674686v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Bousset" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Hovmoller" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ostergard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674352v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lespinasse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laurens" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chevalier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pinet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886250v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Hovm&#248;ller" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marja Jalli" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2001117" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691719v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jalli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Andersen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Besenhofer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691328v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886083v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2000172" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693169v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697714v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U.E. Br&#228;ndle" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Wolfe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692982v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefol" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Danielou" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fleury" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Darmency" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686759v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693718v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K.B. Brown" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684305v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hoffstadt" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leconte" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684304v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703907v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boucher" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maillet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704236v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706063v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707143v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Valee" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vcaffier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2388-3630" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04623921v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohana Laloum" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Aguayo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barr&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Caffier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Crepet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol94-art26" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04336943v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Cam" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudouin Remi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bellanger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Brisset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1378.52" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03560861v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Shiller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Collemare" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Expert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-05-21-0222-sc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538379v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Fontaine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fourrier-Jeandel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Armitage" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Boutigny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Cr&#233;pet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.12496" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03461843v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudracco-Arnas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ben Krima" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.51" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972460v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Feurtey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Guitton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Gracia Coquerel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duvaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15677" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176962v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Sargent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Amselem" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.119.400047" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516687v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lasserre-Zuber" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Stievenard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarquand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-11-17-1759-RE" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905321v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Montarry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Kerlan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01838" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288009v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lavaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paillard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516660v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laloi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vergne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Eric Durel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12581" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903219v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mercier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Guillermin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Arbona" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388750v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Didelot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Orain" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Parisi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2015.10.023" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594610v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Caffier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Al Rifai" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Comby" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2016.07.016" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516628v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Celton" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13873" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392641v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Patocchi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-14-0708-RE" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210000v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lasserre - Zuber" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Giraud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lascostes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Stievenard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2014.02.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8BVSV2Z4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209914v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Belin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Boureau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2012.09.014" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0WPG6TB8-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793630v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L&#234; Van" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chauveau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Brunel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12086" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209899v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cr&#233;t&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Soubeyrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Didelot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13253-013-0138-x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209918v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Le Van" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gladieux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lemaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cornille" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Giraud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1752-4571.2012.00246.x" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209905v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Laget" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gros" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168819v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ch&#233;n&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucidarme" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bertheloot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2011.12.007" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1XDQGH6Q-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209919v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tellier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Devaux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2011.02583.x" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650625v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G.M. Bus" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik H.A. Rikkerink" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eric Durel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim M. Plummer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-phyto-072910-095339" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652093v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2011.02437.x" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329021v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gu&#233;rin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05288.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DFBA879EC96F3ACA237245DB5C1CBF0EE7AEC36E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668199v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2009.12.007" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8B6LP4XW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04331642v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiu-Guo Zhang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Roldan-Ruiz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2009.04498.x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7DAE1911CA4CA76E318AE41A17A7BDEB85552F0A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659116v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besnik Pumo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Causeur" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2010.02345.x" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663468v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana L. Parisi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0523.2007.01351.x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HWQWQ48P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653594v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurens" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sapoukhina" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/sjsm-zt24" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671303v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurens" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674686v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Bousset" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Hovmoller" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ostergard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674352v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lespinasse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laurens" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chevalier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pinet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886250v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Hovm&#248;ller" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marja Jalli" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2001117" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691719v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jalli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Andersen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Besenhofer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691328v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886083v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2000172" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693169v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697714v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U.E. Br&#228;ndle" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Wolfe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692982v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefol" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Danielou" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fleury" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Darmency" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686759v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693718v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K.B. Brown" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684305v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hoffstadt" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leconte" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684304v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703907v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boucher" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maillet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704236v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706063v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707143v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Valee" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>