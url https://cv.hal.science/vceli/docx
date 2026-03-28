--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -390,165 +390,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05163951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catégoriser des formes à l'école maternelle, pour le développement global de l'enfant et pour les apprentissages de l'élève</w:t>
+                <w:t xml:space="preserve">N'oublions pas la géométrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de communication et socialisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, REGARDS CROISÉS SUR L’APPRENTISSAGE DES MATHÉMATIQUES À L’ÉDUCATION PRÉSCOLAIRE/MATERNELLE : PERSPECTIVES INTERNATIONALES, 10 (1), pp.61-83</w:t>
+              <w:t xml:space="preserve">Au fil des maths</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 548, pp.3-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05163948v1</w:t>
+                <w:t xml:space="preserve">hal-04518704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N'oublions pas la géométrie</w:t>
+                <w:t xml:space="preserve">Catégoriser des formes à l'école maternelle, pour le développement global de l'enfant et pour les apprentissages de l'élève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Au fil des maths</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 548, pp.3-6</w:t>
+              <w:t xml:space="preserve">Revue internationale de communication et socialisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, REGARDS CROISÉS SUR L’APPRENTISSAGE DES MATHÉMATIQUES À L’ÉDUCATION PRÉSCOLAIRE/MATERNELLE : PERSPECTIVES INTERNATIONALES, 10 (1), pp.61-83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518704v1</w:t>
+                <w:t xml:space="preserve">hal-05163948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques de formation à l'enseignement des mathématiques : une approche par la recherche en didactique</w:t>
               </w:r>
@@ -822,224 +822,224 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproduire un cercle et en parler en classe de mathématique : est-ce si simple ? Quelques éléments d’analyse d’une étude didactique comparant trois mises en oeuvre d’une même situation</w:t>
+                <w:t xml:space="preserve">La place des croyances dans la praxéologie d’une enseignante novice d’école primaire : le cas du calcul mental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Bulf</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina De Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Educação Matemática Pesquisa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (4), pp.309-317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23925/1983-3156.2020v22i4p309-317⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524122v1</w:t>
+                <w:t xml:space="preserve">hal-05208182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place des croyances dans la praxéologie d’une enseignante novice d’école primaire : le cas du calcul mental</w:t>
+                <w:t xml:space="preserve">Reproduire un cercle et en parler en classe de mathématique : est-ce si simple ? Quelques éléments d’analyse d’une étude didactique comparant trois mises en oeuvre d’une même situation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marina De Simone</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bulf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educação Matemática Pesquisa</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40, pp.125-147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23925/1983-3156.2020v22i4p309-317⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05208182v1</w:t>
+                <w:t xml:space="preserve">hal-04524122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Castelnuovo: objets et actions pour un enseignement constructif de la géométrie</w:t>
+                <w:t xml:space="preserve">Emma Castelnuovo : objets et actions pour un enseignement constructif de la géométrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
@@ -1325,191 +1325,191 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Situation géométrique et médiation sémiotique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le modèle de la transposition méta-didactique pour concevoir et évaluer un dispositif de formation initiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Gachassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International en hommage à Guy Brousseau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">AREF (Actualités de la Recherche en Éducation et en Formation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05208213v1</w:t>
+                <w:t xml:space="preserve">hal-05208211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle de la transposition méta-didactique pour concevoir et évaluer un dispositif de formation initiale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Situation géométrique et médiation sémiotique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bulf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Gachassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AREF (Actualités de la Recherche en Éducation et en Formation)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Liège, Belgique</w:t>
+              <w:t xml:space="preserve">Colloque International en hommage à Guy Brousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05208211v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Descubrir los números a través de materiales variados</w:t>
               </w:r>
@@ -2201,234 +2201,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation entre formateur et formé : quelles influences réciproques sur leurs praxéologies ?</w:t>
+                <w:t xml:space="preserve">Addressing the issue of trust in elementary teachers' maths-specific education: Anfomam project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Ignacio Cogolludo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Garcia Catalán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gil Clemente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inmaculada Lizasoain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium Le formateur dans les dispositifs de formation, à l’interface entre recherche en didactique et enseignement des mathématiques. 30es Rencontres Internationales du Réseau Recherche Éducation Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Opportunities in Learning and Teaching Elementary Mathematics, Proceedings. International Symposium Elementary Mathematics Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Charles University Faculty of Education, 2019, Prague, Czech Republic. pp.113 - 121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799149v1</w:t>
+                <w:t xml:space="preserve">hal-02799620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the issue of trust in elementary teachers' maths-specific education: Anfomam project</w:t>
+                <w:t xml:space="preserve">Relation entre formateur et formé : quelles influences réciproques sur leurs praxéologies ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina de Simone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opportunities in Learning and Teaching Elementary Mathematics, Proceedings. International Symposium Elementary Mathematics Teaching</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Charles University Faculty of Education, 2019, Prague, Czech Republic. pp.113 - 121</w:t>
+              <w:t xml:space="preserve">Symposium Le formateur dans les dispositifs de formation, à l’interface entre recherche en didactique et enseignement des mathématiques. 30es Rencontres Internationales du Réseau Recherche Éducation Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02799620v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secondarisation des discours en classe de géométrie étude de cas autour d’un même problème posé dans différents contextes</w:t>
               </w:r>
@@ -3318,51 +3318,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place des croyances dans la praxéologie d’une enseignante novice d’école primaire : le cas du calcul mental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6e congrès international sur la Théorie Anthropologique du Didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3699,51 +3699,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il calcolo mentale nelle pratiche di un'insegnante novizia di scuola primaria. Un'analisi in termini di credenze e conoscenze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dans Giacardi, L., Oggero, M. &amp; Sabena, C. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conferenze e Seminari dell’Associazione Subalpina Mathesis 2017-2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Torino : l’Artistica Editrice, 2018</w:t>
@@ -4271,233 +4271,233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles perspectives en didactique : géométrie, évaluation des apprentissages mathématiques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’évaluation en mathématiques des professeurs des écoles débutants : quelles alternatives face aux contraintes de la formation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Faïza Chellougui</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">La Pensée Sauvage éditions, Vol.1, (239 p.), 2019, ISBN 978 2 85919 335 5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Abboud, M. 2019, Mathématiques en scène, des ponts entre les disciplines. Actes du Colloque EMF 2018, 2-86612-391-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03938732v1</w:t>
+                <w:t xml:space="preserve">hal-02799785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évaluation en mathématiques des professeurs des écoles débutants : quelles alternatives face aux contraintes de la formation ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouvelles perspectives en didactique : géométrie, évaluation des apprentissages mathématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coppé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Roditi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascale Masselot</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faïza Chellougui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Abboud, M. 2019, Mathématiques en scène, des ponts entre les disciplines. Actes du Colloque EMF 2018, 2-86612-391-3</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Pensée Sauvage éditions, Vol.1, (239 p.), 2019, ISBN 978 2 85919 335 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02799785v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03938732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux et débats en didactiques des mathématiques</w:t>
               </w:r>
@@ -4872,199 +4872,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptualisation en classe de géométrie : mise à l’épreuve d’une situation et d’un cadrage théorique en termes de circulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Bulf</w:t>
+                <w:t xml:space="preserve">Didactique de la géométrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jeanne Perrin-Glorian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Coppé, S., Roditi, É., Celi, V., Chellougui, F., Tempier, F., Allard, C., Corriveau, C., Haspekian, M., Masselot, P., Rousse, S., Sabra, H. &amp; Kiwan-Zacka, M. (Eds.). </w:t>
+              <w:t xml:space="preserve">Coppé, S.; Roditi, É.; Masselot, P.; Rousse, S.; Celi, V.; Chellougui, F.; Tempier, F.; Kiwan-Zacka, M.; Sabra, H.; Allard, C.; Corriveau, C.; Haspekian, M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles perspectives en didactique : géométrie, évaluation des apprentissages mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Grenoble : La Pensée Sauvage éditions, 2019</w:t>
+              <w:t xml:space="preserve">, Nouvelles perspectives en didactique : géométrie, évaluation des apprentissages mathématiques, La Pensée Sauvage éditions, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02800300v1</w:t>
+                <w:t xml:space="preserve">hal-02800463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didactique de la géométrie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Jeanne Perrin-Glorian</w:t>
+                <w:t xml:space="preserve">Conceptualisation en classe de géométrie : mise à l’épreuve d’une situation et d’un cadrage théorique en termes de circulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Coppé, S.; Roditi, É.; Masselot, P.; Rousse, S.; Celi, V.; Chellougui, F.; Tempier, F.; Kiwan-Zacka, M.; Sabra, H.; Allard, C.; Corriveau, C.; Haspekian, M. </w:t>
+              <w:t xml:space="preserve">Coppé, S., Roditi, É., Celi, V., Chellougui, F., Tempier, F., Allard, C., Corriveau, C., Haspekian, M., Masselot, P., Rousse, S., Sabra, H. &amp; Kiwan-Zacka, M. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles perspectives en didactique : géométrie, évaluation des apprentissages mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nouvelles perspectives en didactique : géométrie, évaluation des apprentissages mathématiques, La Pensée Sauvage éditions, 2019</w:t>
+              <w:t xml:space="preserve">, Grenoble : La Pensée Sauvage éditions, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02800463v1</w:t>
+                <w:t xml:space="preserve">hal-02800300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La numération, le calcul et la calculatrice, du CM à la 6e</w:t>
               </w:r>
@@ -5537,51 +5537,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253354v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Moler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Regoliosi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gil Clemente" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Lizasoain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10649-025-10427-8" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518700v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163951v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demonty" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163948v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518704v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146480v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Tempier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lajoie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.1570" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874888v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beaugrand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mendon&#231;a Dias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bulf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon-Faur&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518703v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524122v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208182v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina De Simone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23925/1983-3156.2020v22i4p309-317" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534119v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/e69h-7141" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803016v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072018v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bessot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121580v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208213v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gachassin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208211v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518734v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Catal&#224;n" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954739v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Perrin-Glorian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Math&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518525v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518522v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518685v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Abaurrea" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518527v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ignacio Cogolludo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Garcia Catal&#225;n" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799058v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fruchon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina de Simone" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799620v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799189v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799856v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518693v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Masselot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518697v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Grietens" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518681v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518680v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Arditi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalina Coulange" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800234v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Jore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800145v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518698v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121585v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna d'Agata" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800613v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784802v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518760v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799442v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Catal&#225;n" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799937v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518675v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518716v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mill&#225;n Gasca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regoliosi Luigi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504143v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Christophe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren&#231;ot-Sorgius Isabelle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cl&#233;ment" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Couderette" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518711v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938732v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Copp&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roditi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;za Chellougui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799785v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798979v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Matheron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Derouet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Forest" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518677v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163957v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518679v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800300v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800463v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800073v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Haspekian" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163958v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163959v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163966v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253354v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Moler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Regoliosi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gil Clemente" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Lizasoain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10649-025-10427-8" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518700v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163951v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demonty" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518704v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163948v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146480v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Tempier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lajoie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.1570" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874888v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beaugrand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mendon&#231;a Dias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bulf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon-Faur&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518703v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208182v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina De Simone" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23925/1983-3156.2020v22i4p309-317" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524122v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534119v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/e69h-7141" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803016v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072018v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bessot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121580v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208211v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208213v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gachassin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518734v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Catal&#224;n" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954739v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Perrin-Glorian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Math&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518525v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518522v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518685v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Abaurrea" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518527v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ignacio Cogolludo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Garcia Catal&#225;n" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799058v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fruchon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799620v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799149v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina de Simone" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799189v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799856v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518693v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Masselot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518697v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Grietens" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518681v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518680v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Arditi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalina Coulange" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800234v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Jore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800145v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518698v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121585v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna d'Agata" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800613v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784802v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518760v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799442v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Catal&#225;n" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799937v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518675v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518716v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mill&#225;n Gasca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regoliosi Luigi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504143v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Christophe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren&#231;ot-Sorgius Isabelle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cl&#233;ment" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Couderette" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518711v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799785v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938732v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Copp&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roditi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;za Chellougui" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798979v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Matheron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Derouet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Forest" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518677v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163957v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518679v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800463v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800300v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800073v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Haspekian" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163958v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163959v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163966v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>