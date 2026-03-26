--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,195 +66,195 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling Epigenetic Regulatory Elements Associated with Breast Cancer Development</w:t>
+                <w:t xml:space="preserve">Decoding the Integrated Stress Response of Pancreatic Cancer: Identifying a Serine‐dependent Tumor Subset Under Metabolic Relationships With CAFs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Jardanowska-Kotuniak</w:t>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michał Dramiński</w:t>
+                <w:t xml:space="preserve">Mehdi Liauzun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michal Wlasnowolski</w:t>
+                <w:t xml:space="preserve">Jacobo Solorzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcin Łapiński</w:t>
+                <w:t xml:space="preserve">Morgane Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaustav Sengupta</w:t>
+                <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (14), pp.6558. </w:t>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms26146558⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/advs.202515740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263929v1</w:t>
+                <w:t xml:space="preserve">hal-05548059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiome gut community structure and functionality are associated with symptom severity in non-responsive celiac disease patients undergoing a gluten-free diet</w:t>
               </w:r>
@@ -525,7128 +525,7696 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global chromatin reorganization and regulation of genes with specific evolutionary ages during differentiation and cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaustav Sengupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dariusz Plewczynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Aliaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 53 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkaf084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05263926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytidine Deaminase Resolves Replicative Stress and Protects Pancreatic Cancer from DNA-Targeting Drugs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unraveling the Network Signatures of Oncogenicity in Virus–Human Protein–Protein Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bery</w:t>
+                <w:t xml:space="preserve">Francesco Zambelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Francès</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manlio de Domenico</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/0008-5472.can-22-3219⟩</w:t>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (12), pp.1248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e27121248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04743033v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomics profiling of the non-small cell lung cancer microenvironment across disease stages reveals dual immune cell-type behaviors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unveiling Epigenetic Regulatory Elements Associated with Breast Cancer Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Jardanowska-Kotuniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michał Dramiński</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcelo Hurtado</w:t>
+                <w:t xml:space="preserve">Michal Wlasnowolski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leila Khajavi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ting Xie</w:t>
+                <w:t xml:space="preserve">Marcin Łapiński</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaustav Sengupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1394965⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (14), pp.6558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms26146558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04874132v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of Epigenetic Oncogenesis: A Turning Point in Cancer Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐pascal Capp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Aliaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioEssays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Online ahead of print. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/bies.202400183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04840627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An agent-based model of monocyte differentiation into tumour-associated macrophages in chronic lymphocytic leukemia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cytidine Deaminase Resolves Replicative Stress and Protects Pancreatic Cancer from DNA-Targeting Drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Francès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Verstraete</w:t>
+                <w:t xml:space="preserve">Marion Gayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malvina Marku</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julie Bordenave</w:t>
+                <w:t xml:space="preserve">Guillaume Labrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106897⟩</w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 84 (7), pp.1013 - 1028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.can-22-3219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04777519v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04743033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated Multi-omics Analysis of Early Lung Adenocarcinoma Links Tumor Biological Features with Predicted Indolence or Aggressiveness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptomics profiling of the non-small cell lung cancer microenvironment across disease stages reveals dual immune cell-type behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Khajavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmounim Essabbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria-Fernanda Senosain</w:t>
+                <w:t xml:space="preserve">Michael Kammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yong Zou</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alexis Coullomb</w:t>
+                <w:t xml:space="preserve">Ting Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/2767-9764.crc-22-0373⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1394965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04874157v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04874132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D chromatin interactions involving Drosophila insulators are infrequent but preferential and arise before TADs and transcription</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">From time-series transcriptomics to gene regulatory networks: A review on inference methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Marku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-42485-y⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (8), pp.e1011254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881279v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From time-series transcriptomics to gene regulatory networks: A review on inference methods</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Integrated Multi-omics Analysis of Early Lung Adenocarcinoma Links Tumor Biological Features with Predicted Indolence or Aggressiveness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Fernanda Senosain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khushbu Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shilin Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coullomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 19 (8), pp.e1011254. </w:t>
+              <w:t xml:space="preserve">Cancer Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.1350 - 1365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011254⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/2767-9764.crc-22-0373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881280v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04874157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network models of chromatin structure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">3D chromatin interactions involving Drosophila insulators are infrequent but preferential and arise before TADs and transcription</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Gurgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Fiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Genetics and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gde.2023.102051⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.6678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-42485-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04881282v1</w:t>
+                <w:t xml:space="preserve">hal-04881279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The antitumoral activity of TLR7 ligands is corrupted by the microenvironment of pancreatic tumors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An agent-based model of monocyte differentiation into tumour-associated macrophages in chronic lymphocytic leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Garcin</w:t>
+                <w:t xml:space="preserve">Nina Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Marku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Sramek</w:t>
+                <w:t xml:space="preserve">Marcin Domagala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Arduin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bordenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymthe.2022.01.018⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (6), pp.106897. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04577745v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04777519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D chromatin connectivity underlies replication origin efficiency in mouse embryonic stem cells</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Network models of chromatin structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkac1111⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Genetics and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 80, pp.102051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gde.2023.102051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881284v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenome-wide analysis of T-cell large granular lymphocytic leukemia identifies BCL11B as a potential biomarker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Johansson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Laguna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Johansson</w:t>
+                <w:t xml:space="preserve">Julio Ossowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Brauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Epigenetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (1), pp.148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13148-022-01362-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of Vitamin D Receptor Pathway Enhances Differentiating Capacity in Acute Myeloid Leukemia with Isocitrate Dehydrogenase Mutations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The antitumoral activity of TLR7 ligands is corrupted by the microenvironment of pancreatic tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rouanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Hanoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Sabatier</w:t>
+                <w:t xml:space="preserve">Cindy Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Boet</w:t>
+                <w:t xml:space="preserve">Pierre Garcin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexis Hucteau</w:t>
+                <w:t xml:space="preserve">Martin Sramek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers13205243⟩</w:t>
+              <w:t xml:space="preserve">Molecular Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (4), pp.1553-1563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymthe.2022.01.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04415805v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04577745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial metabolism supports resistance to IDH mutant inhibitors in acute myeloid leukemia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D chromatin connectivity underlies replication origin efficiency in mouse embryonic stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karolina Jodkowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Rigau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Stuani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Sabatier</w:t>
+                <w:t xml:space="preserve">Ricardo Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Saland</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Poupin</w:t>
+                <w:t xml:space="preserve">José M Fernández-Justel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1084/jem.20200924⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50 (21), pp.12149-12165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkac1111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563454v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STAG2 loss-of-function affects short-range genomic contacts and modulates the basal-luminal transcriptional program of bladder cancer cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Activation of Vitamin D Receptor Pathway Enhances Differentiating Capacity in Acute Myeloid Leukemia with Isocitrate Dehydrogenase Mutations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Boet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laia Richart</w:t>
+                <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleonora Lapi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+                <w:t xml:space="preserve">Nathan Guiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirabai Cuenca-Ardura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Enrique Carrillo-De-Santa Pau</w:t>
+                <w:t xml:space="preserve">Alexis Hucteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkab864⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (20), pp.5243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers13205243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03385084v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04415805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tysserand—fast and accurate reconstruction of spatial networks from bioimages</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">STAG2 loss-of-function affects short-range genomic contacts and modulates the basal-luminal transcriptional program of bladder cancer cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laia Richart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Lapi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirabai Cuenca-Ardura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Carrillo-De-Santa Pau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab490⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkab864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04875000v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03385084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromatin Network Analyses: Towards Structure-Function Relationships in Epigenomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mitochondrial metabolism supports resistance to IDH mutant inhibitors in acute myeloid leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Stuani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Saland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Poupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fbinf.2021.742216⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 218 (5), pp.e20200924. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1084/jem.20200924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881286v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Replicative Stress Triggers Cell-Type Specific Inheritable Advanced Replication Timing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tysserand—fast and accurate reconstruction of spatial networks from bioimages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coullomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms22094959⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (21), pp.3989-3991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03407911v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04875000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpreting molecular similarity between patients as a determinant of disease comorbidity relationships</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chromatin Network Analyses: Towards Structure-Function Relationships in Epigenomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-16540-x⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fbinf.2021.742216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02878879v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CovMulNet19, Integrating Proteins, Diseases, Drugs, and Symptoms: A Network Medicine Approach to COVID-19</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nina Verstraete</w:t>
+                <w:t xml:space="preserve">Low Replicative Stress Triggers Cell-Type Specific Inheritable Advanced Replication Timing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilas Courtot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bournique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Maric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Jurman</w:t>
+                <w:t xml:space="preserve">Laure Guitton-Sert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Bertagnolli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+                <w:t xml:space="preserve">Miguel Madrid-Mencía</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Network and Systems Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/nsm.2020.0011⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (9), pp.4959. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22094959⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881288v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03407911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eomes-Dependent Loss of the Co-activating Receptor CD226 Restrains CD8+ T Cell Anti-tumor Functions and Limits the Efficacy of Cancer Immunotherapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using GARDEN-NET and ChAseR to explore human haematopoietic 3D chromatin interaction networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Madrid-Mencía</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Raineri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Weulersse</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tran Bich Ngoc Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.immuni.2020.09.006⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48 (8), pp.4066-4080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkaa159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03030829v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights on TAM Formation from a Boolean Model of Macrophage Polarization Based on In Vitro Studies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">CovMulNet19, Integrating Proteins, Diseases, Drugs, and Symptoms: A Network Medicine Approach to COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Verstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marcin Domagala</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Jurman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Bertagnolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arsham Ghavasieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers12123664⟩</w:t>
+              <w:t xml:space="preserve">Network and Systems Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (1), pp.130-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/nsm.2020.0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03365450v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling new disease, pathway, and gene associations via multi-scale neural network</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alfonso Valencia</w:t>
+                <w:t xml:space="preserve">Insights on TAM Formation from a Boolean Model of Macrophage Polarization Based on In Vitro Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Marku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Madrid-Mencía</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Domagala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231059⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (12), pp.3664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers12123664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02536487v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03365450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using GARDEN-NET and ChAseR to explore human haematopoietic 3D chromatin interaction networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miguel Madrid-Mencía</w:t>
+                <w:t xml:space="preserve">Eomes-Dependent Loss of the Co-activating Receptor CD226 Restrains CD8+ T Cell Anti-tumor Functions and Limits the Efficacy of Cancer Immunotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Weulersse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Asrir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea C Pichler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emanuele Raineri</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matthias Braun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkaa159⟩</w:t>
+              <w:t xml:space="preserve">Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (4), pp.824-839.e10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.immuni.2020.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881287v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03030829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Inverse Comorbidity between Alzheimer’s Disease and Lung Cancer: New Insights from Matrix Factorization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unveiling new disease, pathway, and gene associations via multi-scale neural network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaudelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Greco</w:t>
+                <w:t xml:space="preserve">Noël Malod-Dognin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jon Sanchez Valle</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Jon Sánchez-Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Baudot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Barillot</w:t>
+                <w:t xml:space="preserve">Alfonso Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms20133114⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (4), pp.e0231059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277045v2</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02536487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The International Human Epigenome Consortium: A Blueprint for Scientific Collaboration and Discovery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interpreting molecular similarity between patients as a determinant of disease comorbidity relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Sánchez-Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Tejero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eileen Furlong</w:t>
+                <w:t xml:space="preserve">José María Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sitanshu Gakkhar</w:t>
+                <w:t xml:space="preserve">David Juan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Gasparoni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel H. Geschwind</w:t>
+                <w:t xml:space="preserve">Beatriz Urda-García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2016.11.007⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.2854. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-16540-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01614945v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02878879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Molecular Inverse Comorbidity between Alzheimer’s Disease and Lung Cancer: New Insights from Matrix Factorization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Greco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Sanchez Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Baudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (13), pp.3114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20133114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277045v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The International Human Epigenome Consortium: A Blueprint for Scientific Collaboration and Discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eileen Furlong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sitanshu Gakkhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Gasparoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gasparoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel H. Geschwind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 167 (5), pp.1145--1149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2016.11.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01614945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Whole-genome fingerprint of the DNA methylome during human B cell differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Kulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelika Merkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Heath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana C. Queirós</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald P. Schuyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 47 (7), pp.746-756. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ng.3291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01163753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">multideconv - an integrative pipeline for efficiently combining first and second generation cell type deconvolution results</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Network analysis to understand gene regulation: across spatial scales and towards multi-level models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263946v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FOLR2 transfer by trogocytosis from nurse-like cells to CLL cells is linked to their activation and proliferation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Time-series RNA-Seq and data-driven network inference unveil dynamics of cell activation, survival and crosstalk in Chronic Lymphocytic Leukaemia in vitro models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Marku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bordenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcin Domagala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...50 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05263935v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut microbial ecosystems differ across metabolic and obesity phenotypes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">multideconv - an integrative pipeline for efficiently combining first and second generation cell type deconvolution results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmounim Essabbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Khajavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263936v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-series RNA-Seq and data-driven network inference unveil dynamics of cell activation, survival and crosstalk in Chronic Lymphocytic Leukaemia in vitro models</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">FOLR2 transfer by trogocytosis from nurse-like cells to CLL cells is linked to their activation and proliferation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcin Domagala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Bazile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Gerby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Ysebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05263934v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilayer network approaches to omics data integration in Digital Twins for cancer research</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gut microbial ecosystems differ across metabolic and obesity phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanca Lacruz-Pleguezuelos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guadalupe Bazán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Romero-Tapiador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gala Freixer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Fernández-Cabezas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263933v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mosna reveals different types of cellular interactions predictive of response to immunotherapies and survival in cancer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multilayer network approaches to omics data integration in Digital Twins for cancer research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Coullomb</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Malvina Marku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Zinovyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263931v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GEM-DeCan: Improved tumor immune microenvironment profiling through novel gene expression and DNA methylation signatures predicts immunotherapy response</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">mosna reveals different types of cellular interactions predictive of response to immunotherapies and survival in cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coullomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Monsarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05263930v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytidine deaminase protects pancreatic cancer cells from replicative stress and drives resistance to DNA-targeting drugs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cyril Ribeyre</w:t>
+                <w:t xml:space="preserve">GEM-DeCan: Improved tumor immune microenvironment profiling through novel gene expression and DNA methylation signatures predicts immunotherapy response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ting Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacobo Solórzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Madrid-Mencía</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmounim Essabbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2021</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03409378v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cytidine deaminase protects pancreatic cancer cells from replicative stress and drives resistance to DNA-targeting drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Francès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Ribeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Low replication stress leads to specific replication timing advances associated to chromatin remodelling in cancer cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilas Courtot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bournique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Maric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guitton-Sert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Madrid-Mencía</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03006823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of the osteogenic potential of bone-marrow mesenchymal stromal cells (BM-MSCs) in 3D-spheroids in the context of aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Gouarderes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Aliaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bensadoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Espagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Annual ICSA Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Rome, Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05273625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissecting cellular communication in the tumour microenvironment through multiscale dynamical modelling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mary Poupot</w:t>
+                <w:t xml:space="preserve">P3.18.60 The COALA (Cure Oncogene-Addicted Lung Adenocarcinoma) research network: a nationwide consortium dedicated to improving lung cancer outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mazières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Albinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Calvayrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alifano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Benzekry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PerMedCoE (Personalised Medicine Center of Excellence) training school and online seminar</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WCLC 2025 - IASLC World Conference on Lung Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Barcelone, Spain. Journal of Thoracic Oncology, 20 (10, Supplement 1), pp.S570-S571, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtho.2025.09.1075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04988682v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating transcriptomics, imaging and genetic mutations reveals biomarkers potentially associated to immunotherapy response in lung cancer</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dissecting cellular communication in the tumour microenvironment through multiscale dynamical modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Marku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bordenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Ysebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Poupot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual EACR Congress: Innovative Cancer Science Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Torino, Italy</w:t>
+              <w:t xml:space="preserve">PerMedCoE (Personalised Medicine Center of Excellence) training school and online seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Sant Feliu de Guixols, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04988648v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04988682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preclinical and patient transcriptomics RNA-seq highlight the impact of TNF blockade on the inflammatory status of melanoma tumours.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Integrating transcriptomics, imaging and genetic mutations reveals biomarkers potentially associated to immunotherapy response in lung cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Khajavi-Ettouati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmounim Essabbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mazieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EACR conferences: Defence is the Best Attack: Immuno-Oncology Breakthroughs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Barcelona (ES), Spain</w:t>
+              <w:t xml:space="preserve">Annual EACR Congress: Innovative Cancer Science Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04991620v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04988648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network approaches to dissect the epigenome-phenotype connection in immune cells Vera Pancaldi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Preclinical and patient transcriptomics RNA-seq highlight the impact of TNF blockade on the inflammatory status of melanoma tumours.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Genais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Virazels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Living Systems: From molecules to systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Dresde ( Virtual event ), Germany</w:t>
+              <w:t xml:space="preserve">EACR conferences: Defence is the Best Attack: Immuno-Oncology Breakthroughs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Barcelona (ES), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04988686v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04991620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Network approaches to dissect the epigenome-phenotype connection in immune cells Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Living Systems: From molecules to systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Dresde ( Virtual event ), Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04988686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cytidine deaminase protects pancreatic cancer cells from replicative stress and drive response to DNA-targeting drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Béry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Ribeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdessamad Elkaoutari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Labrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AACR Virtual Special Conference: Pancreatic Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, En ligne, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">American Association for Cancer Research (AACR)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cancer Research, 81 (22 Suppl.), pp.PO-043, 2021, Abstracts: AACR Virtual Special Conference: Pancreatic Cancer; September 29-30, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One Digital Twin fits all? Building Digital Twins from heterogeneous datasets</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P2.06.43 Estimating Tumour Microenvironment Cellular States From Bulk RNAseq Produces Biomarkers of Clinical Outcome Across Stages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gobbini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Greillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Khajavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Essabbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 IASLC World Conference on Lung Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Barcelone, Spain. pp.S308-S309, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtho.2025.09.577⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05026951v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One Digital Twin fits all? Building Digital Twins from heterogeneous datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malvina Marku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Poupot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time series analysis of cellular interactions through gene regulatory network inference</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">One Digital Twin fits all? Building Digital Twins from heterogeneous datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Chenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malvina Marku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Poupot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Systems Biology of Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Curie Institute, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">JOBIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04988661v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the relation between evolutionary gene age, gene expression and chromatin 3D structure in cancer</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Time series analysis of cellular interactions through gene regulatory network inference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Marku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bordenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Jakub Domagala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Poupot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMB/ECCB 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Computational Systems Biology of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Curie Institute, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987967v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04988661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Agent-Based Model of Monocyte Differentiation into Tumor-Associated Macrophages in Chronic Lymphocytic Leukemia</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">A transcriptional regulatory network approach to unravel cell states from immune cell type deconvolution and cell niches potentially predictive of cancer progression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmounim Essabbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Khajavi-Ettouati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées de la Cancéropôle Grand Sud Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cancéropôle Grand Sud Ouest, Nov 2023, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05026957v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04988676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abstract: Tools for analysing spatial data in the context of immuno-oncology</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ceramide metabolism alterations contribute to Tumor Necrosis Factor-induced melanoma dedifferentiation: from basic research to immunotherapy in advanced melanoma patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ségui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Dufau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Genais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Cancéropôle Grand Sud Ouest</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">FEBS Sphingolipid biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Funchal (Madeira Island), Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04988666v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04974669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Study of a Pancreatic Cancer Subtype: The Interplay between Translation and Transcription in the Tumor Microenvironment.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abstract: Tools for analysing spatial data in the context of immuno-oncology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmounim Essabbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coullomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Khajavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translacore MC &amp; WG meeting 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées de la Cancéropôle Grand Sud Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cancéropôle Grand Sud Ouest, Nov 2023, Arcachon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2023.03.16.532947)⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04872956v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04988666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering cellular interactions through gene regulatory network inference</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Comprehensive Study of a Pancreatic Cancer Subtype: The Interplay between Translation and Transcription in the Tumor Microenvironment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacobo Solorzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Liauzun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Sant Feliu de Guíxols, Spain</w:t>
+              <w:t xml:space="preserve">Translacore MC &amp; WG meeting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05026975v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From gene regulatory network inference to dynamical modeling: revealing cell behavior through network modeling in Chronic Lymphocytic Leukemia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
+                <w:t xml:space="preserve">An Agent-Based Model of Monocyte Differentiation into Tumor-Associated Macrophages in Chronic Lymphocytic Leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Jakub Domagala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Poupot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hugo Chenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Annual Meeting of the Canceropole GSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Arcachon, France</w:t>
+              <w:t xml:space="preserve">JOBIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05026969v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ceramide metabolism alterations contribute to Tumor Necrosis Factor-induced melanoma dedifferentiation.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the relation between evolutionary gene age, gene expression and chromatin 3D structure in cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Aliaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaustav Sengupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dariusz Plewczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Ceramide Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Charleston, South Carolina, United States</w:t>
+              <w:t xml:space="preserve">ISMB/ECCB 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04974508v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Study of a Pancreatic Cancer Subtype: The Interplay between Translation and Transcription in the Tumor Microenvironment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deciphering cellular interactions through gene regulatory network inference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Marku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Poupot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Jakub Domagala</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pancreatic Cancer Symposium 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">EMBO Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Sant Feliu de Guíxols, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04872923v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the relation between evolutionary gene age, gene expression variability and chromatin 3D structure in cancer</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">From gene regulatory network inference to dynamical modeling: revealing cell behavior through network modeling in Chronic Lymphocytic Leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malvina Marku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Poupot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Jakub Domagala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4DGenomics2023: Investigating, modelling and understanding the genome in space and time</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INC COST, May 2023, Milan (Italie), Italy</w:t>
+              <w:t xml:space="preserve">19th Annual Meeting of the Canceropole GSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987992v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A transcriptional regulatory network approach to unravel cell states from immune cell type deconvolution and cell niches potentially predictive of cancer progression</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ceramide metabolism alterations contribute to Tumor Necrosis Factor-induced melanoma dedifferentiation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ségui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Dufau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Genais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Cancéropôle Grand Sud Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cancéropôle Grand Sud Ouest, Nov 2023, Arcachon, France</w:t>
+              <w:t xml:space="preserve">International Ceramide Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Charleston, South Carolina, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04988676v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04974508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ceramide metabolism alterations contribute to Tumor Necrosis Factor-induced melanoma dedifferentiation: from basic research to immunotherapy in advanced melanoma patients.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Jung</w:t>
+                <w:t xml:space="preserve">A Comprehensive Study of a Pancreatic Cancer Subtype: The Interplay between Translation and Transcription in the Tumor Microenvironment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacobo Solorzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Liauzun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Sphingolipid biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Funchal (Madeira Island), Portugal</w:t>
+              <w:t xml:space="preserve">Pancreatic Cancer Symposium 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04974669v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Agent-Based Model of Tumor-Associated Macrophage Differentiation in Chronic Lymphocytic Leukaemia</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mary Poupot</w:t>
+                <w:t xml:space="preserve">Exploring the relation between evolutionary gene age, gene expression variability and chromatin 3D structure in cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaustav Sengupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Aliaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dariusz Plewczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCS 2022 7th European Student Council Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">4DGenomics2023: Investigating, modelling and understanding the genome in space and time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INC COST, May 2023, Milan (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05026991v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An agent-based model of tumour-associated macrophage differentiation in chronic lymphocytic leukaemia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">An Agent-Based Model of Tumor-Associated Macrophage Differentiation in Chronic Lymphocytic Leukaemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Verstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Jakub Domagala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Poupot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mary Poupot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SysMod COSI: Computational Modeling of Biological Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">ESCS 2022 7th European Student Council Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05026995v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">An agent-based model of tumour-associated macrophage differentiation in chronic lymphocytic leukaemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pancaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Jakub Domagala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Poupot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SysMod COSI: Computational Modeling of Biological Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Combining imaging and gene expression data in mathematical models for immuno-oncology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOINT 12th EBSA congress and 10th ICBP – IUPAP congress, July 20-24, 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04988030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7656,140 +8224,140 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of TNF on ceramide metabolism and on the inflammatory and differentiation status of melanoma : from basic mechanisms to the clinic and back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Genais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Université Paul Sabatier - Toulouse III, 2023. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023TOU30348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05002536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId247"/>
+      <w:footerReference w:type="default" r:id="rId269"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7936,51 +8504,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263929v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Jardanowska-Kotuniak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Drami&#324;ski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Wlasnowolski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin &#321;api&#324;ski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaustav Sengupta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26146558" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263928v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Judith Marcos-Zambrano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Lacruz-Pleguezuelos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Aguilar-Aguilar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Marcos-Pasero" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Vald&#233;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00143-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996473v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Virazels" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lusque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brayer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Genais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dufau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.35416" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263926v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Raynal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Plewczynski" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Aliaga" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Pancaldi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf084" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04743033v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lumeau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bery" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Franc&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gayral" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Labrousse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.can-22-3219" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874132v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Hurtado" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Khajavi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmounim Essabbar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kammer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Xie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1394965" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840627v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pascal Capp" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.202400183" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04777519v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Verstraete" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvina Marku" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Domagala" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Arduin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bordenave" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106897" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874157v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Fernanda Senosain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Zou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khushbu Patel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilin Zhao" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coullomb" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2767-9764.crc-22-0373" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881279v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Messina" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Gurgo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Fiche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42485-y" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881280v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011254" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881282v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gde.2023.102051" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04577745v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rouanet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Hanoun" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Ferreira" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garcin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sramek" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2022.01.018" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881284v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Jodkowska" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rigau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Almeida" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Fern&#225;ndez-Justel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac1111" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881285v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Johansson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Laguna" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Ossowski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Brauser" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-022-01362-z" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415805v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sabatier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Boet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Zaghdoudi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Guiraud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Hucteau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13205243" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03563454v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Stuani" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Saland" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cognet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20200924" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03385084v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Richart" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Lapi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirabai Cuenca-Ardura" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Carrillo-De-Santa Pau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab864" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875000v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab490" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881286v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbinf.2021.742216" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407911v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilas Courtot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bournique" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Maric" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guitton-Sert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Madrid-Menc&#237;a" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22094959" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02878879v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon S&#225;nchez-Valle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Tejero" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Juan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Urda-Garc&#237;a" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16540-x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881288v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Jurman" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bertagnolli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsham Ghavasieh" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/nsm.2020.0011" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030829v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Weulersse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Asrir" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea C Pichler" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Lemaitre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Braun" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2020.09.006" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365450v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12123664" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02536487v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaudelet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Malod-Dognin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Valencia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231059" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881287v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Raineri" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Bich Ngoc Cao" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa159" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277045v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Greco" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Sanchez Valle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Baudot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barillot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20133114" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01614945v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen Furlong" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitanshu Gakkhar" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gasparoni" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gasparoni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel H. Geschwind" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2016.11.007" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01163753v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Kulis" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Merkel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Heath" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana C. Queir&#243;s" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald P. Schuyler" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3291" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263946v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263935v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Bazile" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gerby" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ysebaert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263936v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Baz&#225;n" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Romero-Tapiador" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gala Freixer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Fern&#225;ndez-Cabezas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263934v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chenel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263933v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim James" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Zinovyev" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263931v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Monsarrat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263930v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Sol&#243;rzano" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pernet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409378v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lumeau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bery" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franc&#232;s" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gayral" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ribeyre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006823v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273625v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gouarderes" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bensadoun" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Arnaud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Espagnolle" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988682v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ysebaert" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Poupot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988648v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Khajavi-Ettouati" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mazieres" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04991620v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Montfort" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno S&#233;gui" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988686v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523885v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;ry" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Elkaoutari" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aacrjournals.org/cancerres/article/81/22_Supplement/PO-043/670354/Abstract-PO-043-Cytidine-deaminase-protects?searchresult=1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026951v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026942v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988661v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Jakub Domagala" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987967v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026957v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988666v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.03.16.532947)" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872956v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Solorzano" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Liauzun" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauyeun Shin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Brunel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jean" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026975v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026969v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974508v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mucher" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jung" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872923v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987992v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988676v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974669v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026991v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026995v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988030v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/tel-05002536v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU30348" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548059v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauyeun Shin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Liauzun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Solorzano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Le Bras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jean" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202515740" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263928v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Judith Marcos-Zambrano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Lacruz-Pleguezuelos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Aguilar-Aguilar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Marcos-Pasero" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Vald&#233;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00143-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996473v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Virazels" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lusque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brayer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Genais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dufau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.35416" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263926v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Raynal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaustav Sengupta" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Plewczynski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Aliaga" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Pancaldi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf084" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05558610v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Zambelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manlio de Domenico" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e27121248" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263929v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Jardanowska-Kotuniak" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Drami&#324;ski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Wlasnowolski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin &#321;api&#324;ski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26146558" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840627v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pascal Capp" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.202400183" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04743033v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lumeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bery" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Franc&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gayral" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Labrousse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.can-22-3219" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874132v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Hurtado" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Khajavi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmounim Essabbar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kammer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Xie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1394965" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881280v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvina Marku" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011254" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874157v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Fernanda Senosain" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Zou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khushbu Patel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilin Zhao" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coullomb" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2767-9764.crc-22-0373" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881279v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Messina" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Gurgo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Fiche" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42485-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04777519v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Verstraete" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Domagala" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Arduin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bordenave" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106897" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881282v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gde.2023.102051" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881285v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Johansson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Laguna" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Ossowski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Brauser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-022-01362-z" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04577745v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rouanet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Hanoun" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Ferreira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garcin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sramek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2022.01.018" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881284v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Jodkowska" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rigau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Almeida" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Fern&#225;ndez-Justel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac1111" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415805v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sabatier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Boet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Zaghdoudi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Guiraud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Hucteau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13205243" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03385084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Richart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Lapi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirabai Cuenca-Ardura" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Carrillo-De-Santa Pau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab864" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03563454v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Stuani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Saland" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cognet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20200924" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875000v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab490" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881286v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbinf.2021.742216" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407911v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilas Courtot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bournique" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Maric" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guitton-Sert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Madrid-Menc&#237;a" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22094959" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881287v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Raineri" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Bich Ngoc Cao" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa159" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881288v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Jurman" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bertagnolli" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsham Ghavasieh" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/nsm.2020.0011" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365450v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12123664" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030829v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Weulersse" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Asrir" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea C Pichler" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Lemaitre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Braun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2020.09.006" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02536487v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaudelet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Malod-Dognin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon S&#225;nchez-Valle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Valencia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231059" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02878879v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Tejero" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Juan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Urda-Garc&#237;a" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16540-x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277045v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Greco" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Sanchez Valle" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Baudot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barillot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20133114" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01614945v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen Furlong" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitanshu Gakkhar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gasparoni" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gasparoni" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel H. Geschwind" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2016.11.007" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01163753v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Kulis" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Merkel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Heath" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana C. Queir&#243;s" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald P. Schuyler" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3291" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558709v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263934v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chenel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263946v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263935v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Bazile" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gerby" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ysebaert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263936v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Baz&#225;n" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Romero-Tapiador" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gala Freixer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Fern&#225;ndez-Cabezas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263933v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim James" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Zinovyev" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263931v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Monsarrat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263930v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Sol&#243;rzano" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pernet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409378v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lumeau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bery" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franc&#232;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gayral" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ribeyre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006823v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273625v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gouarderes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bensadoun" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Arnaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Espagnolle" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05559320v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mazi&#232;res" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Albinet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Calvayrac" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alifano" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Benzekry" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtho.2025.09.1075" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988682v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ysebaert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Poupot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988648v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Khajavi-Ettouati" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mazieres" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04991620v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Montfort" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno S&#233;gui" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988686v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523885v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;ry" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Elkaoutari" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aacrjournals.org/cancerres/article/81/22_Supplement/PO-043/670354/Abstract-PO-043-Cytidine-deaminase-protects?searchresult=1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05559337v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hurtado" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gobbini" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Greillier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Khajavi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Essabbar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtho.2025.09.577" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026942v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026951v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988661v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Jakub Domagala" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988676v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974669v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mucher" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jung" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988666v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.03.16.532947)" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872956v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Brunel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026957v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987967v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026975v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026969v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974508v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872923v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987992v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026991v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026995v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988030v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/tel-05002536v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU30348" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>