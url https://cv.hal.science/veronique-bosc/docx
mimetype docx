--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -580,1806 +580,1806 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04213997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Select a Representative Product Set From Market Inventory?” A Multicriteria Approach as a Base for Future Reformulation of Cookies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Batch versus microfluidic emulsification processes to produce whey protein microgel beads from thermal or acidic gelation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Delarue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Souchon</w:t>
+                <w:t xml:space="preserve">Alban Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Hayert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Saint-Eve</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Menut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnut.2021.749596⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 312, pp.110738. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2021.110738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551056v1</w:t>
+                <w:t xml:space="preserve">hal-03707807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Batch versus microfluidic emulsification processes to produce whey protein microgel beads from thermal or acidic gelation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alban Lacroix</w:t>
+                <w:t xml:space="preserve">How to Select a Representative Product Set From Market Inventory?” A Multicriteria Approach as a Base for Future Reformulation of Cookies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Liechti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murielle Hayert</w:t>
+                <w:t xml:space="preserve">Julien Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Souchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Menut</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Saint-Eve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 312, pp.110738. </w:t>
+              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2021.110738⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2021.749596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03707807v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new biomimetic set-up to understand the role of the kinematic, mechanical, and surface characteristics of the tongue in food oral tribological studies</w:t>
+                <w:t xml:space="preserve">Analyzing the microstructure of a fresh sorbet with X-ray micro-computed tomography: Sampling, acquisition, and image processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rohit Srivastava</w:t>
+                <w:t xml:space="preserve">Véronique Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Tournier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hayat Benkhelifa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 115, pp.106602. </w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 292, pp.110347. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2021.106602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2020.110347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03921188v1</w:t>
+                <w:t xml:space="preserve">hal-03337907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing the microstructure of a fresh sorbet with X-ray micro-computed tomography: Sampling, acquisition, and image processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of stabilizers on the microstructure of fresh sorbets: X-ray micro-computed tomography, cryo-SEM, and Focused Beam Reflectance Measurement analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Masselot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Masselot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hayat Benkhelifa</w:t>
+                <w:t xml:space="preserve">Hayat H. Benkhelifa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Food Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 292, pp.110347. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2020.110347⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 300, pp.110522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2021.110522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03337907v1</w:t>
+                <w:t xml:space="preserve">hal-03265275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of stabilizers on the microstructure of fresh sorbets: X-ray micro-computed tomography, cryo-SEM, and Focused Beam Reflectance Measurement analyses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Masselot</w:t>
+                <w:t xml:space="preserve">A new biomimetic set-up to understand the role of the kinematic, mechanical, and surface characteristics of the tongue in food oral tribological studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rohit Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Restagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hayat H. Benkhelifa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carole Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 300, pp.110522. </w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 115, pp.106602. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2021.110522⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2021.106602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03265275v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03921188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheological properties of stabilizers at low temperatures in concentrated sucrose solutions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combined effects of ionic strength and enzymatic pre-treatment in thermal gelation of peanut proteins extracts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Cuvelier</w:t>
+                <w:t xml:space="preserve">Benoît Basse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Saiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Chan-Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2020.105691⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 137, pp.109362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03177529v1</w:t>
+                <w:t xml:space="preserve">hal-02952722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined effects of ionic strength and enzymatic pre-treatment in thermal gelation of peanut proteins extracts</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valorizing apple by-products as emulsion stabilizers: Experimental design for modeling the structure-texture relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Dupas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Fayolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Blumenthal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109362⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 287, pp.110115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2020.110115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02952722v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorizing apple by-products as emulsion stabilizers: Experimental design for modeling the structure-texture relationships</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">V. Bosc</w:t>
+                <w:t xml:space="preserve">Rheological properties of stabilizers at low temperatures in concentrated sucrose solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Masselot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayat H. Benkhelifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Blumenthal</w:t>
+                <w:t xml:space="preserve">Gérard Cuvelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 287, pp.110115. </w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 103, pp.105691. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2020.110115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2020.105691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02921437v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03177529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferulic acid and eugenol have different abilities to maintain their inhibitory activity against &amp;lt;em&amp;gt; Listeria monocytogenes&amp;lt;/em&amp;gt; in emulsified systems</w:t>
+                <w:t xml:space="preserve">Rational design of a versatile lab-scale stirred milk gel using a reverse engineering logic based on microstructure and textural properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélia Pernin</w:t>
+                <w:t xml:space="preserve">Marine Moussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00137⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 249, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2018.12.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02619839v1</w:t>
+                <w:t xml:space="preserve">hal-02623085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emulsifying properties of food by-products: Valorizing apple pomace and oat bran</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What do stirred yogurt microgels look like? Comparison of laser diffraction, 2D dynamic image analysis and 3D reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Moussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Guenard-Lampron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Huc-Mathis</w:t>
+                <w:t xml:space="preserve">Kevin Lachin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Journet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gabrielle Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie L. Turgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2019.02.001⟩</w:t>
+              <w:t xml:space="preserve">Food Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foostr.2019.100107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03265279v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What do stirred yogurt microgels look like? Comparison of laser diffraction, 2D dynamic image analysis and 3D reconstruction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adhesion of bread dough to solid surfaces under controlled heating: balance between the rheological and interfacial properties of dough</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Guenard-Lampron</w:t>
+                <w:t xml:space="preserve">Lucie Huault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Lachin</w:t>
+                <w:t xml:space="preserve">Manon Vesinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Moulin</w:t>
+                <w:t xml:space="preserve">Maurice Brogly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie L. Turgeon</w:t>
+                <w:t xml:space="preserve">Pierre P. Giampaoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bistac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foostr.2019.100107⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 84 (3), pp.499-506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1750-3841.14462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620143v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rational design of a versatile lab-scale stirred milk gel using a reverse engineering logic based on microstructure and textural properties</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Camille Michon</w:t>
+                <w:t xml:space="preserve">Impact of sol-gel transition on the ultrasonic properties of complex model foods: Application to agar/gelatin gels and emulsion filled gels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Panouille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Restagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2018.12.018⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 87, pp.506-518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623085v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02299004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesion of bread dough to solid surfaces under controlled heating: balance between the rheological and interfacial properties of dough</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ferulic acid and eugenol have different abilities to maintain their inhibitory activity against &amp;lt;em&amp;gt; Listeria monocytogenes&amp;lt;/em&amp;gt; in emulsified systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre P. Giampaoli</w:t>
+                <w:t xml:space="preserve">Aurélia Pernin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bistac</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Noelle M.-N. Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1750-3841.14462⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622212v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of sol-gel transition on the ultrasonic properties of complex model foods: Application to agar/gelatin gels and emulsion filled gels</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emulsifying properties of food by-products: Valorizing apple pomace and oat bran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Panouille</w:t>
+                <w:t xml:space="preserve">D. Huc-Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Boue</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Fayolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 87, pp.506-518. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 568, pp.84-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.08.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2019.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02299004v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03265279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailoring cream by modifying the composition of the fat and interfacial proteins to modulate stirred milk gel texture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Moussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Chaudemanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2439,77 +2439,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale understanding of the effects of the solvent and process on whey protein emulsifying properties: Application to dairy emulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Moussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Pistre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2573,64 +2573,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenolic compounds can delay the oxidation of polyunsaturated fatty acids and the growth of Listeria monocytogenes: structure‐activity relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2701,511 +2701,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of ready-to-use SMLS and DWS devices to study acid-induced milk gel changes and syneresis</w:t>
+                <w:t xml:space="preserve">New insights into the study of the destabilization of oil-in-water emulsions with dextran sulfate provided by the use of light scattering methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Rohart</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Laure Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Michon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Confiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dairy Science &amp; Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52, pp.848-856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2015.08.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13594-016-0281-6⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01532425v1</w:t>
+                <w:t xml:space="preserve">hal-01269462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the study of the destabilization of oil-in-water emulsions with dextran sulfate provided by the use of light scattering methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Furan quantification in bread crust: development of a simple and sensitive method using headspace-trap GC-MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Huault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bertrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Michon</w:t>
+                <w:t xml:space="preserve">Nicolas Descharles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Rega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bistac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2015.08.021⟩</w:t>
+              <w:t xml:space="preserve">Food additives &amp; contaminants. Part A. Chemistry, analysis, control, exposure &amp; risk assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (2), pp.236-243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19440049.2015.1130865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01269462v1</w:t>
+                <w:t xml:space="preserve">hal-01532685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Furan quantification in bread crust: development of a simple and sensitive method using headspace-trap GC-MS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Huault</w:t>
+                <w:t xml:space="preserve">Design of a multi-scale texture study of yoghurts using rheology, and tribology mimicking the eating process and microstructure characterisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Descharles</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sophie Bistac</w:t>
+                <w:t xml:space="preserve">Claire Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food additives &amp; contaminants. Part A. Chemistry, analysis, control, exposure &amp; risk assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19440049.2015.1130865⟩</w:t>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 61, pp.126-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2016.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01532685v1</w:t>
+                <w:t xml:space="preserve">hal-01532600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a multi-scale texture study of yoghurts using rheology, and tribology mimicking the eating process and microstructure characterisation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Evaluation of ready-to-use SMLS and DWS devices to study acid-induced milk gel changes and syneresis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rohart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Bedoussac</w:t>
+                <w:t xml:space="preserve">Jérôme Confiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 61, pp.126-134. </w:t>
+              <w:t xml:space="preserve">Dairy Science &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 96 (4), pp.459-475. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2016.05.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13594-016-0281-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01532600v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01532425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhesion to solid surfaces of gels of iota–carrageenan alone or in mixture with casein</w:t>
               </w:r>
@@ -3217,51 +3217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 331 (1-2), pp.2-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3818,77 +3818,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microfluidics elaboration and characterization of whey protein microgels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Hayert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Menut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3926,90 +3926,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of a newly developed biomimetic setup to better integrate the kinematic, mechanical and surface characteristics of tongue in oral tribological studies of foods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohit Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Restagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4051,51 +4051,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid oxidation in oil-in-water rmulsions rich in omega-3: Effect of aqueous phase viscosity, Emulsifiers, and antioxidants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4103,51 +4103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Even Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle M.-N. Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Symposium on Lipid Oxidation and Antioxidants in Food and Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Graz, Australia. pp.13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4181,51 +4181,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect on lipid oxidation and microbial growth of bulk and interfacial composition in rich omega-3 oil-in-water emulsions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4233,51 +4233,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Even Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Symposium on Lipid Oxidation and Antioxidants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Graz, Austria</w:t>
@@ -4300,1024 +4300,1024 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01990158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a sensory method for a quick and every day to screen products without any specific training of panelists</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Impact of fat reduction in high-fat yogur t: sensory and instrumental screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Moussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Ait-Braham</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Sieffermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Chaudemanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. European Conference on Sensory and Consumer Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Dijon, France</w:t>
+              <w:t xml:space="preserve">4. International Conference on Food Oral Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01646882v1</w:t>
+                <w:t xml:space="preserve">hal-01646897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of fat reduction in high-fat yogur t: sensory and instrumental screening</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phenolic compounds from agroindustrial by-products could be valued as antimicrobials: influence of their chemical structure on their efficiency to inhibit Listeria monocytogenes growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Pernin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Conference on Food Oral Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">4th ISEKI-food conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISEKI Food Association.; Universität für Bodenkultur Wien [Vienne, Autriche] (BOKU). AUT., Jul 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01646897v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenolic compounds from agroindustrial by-products could be valued as antimicrobials: influence of their chemical structure on their efficiency to inhibit Listeria monocytogenes growth</w:t>
+                <w:t xml:space="preserve">Development of a sensory method for a quick and every day to screen products without any specific training of panelists</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélia Pernin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bosc</w:t>
+                <w:t xml:space="preserve">Marine Moussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Maillard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pascale Ait-Braham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Sieffermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th ISEKI-food conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISEKI Food Association.; Universität für Bodenkultur Wien [Vienne, Autriche] (BOKU). AUT., Jul 2016, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">7. European Conference on Sensory and Consumer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01990165v1</w:t>
+                <w:t xml:space="preserve">hal-01646882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors affecting adhesion of food gels on solid surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution de la nanotribologie à la caractérisation de yaourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sam Mavelil</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Bosc</w:t>
+                <w:t xml:space="preserve">Aurélie Saglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ème Kerala Science Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Pookode, India</w:t>
+              <w:t xml:space="preserve">26. Journées Internationales Francophones de Tribologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01566861v1</w:t>
+                <w:t xml:space="preserve">hal-01648171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do natural antioxidants protect food lipids in gelled emulsions throughout their life-cycle?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mn. Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mn. Maillard</w:t>
+                <w:t xml:space="preserve">N. Delchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Delchier</w:t>
+                <w:t xml:space="preserve">C. Billaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mj. Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Euro Fed Lipid Congress : oils, fats and lipids - from lipidomics to industrial innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01569427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution de la nanotribologie à la caractérisation de yaourt</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Factors affecting adhesion of food gels on solid surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubi Malevil Sam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Journées Internationales Francophones de Tribologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">26. Kerala Science Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Pookode, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01648171v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors affecting adhesion of food gels on solid surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam Mavelil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rubi Malevil Sam</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bosc</w:t>
+                <w:t xml:space="preserve">C. Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bosc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Kerala Science Congress</w:t>
+              <w:t xml:space="preserve">26ème Kerala Science Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Pookode, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740662v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emulsion behavior during flow : adhesion and spreading of oil droplet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Bosc</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Claude</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Michon</w:t>
+                <w:t xml:space="preserve">Iris Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formula VII </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Mulhouse France</w:t>
+              <w:t xml:space="preserve">Formula VII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01566494v1</w:t>
+                <w:t xml:space="preserve">hal-02807486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emulsion behavior during flow : adhesion and spreading of oil droplet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bosc</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iris Claude</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Michon</w:t>
+                <w:t xml:space="preserve">I. Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Michon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formula VII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">Formula VII </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Mulhouse France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02807486v1</w:t>
+                <w:t xml:space="preserve">hal-01566494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhésion entre des gels de biopolymères et des surfaces solides : effet des propriétés rhéologiques et de surfaces</w:t>
               </w:r>
@@ -5329,51 +5329,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubi Sam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Michon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47. Colloque du Groupe Français de Rhéologie : Rhéologie, Confinement et Interface</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5430,51 +5430,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a custom-built tribometer to investigate the impact of tongue and food properties on oral friction behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohit Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miodrag Glumac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5555,77 +5555,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceptions of grittiness beyond particle size: role of particle rigidity, shape and concentration in food suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohit Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Saint-Eve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5680,90 +5680,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of a newly developed biomimetic setup to better integrate the kinematic, mechanical and surface characteristics of tongue in oral tribological studies of foods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohit Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Restagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Saint-Eve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5805,51 +5805,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are antimicrobial phenolic compounds still efficient to limit Listeria monocytogenes growth in emulsified food systems?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5857,51 +5857,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International ISEKI_Food Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Stuttgart, Germany. , 2018</w:t>
@@ -5956,51 +5956,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6045,307 +6045,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet ANR SATIN-BAKING (2012-2016). Revêtements non adhérents perfluorés. Bilan et perspectives</w:t>
+                <w:t xml:space="preserve">Impact of mechanical treatment and particle concentration on fruit suspensions stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain E Le-Bail</w:t>
+                <w:t xml:space="preserve">Cassandre Leverrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Jury</w:t>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Monteau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Grua-Priol</w:t>
+                <w:t xml:space="preserve">Damien Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67es Journées Techniques des Industries Céréalières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">2nd Euro-Mediterranean Symposium on Fruit and Vegetable Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Avignon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01670991v1</w:t>
+                <w:t xml:space="preserve">hal-03322532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of mechanical treatment and particle concentration on fruit suspensions stability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet ANR SATIN-BAKING (2012-2016). Revêtements non adhérents perfluorés. Bilan et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain E Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Jury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassandre Leverrier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Delphine Huc-Mathis</w:t>
+                <w:t xml:space="preserve">Jean-Yves Monteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giana Almeida</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bosc</w:t>
+                <w:t xml:space="preserve">Christophe Couëdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Binois</w:t>
+                <w:t xml:space="preserve">Joëlle Grua-Priol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Euro-Mediterranean Symposium on Fruit and Vegetable Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Avignon, France. </w:t>
+              <w:t xml:space="preserve">67es Journées Techniques des Industries Céréalières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322532v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01670991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do natural antioxidants protect food lipids in gelled emulsions throughout their life cycle?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6439,64 +6439,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of perfluorinated anti-stick coating in the backing industry : “Satin” Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Monteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Grua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6596,64 +6596,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des produits et fonctionnalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giana Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ingénierie de la Structure des Produits Alimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermes Science, Editions Lavoisier, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6768,51 +6768,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1CDD2E19"/>
+    <w:nsid w:val="53502C3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6999,51 +6999,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/veronique-bosc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8294-0738" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224139v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miodrag Glumac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bosc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ramaioli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Restagno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.117187" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04841324v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Liechti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saint-Eve" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Souchon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Espinosa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12954" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213997v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Restagno" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotri.2023.100257" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03551056v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2021.749596" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707807v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lacroix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Hayert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110738" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03921188v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohit Srivastava" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tournier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.106602" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337907v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Masselot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Benkhelifa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2020.110347" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265275v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat H. Benkhelifa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110522" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03177529v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cuvelier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2020.105691" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02952722v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Basse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Saiter" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Chan-Huot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dupas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109362" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02921437v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Huc-Mathis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilbaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fayolle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bosc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blumenthal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2020.110115" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Pernin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Maillard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00137" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265279v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Huc-Mathis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2019.02.001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620143v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Moussier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guenard-Lampron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lachin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie L. Turgeon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foostr.2019.100107" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623085v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Michon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2018.12.018" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622212v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vesinet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Brogly" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Giampaoli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bistac" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.14462" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299004v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mantelet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Panouille" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boue" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.08.021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620126v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chaudemanche" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.04.007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619971v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Pistre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.08.052" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819032v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.9082" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532425v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rohart" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Confiac" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-016-0281-6" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269462v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bertrand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.08.021" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67KS5KH8-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532685v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Descharles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Rega" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440049.2015.1130865" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532600v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bedoussac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2016.05.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630633v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Ferrari" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2008.05.037" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0XTC5ZR6-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681223v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Riquet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Feigenbaum" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02652030010008797" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546844v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225867v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225912v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03406821v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226447v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738084v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Soto" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Even Le Roux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201800462" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990158v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646882v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ait-Braham" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sieffermann" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646897v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990165v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Maillard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01566861v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Mavelil" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569427v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn. Maillard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delchier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Billaud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj. Vallier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648171v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Saglio" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740662v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubi Malevil Sam" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01566494v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Claude" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807486v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Claude" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644040v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubi Sam" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225408v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226424v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226415v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988651v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Truong" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sous" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736514v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pernin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Maillard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670991v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain E Le-Bail" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Jury" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Monteau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cou&#235;del" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Grua-Priol" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322532v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Leverrier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Binois" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269477v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delchier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Billaud" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jose Vallier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381023v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bail" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Grua" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Prost" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517324v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/veronique-bosc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8294-0738" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224139v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miodrag Glumac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bosc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ramaioli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Restagno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.117187" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04841324v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Liechti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saint-Eve" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Souchon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Espinosa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12954" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213997v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Restagno" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotri.2023.100257" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707807v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lacroix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Hayert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110738" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03551056v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2021.749596" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337907v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Masselot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Benkhelifa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2020.110347" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265275v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat H. Benkhelifa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110522" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03921188v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohit Srivastava" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tournier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.106602" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02952722v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Basse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Saiter" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Chan-Huot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dupas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109362" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02921437v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Huc-Mathis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilbaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fayolle" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bosc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blumenthal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2020.110115" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03177529v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cuvelier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2020.105691" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623085v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Moussier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Michon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2018.12.018" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620143v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guenard-Lampron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lachin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie L. Turgeon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foostr.2019.100107" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622212v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huault" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vesinet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Brogly" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Giampaoli" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bistac" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.14462" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299004v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mantelet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Panouille" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.08.021" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619839v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Pernin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Maillard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00137" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265279v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Huc-Mathis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2019.02.001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620126v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chaudemanche" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.04.007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619971v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Pistre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.08.052" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819032v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.9082" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269462v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bertrand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.08.021" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67KS5KH8-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532685v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Descharles" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Rega" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440049.2015.1130865" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532600v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bedoussac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2016.05.003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532425v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rohart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Confiac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-016-0281-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630633v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Ferrari" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2008.05.037" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0XTC5ZR6-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681223v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Riquet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Feigenbaum" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02652030010008797" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546844v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225867v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225912v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03406821v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226447v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738084v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Soto" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Even Le Roux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201800462" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990158v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646897v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sieffermann" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990165v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Maillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646882v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ait-Braham" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648171v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Saglio" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569427v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn. Maillard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delchier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Billaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj. Vallier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740662v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubi Malevil Sam" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01566861v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Mavelil" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807486v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Claude" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01566494v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Claude" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644040v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubi Sam" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225408v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226424v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226415v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988651v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Truong" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sous" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736514v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pernin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Maillard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322532v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Leverrier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Binois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670991v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain E Le-Bail" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Jury" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Monteau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cou&#235;del" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Grua-Priol" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269477v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delchier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Billaud" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jose Vallier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381023v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bail" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Grua" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Prost" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517324v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>