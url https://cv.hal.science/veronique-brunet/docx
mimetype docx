--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Véronique Brunet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">veronique-brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6004-7394</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation des productions lithiques en silex au Néolithique en basse vallée de Marne de la fin du Ve au IIIe millénaire av. n. è. Acquisition de la matière première, objectifs du débitage, comportements économiques par une approche territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéologie et Préhistoire. Université Paris 1 - Panthéon Sorbonne, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03956625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une enceinte du Néolithique moyen II : Méry-sur-Marne, &amp;quot; La Remise&amp;quot; (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Barray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, pp.5-132, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polished axes: A factor in social integration on a local and supra-local scale?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Archaeological Conference of Central Germany: The Social Value of Prehistoric Axes: New archaeological and archaeometric approaches, International conference in Halle (Saale) from 5 to 7 October 2023.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Prof. Dr. Harald Meller (Halle [Saale]/DE); Prof. Dr. Ernst Pernicka (Mannheim/DE); Prof. Dr. Roberto Risch (Barcelona/ES und Halle [Saale]/DE), Oct 2023, Halle-Saale, Germany. pp.237-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage et Savoir-faire dans la production de lames de hache en silex en basse vallée de Marne de la fin du 5e au 3e mill. av. n.è.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14es Rencontres Méridionales de Préhistoire récente, Savoir-faire, Chaînes opératoires, Traditions techniques, communautés de pratiques des sociétés de la Préhistoire récente (VIIIe-IIe mill. av. J.-C.), Palais-Musée des Archevêques Narbonne, 18-21 octobre 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ingrid Sénépart; Jessie Cauliez; Anne Hesler; Muriel Gandelin; Vincent Ard; Éric Thirault; Christophe Gilabert, Oct 2023, Narbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-cultural dynamics in the management of Bartonian Tertiary flint in western Greater Paris suburbs (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th EAA Annual Meeting, Session # 143 ResourceCultures - Socio-Cultural Dynamics and the Use of Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Martin Bartelheim, Universität Tübingen (Germany); Philippe Della Casa, Universität Zürich (Switzerland); Thomas Scholten, Universität Tübingen (Germany), Aug 2024, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithic production and supply of raw material at Michelsberg in the lower Marne basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New finds in the East – origins, spread and characteristics of the Michelsberg phenomenon in the light of new research, conference in Münster</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ralf Gleser; Silviane Scharl; Ute Seidel; Michael Strobel, May 2023, Münster, Westfälische WilhelmsUniversität Münster Fürstenberghaus (F2), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lithothèques de silicites en France, de la collecte à la constitution d’un outil pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Tomasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bressy-Leandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Binder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delvigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collecter, collectionner, conserver</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philippe GUILLET, Géologue, ingénieur, docteur en sciences de la terre de l'université de Nantes, directeur du Muséum d'Histoire naturelle de Nantes, TOUR Olivier, Paléopathologiste, bioanthropologue, directeur d'études, directeur du laboratoire d'anthropologie biologique Paul Broca de l'École pratique des hautes études (EPHE), membre du laboratoire De la Préhistoire à l'actuel (PACEA, UMR 5199, université de Bordeaux / CNRS), May 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ateliers de taille, habitats et sites d'extraction du silex de la fin du Ve au IIIe millénaire avant notre ère dans le bassin minier Marne et Morin (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XVIII° UISPP World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, F. Djindjian; F. Giligny (Université Paris 1); L. Costa (CNRS); S. Robert (EHESS); K. Gruel (ENS); A.M. Moigne (MNHN); P. Depaepe (Inrap); L. Lakovleva (UMR 7041), Jul 2018, Paris, France. pp.87-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration et durée d’utilisation des enceintes à fossés et/ou palissades du Néolithique moyen 2 (4200-3800 CalBC) dans la France du Nord –</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dubouloz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Monchablon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33e colloque interrégional sur le Néolithique. Le phénomène des enceintes dans le Néolithique du nord-ouest de l’Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Internéo, Nov 2019, Saint-Dié des Vosges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation spatiale des territoires du bassin aval de la Marne et de Centre Bretagne au Néolithique récent-final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosalie Jallot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII° congrès UISPP Paris Juin 2018, Between Economy and Symbolism: approaches to territories in Neolithic Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Giligny; Marie Besse, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction du silex en puits de mine, fabrication en séries de haches polies : une grande première il y a 5 000 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Patrimoine du 21 septembre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Culture; Office de Tourisme de Marne-et-Gondoire; Musée Gatien Bonnet de Lagny-sur-Marne; Inrap; Société Historique et Archéologique de Lagny et environs (SHALE), Sep 2018, Rentilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles datations pour les bâtiments des Lignères à Mareuil-lès-Meaux (Seine-et-Marne) ? Habitations et habitats du Néolithique à l’Âge du Bronze en France et ses marges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIe rencontres Nord-Sud de Préhistoire récente, colloque commun APRAB, InterNéo, RMPR, Dijon 19-21 novembre 2015, Habitations et habitats du Néolithique à l’âge du Bronze en France et ses marges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Lemercier; Ingrid Sénépart; Marie Besse; Claude Mordant, Nov 2015, Dijon, France. pp.247-260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux bâtiments du Michelsberg récent à Jossigny & Montévrain (77) et Cuiry-lès-Chaudardes (02)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitations et Habitat du Néolithique à l’âge du Bronze en France et ses marges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Lemercier; Ingrid Sénépart; Marie Besse; Claude Mordant, Nov 2015, Dijon, France. pp.100-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productions lithiques en plateau et en fond de vallée en habitat au Néolithique moyen II : divergences techniques et économiques avec les exemples de Jossigny « Le Pré du But » (77) et de Neuville-sur-Oise « Chemin Fin de l’Oise » (95)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romana Blaser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations et exploitations néolithiques, et si l'on parlait des plateaux..</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christophe Laurelut; Jan Vanmoerkerke, Oct 2013, Châlons-sur-Marne, France. pp.139-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires et ressources lithiques dans le nord de la France et en Belgique dans l'horizon Chasséen-Michelsberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Giligny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zones de productions et organisation des territoires au Néolithique. Espaces exploités, occupés, parcourus. 30e colloque interrégional sur le Néolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catherine Louboutin; Christian Verjux, Nov 2011, Tours, France. pp.65-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02551247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site des Lignères à Mareuil-lès-Meaux (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamys Hachem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Monchablon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InterNéo 10, Actes de la Journée d'informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cyrille Billard; Anthony Denaire, Nov 2014, Paris, France. pp.81-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et caractérisation des sites néolithiques sur le plateau de Brie (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Lejeune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Détection, caractérisation et fouille des sites néolithiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DRAC Centre – Service régional de l’archéologie, l’Inrap, l’Université François Rabelais de Tours et l’UMR CITERES – Laboratoire Archéologie et Territoires, Apr 2009, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation préliminaire de l'occupation néolithique de Montévrain et de Jossigny (Seine-et-Marne).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Jeune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'information du 22 novembre 2008, InterNéo 7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Giligny, Ivan Praud, Nov 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de sauvetage d'un monument funéraire et d'une enceinte néolithiques à Vignely « La Noue Fenard » (Seine-et-Marne) : premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chambon Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impact interculturels au Néolithique moyen, du terroir au territoire : sociétés et espaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pascal Duhamel, Oct 2001, Dijon, France. pp.335-351</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les occupations néolithiques et l'établissement antique de la ZAC du Clos Rose à Montévrain (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées archéologiques d’Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Service régional de l'archéologie d'Ile-de-France, Dec 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux sites de la fin du Néolithique en vallée de Marne : Lesches « Les Prés du Refuge » et Meaux « Route de Varreddes », résultats préliminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InterNéo 5 - Actes de la Journée d’informations du 20 novembre 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Giligny, Nov 2004, Paris, France. pp.101-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site néolithique de Vignely (77) « La Noue Fenard »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Archéologiques d'Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Service régional de l'archéologie d'Ile-de-France, Dec 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of lithic production methods and the circulation of raw materials in the Michelsberg Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gleser R.,; Scharl S.,; Seidel U.,; Strobel M. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neue Funde im Osten - Entstehung, Verbreitung und Charakteristik des Phänomens Michelsberg im Lichte neuer Forschungen / Nouvelles trouvailles à l'Est - origines, diffusion et caractéristiques du phénomène Michelsberg à la lumière de nouvelles recherches. Conférence internationale à l'Université de Münster, 31 mai - 2 juin 2023 / International Conference at the University of Münster, 31 mai - 2 juin 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Band 5, Néolithique et âges des métaux plus anciens. Studien und Materialien, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04940444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le silex du Grand-Pressigny à la fin du Néolithique de la Champagne à la Manche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le phénomène pressignien. La diffusion des poignards et autres silex taillés du Grand-Pressigny en Europe occidentale au Néolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mémoire LI, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association des Publications Chauvinoises</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.723-732, 2019, 979-10-90534-54-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles datations pour les bâtiments des « Lignères » à Mareuil-lès-Meaux (Seine-et-Marne) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Lemercier; Ingrid Sénépart; Marie Besse; Claude Mordant. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitations et Habitat du Néolithique à l’âge du Bronze en France et ses marges. Actes des secondes rencontres Nord/Sud de Préhistoire récente, Dijon 19-21 novembre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archives d'Écologie Préhistorique, pp.247-260, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mobilier lithique, Les outils en silex et chaille, Les herminettes et les haches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Buzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie N. Carcaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le gisement de Crévéchamps (Lorraine) : du Néolithique à l'époque romaine dans la vallée de la Moselle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 110, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de la Fondation Maison des sciences de l’homme; MCC; MENESR; CNRS; INRAP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.268-282, 2016, Document d’Archéologie Française, 2-7351-2081-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fosse 264 du Néolithique récent de Vignely « La Noue Fénard » (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bémilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cottiaux Richard; Salanova Laure. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du IVe millénaire dans le bassin parisien : le Néolithique récent entre Seine, Oise et Marne (3500-2900 avant notre ère)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAE : supplément 34 ; RAIF : supplément 1, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Est; Revue archéologique d'Ile-de-France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-136, 2014, 978-2-915544-25-1. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.artehis.16686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01159092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites d'habitat du Néolithique récent dans la basse vallée de la Marne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boulenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Richard Cottiaux, Laure Salanova. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du IVe millénaire dans le Bassin parisien, le Néolithique récent entre Seine, Oise et Marne (3500-2900 avant notre ère)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société archéologique de l’Est et l’Association des Amis de la revue archéologique d’Île-de-France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.151-187, 2014, Revue Archéologique de l'Est, 34è supp. /Revue Archéologique d’Île-de-France, 1er supp., 978-2-915544-25-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vestiges de chasse au Néolithique récent : la fosse de Vignely en bord de la Marne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages "archéologie &amp; société"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 28, , pp.20-25, A paraître, Chasse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation préliminaire de l'occupation néolithique de Montévrain et de Jossigny (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Jeune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association pour les Études Interrégionales sur le Néolithique (INTERNEO); Société Préhistorique Française. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERNEO 7, Journée d'information du 22 novembre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association pour les Études Interrégionales sur le Néolithique (INTERNEO)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.121-129, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des croissants au pays des « livres de beurre » à la fin du Néolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Millet-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romana Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (2), pp.211-241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04663178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation des productions lithiques en silex au Néolithique en basse vallée de Marne de la fin du Ve au IIIe millénaire av. n. è. Acquisition de la matière première, objectifs du débitage, comportements économiques par une approche territoriale [Résumé de thèse]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (2), pp.346-348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’habitat lorrain du Néolithique moyen et final de Saint-Julien-lès-Metz en Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Berrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bonnardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 64, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/galliap.4290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enclos circulaires de l'âge du Bronze de Chalifert, &amp;quot;ZAC du clos des Haies Saint-Eloi&amp;quot;, Seine-et-Marne, dans leur contexte du nord de l'Ile-de-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rochart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Granchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Legriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.141-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation et intégration régionale des sépultures campaniformes de Trémery « ZAC de la Fontaine-des-Saints » site 19 (Moselle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Dupart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lefèbvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 117 (4), pp.619-639. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2020.15152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03022665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour le pic en silex au Néolithique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaick Samzun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4, pp.21-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volmunster (Moselle), « Nassenwald » Site de hauteur de La Tène finale de type éperon barré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Cabart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Deffressigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Bilan scientifique de la région Lorraine 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morelmaison (88), Pâquis du Levain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Bilan scientifique de la région Lorraine 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trémery (57), ZAC de la Fontaine des Saints, « La Grande Rayée », Zone 19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Bilan scientifique de la région Lorraine 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirschnaumen (57), rue de la Heidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Bilan scientifique de la région Lorraine 1998, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Julien-lès-Metz (57), Ferme de Grimont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Bilan scientifique de la région Lorraine 1998, pp.90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Souhesmes-Rampont (55), « Champ le Gendarme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Bilan scientifique de la région Lorraine 1998, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations humaines près de l’ancien cours du Grand Morin à Coupvray « Le Chemin de Lesches sud-est » (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Léger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Groupement archéologique de Seine-et-Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 35-35 (années 1994-1977), pp.152-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exceptional discovery of a « statue-menhir » and engraved megalithic blocks in Île-de-France (Chamigny, Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosalie Jallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Masson Mourey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europa Conference 2019. Neolithic Connections : Britain, The Channel Islands and France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Jersey, United Kingdom. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte inédite de blocs mégalithiques gravés en Seine-et-Marne : de l’analyse technique à une étude territoriale fonctionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosalie Jallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIème Rencontres Nord-Sud de Préhistoire récente, Thème 1 : Quel fonctionnement pour les réseaux techniques, économiques et symbolique ? « (IM)MOBILE ? » Circulation, échanges des objets et des idées, mobilité, stabilités des personnes et des groupes durant la Pré et-Protohistoire européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Lyon, France. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un habitat lorrain du Néolithique moyen à Saint-Julien-lès-Metz (Moselle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIe Rencontres Nord-Sud de Préhistoire récente Habitations et habitat du Néolithique à l'âge du Bronze en France et ses marges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Dijon, France. , Habitations et habitat du Néolithique à l'âge du Bronze en France et ses marges Actes des Secondes Rencontres Nord-Sud de Préhistoire récente, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux bâtiments du Néolithique moyen à Saint-Julien-lès-Metz « Ferme de Grimont » (Lorraine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitations et Habitat du Néolithique à l’âge du Bronze en France et ses marges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Dijon, France. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archives d'Ecologie Préhistorique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Actes des IIe rencontres Nord-Sud de Préhistoire récente, pp.93-99, 2018, Habitations et Habitat du Néolithique à l’âge du Bronze en France et ses marges</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jossigny, un site du Néolithique moyen II sur le plateau briard (77)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rochart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Salavert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations et exploitations néolithiques : et si l’on parlait des plateaux ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Châlons-sur-Marne, France. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray « Le Chemin de Lesches » (Seine-et-Marne). Un atelier de façonnage de haches en silex : approche technologique et typologique. Mémoire de DEA sous la direction de Marion Lichardus. Université de Paris 1, UFR d'Histoire de l'art et d'archéologie. 135 p., 79 fig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mammouths de la grotte de Bernifal (Dordogne). Mémoire de Maîtrise d'Art et d'Archéologie, option Préhistoire, sous la direction de Yvette Taborin, José Garanger, Université Paris 1 Panthéon-Sorbonne, 1 v. (141 f.) : illustrations, cartes. ; 30 cm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1987</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (112)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC de la Rucherie : Phase 2 : Rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bustos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie (DRAC) d'Île-de-France. 2024, 1 vol. (196 p.) : 86 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC de la Rucherie : Phase 1 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bustos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional d'archéologie d'Île-de-France; Inrap CIF. 2024, 1 vol. (731 p.) : 266 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chelles (Seine-et-Marne), 10-12 rue Étienne Bourgeois : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional d'archéologie d'Île-de-France. 2024, 1 col. (251 p.) : 156 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citry (Seine-et-Marne), Les rues de Marne : Tranche 5 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Coussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D124141, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2023, 1 vol. (179 p.) : 54 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longperrier (Seine-et-Marne), &amp;quot;ZAC des Archers&amp;quot; : Tranche 1 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D111748, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2023, 1 vol. (67 p.) : 25 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chelles (Seine-et-Marne), 31 rue Gustave Nast : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bellido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bustos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F131907, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2023, 1 vol. (263 p.) : 21 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray 77, Le chemin de Lesches sud-Opération immobilière Plaisance - D139846 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Coussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2022, 1 vol. (86 p.) : 3 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Pathus (Seine-et-Marne), Grande Rue et Rue de la Maison Neuve : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milena Frouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2022, 110 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bailly-Romainvilliers /Serris, La Motte (77) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bergot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bustos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'Archéologie Île-de-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray 77, Le chemin de Lesches sud-Port de Plaisance - D139846 - phase 2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bourrouilh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermé (Seine-et-Marne), Carrière SPM-Synéos d'Hermé : Tranche 6 des diagnostics archéologiques : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ameye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Peake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Antoine Vella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre ïle-de-France; Service Régional d'Archéologie d'Île de France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), 1 au 9 rue Saint-Fiacre : rapport de fouille. Volume 1, Textes, [Descriptions des structures par unités]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boislève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F119830, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2022, 1 vol. (494 p.) : 305 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torcy (Seine-et-Marne), ZAC des Côteaux de la Marne : phase 2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Seguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bellido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D125363, Inrap - Centre Île-de-France; Service Régional de l'archéologie d'Île-de-France. 2022, 1 vol. (119 p.) : 15 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermé (Seine-et-Marne), Carrière SPM-Synéos d'Hermé : Tranche 7 des diagnostics archéologiques : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ameye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Legoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D142001, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2022, 1 vol. (85 p.) : 41 fig., ill. en noir et en coul., couv. ill. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray (77), ZAC de Coupvray « La Pièce des Cent Arpents ». Volume 2, études spécialisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boulen Muriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Coubray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villevaudé (Seine-et-Marne) Bois Gratuel, Les Mazarins. Occupations gauloises, antiques et alto-médiévales : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Casasoprana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Boulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray 77, Le chemin de Lesches sud-Port de Plaisance - D139846 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Coussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2022, 1 vol. (86 p.) : 3 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermé (Seine-et-Marne), Carrière SPM-Synéos d'Hermé : Tranche 7 des diagnostics archéologiques : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ameye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre ïle-de-France; Service régional de l'archéologie d'Île-de-France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevran (Seine-Saint-Denis), Plaine Montceleux /Projet Terre d'Eaux : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Bouquet-De-Stefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Delage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre ïle-de-France; Service Régional d'Archéologie d'Île de France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Pathus (77), Le Tillet, Grande Rue : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Bouquet-De-Stefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre ïle-de-France; Service Régional d'Archéologie d'Île de France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicq (Yvelines), 1 rue du Radet : Aux marges de la nécropole alto-médiévale de Vicq : angle sud-est de l'espace funéraire (Ve-VIIIe s.) et témoins d'une occupation médiévale (XIe-XIVe s.) : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Pecqueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boursier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chantran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2021, 2 vol. (480, 301 p.) : 243 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AEN « SILEX » Ressources en silex et techno-économie. PAS R 113 685. Rapport d'activité 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Creusillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre national de la Préhistoire; DRAC de Corse; CEPAM; DST Inrap; SARL Paléotime. 2020, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chamigny (Seine-et-Marne), Rue de la Marne-RD 80 : Lieu-dit &amp;quot;La Grande Maison&amp;quot; [rapport de fouille]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Pecqueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2020, 390, 489 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouroux (Seine-et-Marne), &amp;quot;Parc d'Activités du Plateau de Voisins&amp;quot; : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Louesdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2020, 1 vol. (332 p.) : 275 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitry-Mory (Seine-et-Marne), Lieu-dit &amp;quot;Maurepas&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France; Service Régional de l'archéologie d'Ïle-de-France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte du troisième habitat ouvert Michelsberg sur la frange septentrionale du plateau de Brie, du Néolithique au second âge du Fer, vol. 1 in Montévrain (Seine-et-Marne), ZAC du Clos Rose : les occupations néolithique, protohistorique et antique de la ZAC du Clos Rose.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Fronteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2019, 1 vol. (417 p.) : 269 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mesnil-Amelot (Seine-et-Marne), Route Départemental n°401 - Les Lavandières : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villeparisis (Seine-et-Marne), Chemin des Petits Marais : (futur 3e collège) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Frère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2019, 1 vol. (110 p.) : 37 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mesnil-Amelot (Seine-et-Marne), SPG Ligne 17 gare : &amp;quot;Les Touches&amp;quot; phase 1 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Bruley-Chabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gomès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2018, 1 vol. (117 p.) : 63 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aulnay-sous-Bois (Seine-Saint-Denis), Rue Henri Becquerel : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Broutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2018, 1 vol. (62 p.) : 19 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torcy (Seine-et-Marne), ZAC des Côteaux de la Marne : ancien camping : (phase 1) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2017, 1 vol. (139 p.) : 35 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), Rue des Vergers du Roi : Les Hauts de Chantereine : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France; Service régional de l'archéologie d'Île-de-France. 2017, 1 vol. (54 p.) : 19 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serris (Seine-et-Marne), ZAC du Couternois : &amp;quot;La Pièce du bois des Dames&amp;quot; : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gentili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Alligri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2017, 3 vol. (496, 645, 334 p. ) : 286 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mareuil-lès-Meaux (Seine-et-Marne), Les Larins, station d'épuration, rue des Pavés des Rouazes : Les Lignères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2016, 1 vol. (358 p.) : 91 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chamigny (Seine-et-Marne), Rue de la Marne - RD 80 : lieu-dit &amp;quot;La Grande Maison&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2016, 1 vol. (173 p.) : 51 fig., ill. en noir et en coul. ; 30 cm + 2 plans</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dhuisy, Chamigny, Sainte-Aude (Seine-et-Marne), ZA &amp;quot;Les Effaneaux&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2016, 1 vol. (347 p.) : 105 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montévrain (Seine-et-Marne), &amp;quot;Le Clos Rose&amp;quot; : lot L1 : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Duplessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2015, 1 vol. (238 p.) : 43 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villevaudé (Seine-et-Marne), Carrière Siniat du Pin-Villevaudé : zone dite &amp;quot;Terres du Poitou&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2015, 1 vol. (83 p.) : 46 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crégy-lès-Meaux (Seine-et-Marne), Rue de la Mare - rue Roger Salengro : Les Closeaux 2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2015, 1 vol. (65 p.) : 32 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crégy-lès-Meaux (Seine-et-Marne), RD 38 - rue de la Mare : (Les Closeaux 1) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2015, 1 vol. (68 p.) : 30 fig., ill. en noir et en coul. ; 30 cm : (Les Closeaux 1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), 3 route de Varreddes : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bellido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2015, 1 vol. (40 p.) : 6 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montévrain (Seine-et-Marne), « Le Clos Rose » - ZAC Université : un habitat ouvert du Michelsberg en rebord de plateau : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Fronteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Le Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2015, 2 vol. (204, 539 p.) : 113 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrières-en-Brie (Seine-et-Marne), ZAC Parc du Bel Air : (BAV1 et BAV2) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Pantano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2015, 1 vol. (94 p.) : 58 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bailly-Romainvilliers, Coutevroult, Villeneuve-le-Comte, Villiers-sur-Morin (Seine-et-Marne), Liaison A4/RN36 : échangeur de Bailly-Romainvilliers : barreau et giratoires : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bergot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2014, 1 vol. (83 p.) : 36 fig., ill. en noir et en coul. ; 30 cm + 2 plans</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trémery, Moselle, ZAC de la Fontaine des Saints, site 19 : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Deffressigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Dupart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Inrap Grand Est. 2014, 2 vol. (120, [39] p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouroux (Seine-et-Marne), Parc d'Activités du Plateau de Voisins : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Île de France; Inrap Centre - Île-de-France. 2014, 1 vol. (262 p.) : 118 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jossigny (Seine-et-Marne), « Le Pré du But », « Le Pré au Chêne » : Marne-la-Vallée, secteur 3 : un habitat Michelsberg en rebord de plateau à Jossigny : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Barray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Île de France; Inrap Centre - Île-de-France. 2014, pp.359, 450</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), Rue des Vergers du Roi - rue des Pommiers : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2014, 1 vol. (65 p.) : 26 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thorigny-sur-Marne (Seine-et-Marne), Les Sauvières : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Prié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lesniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France. 2013, 1 vol. (60 p.) : 18 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalifert (Seine-et-Marne), ZAC du Clos des Haies Saint Eloi : phase A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2013, 1 vol. (132 p.) : 62 fig., ill. en noir et en coul., couv. ill. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citry (Seine-et-Marne), &amp;quot;La Rangée, La Grande Pièce, les Rues de Marne, Près le Moulin Saint-Faron, Les Oudelains, les Grandes Malsanges&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Adrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamys Hachem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France; Service régional de l'archéologie d'Île-de-France. 2012, 1 vol. (245 p.) : 138 fig., ill. en noir et en coul., couv. ill. ; 30 cm + 3 plans + 1 cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lagny-sur-Marne (Seine-et-Marne), Chemin de Mortcerf / Les Étoisies : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Henry-Duplessis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2011, 1 vol. (87 p.) : 44 fig., ill. en noir et en coul., couv. ill. ; 30 cm + 1 cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC du Sycomore : phase 2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Moret-Auger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2011, 1 vol. (138 p.) : 72 fig., ill. en noir et en coul. ; 30 cm + 2 plans</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC du Sycomore : &amp;quot;Les Coudrais, Les Pigeonneaux&amp;quot; : secteur 3 : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2011, 1 vol. (233 p.) : 107 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chessy (Seine-et-Marne), ZAC des Studios et Congrès : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2011, 1 vol. (266 p.) : 131 fig., ill. en noir et en coul. ; 30 cm + 1 plan + 1 cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray (Seine-et-Marne), ZAC de la Dhuis : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Lafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2010, 1 vol. (75 p.) : 46 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dampmart (Seine-et-Marne), ZAC des Cordonniers A : 25 rue de Carnetin : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Prié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Pantano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2010, 1 vol. (48 p.) : 24 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roissy-en-France (Val-d'Oise), &amp;quot;ZAC du Moulin - La Vignole&amp;quot; : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Damour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2009, 1 vol. (442 p.) : 110 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villenoy (Seine-et-Marne), &amp;quot;Les Seize-Arpents&amp;quot; : une occupation de plateau du Villeneuve-Saint-Germain (Néolithique ancien) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2009, 1 vol. (157 p.) : 65 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charny (Seine-et-Marne), &amp;quot;La Pièce de Choisy&amp;quot;, &amp;quot;Le Diable aux Forts&amp;quot; : Fresnes-sur-Marne (Seine-et-Marne), &amp;quot;Les Vieilles Fourches&amp;quot; : Nécropoles de l'Âge du Bronze et de La Tène, ensembles parcellaires et habitats laténiens, gallo-romains, du haut Moyen Âge en rebord de plateau de la vallée de la Marne à Fresnes et à Charny : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Rouppert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kubiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Foucray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2009, 2 vol. (pagination multiple [253] p.-125 p. de pl. : ill. en noir et en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larchant (Seine-et-Marne), &amp;quot;Le Chemin de Paris / La Besace&amp;quot; : phase 3 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ameye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2009, 1 vol. (38 p.) : 10 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serris (Seine-et-Marne), &amp;quot;ZAC de La Motte 4, 3, 9&amp;quot; : Les Prés de la Fontaine (Sud) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lesniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2008, 1 vol. (107 p.) : 18 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bailly-Romainvilliers (Seine-et-Marne), &amp;quot;La Plaine de la Ferme des Champs, La Maison Brûlée, l'Avenue d'en face, Le Bon Puits, La Lisière, Le Parc de Bailly&amp;quot; : Le Prieuré : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Pantano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Pendriez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2007, 3 vol. (168, 139, non paginé [ca 215] p.) : 164 fig., couv. ill. en couv., ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serris (Seine-et-Marne), « ZAC du Val d'Europe » : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Damour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Monolova-Jeand'Heur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2007, 1 vol. (180 p.) : 47 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marolles-sur-Seine (Seine-et-Marne), &amp;quot;La Ferme de la Muette&amp;quot; : [rapport de fouilles]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bergot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dietrich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2007, 1 vol. (pagination multiple [60] p.-[21] p. de pl.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinq ateliers de taille de haches en silex du Néolithique moyen II découverts à Jossigny en Seine-et-Marne [notice]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Interne] Inrap, Institut national de recherches archéologiques préventives. 2007, pp.16-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quincy-Voisins (Seine-et-Marne), &amp;quot;Les Ternoys&amp;quot; : ZAC de Ternoy : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Paccard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2007, 1 vol. (80 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Julien-lès-Metz (Moselle) « Ferme de Grimont » : Site d'habitat Groβgartach/épi-Roëssen : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Baccega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Daux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Inrap Grand-Est. 2006, 1 vol. (129 p.) : couv. ill., ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lesches (Seine-et-Marne), Les Prés du Refuge : occupations humaines en abord des marais de Lesches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Allenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2006, 2 vol. (145 p.) : 120 pl., couv. ill. en coul., ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrières-en-Brie (Seine-et-Marne), ZAC du Parc du Bel-Air 3/2/6 : &amp;quot;Bel-air&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2006, 1 vol. (pagination multiple [101] p.-24 p de pl.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jossigny (Seine-et-Marne), ZAC du Pré Chêne 3/2/1 : &amp;quot;Le Pré Chêne et le Pré du But&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Escats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2006, 1 vol. (pagination multiple [131] p.-[38] p. de pl.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montévrain (Seine-et-Marne), &amp;quot;Le Clos Rose (sud)&amp;quot; : ZAC Université 3/2/2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Konig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2006, 1 vol. (pagination multiple 37-[48] p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chessy (Seine-et-Marne), ZAC de Chessy 4/3/1 : &amp;quot;Le Clos Girard&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Pantano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Pendriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2006, 1 vol. (pagination multiple 64-[95] p.-47 p. de pl.) : 44 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volmunster (Moselle) &amp;quot;Nassenwald &amp;quot; : site de hauteur de la Tène finale de type éperon barré : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Cabart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Inrap Grand Est. 2005, 1 vol. (117 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montévrain (Seine-et-Marne), les occupations néolithiques et l'établissement antique de la ZAC du Clos Rose : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2004, 1 vol. (85 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poincy Les Long Prés. Rapport de Diagnostic archéologique du 02/12/2003 au 23/12/2003 « Près le pont Trilport, Les Longs Prés-sud». Carrière des sablières de Meaux : rapport de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Casadei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2004, 1 vol. (75 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), Route de Varreddes - Chemin de Flandre : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2003, 1 vol. (47 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trocy-en-Multien « La Justice ». 77 476 003 : rapport de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2003, 1 vol. (102 p.) : 22 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pontault-Combault (Seine-et-Marne), « ZAC de Pontillault », lieu-dit « Les Berchères ». Document final de synthèse de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2003, 1 vol. (non paginé [18] p.) : 10 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivry-sur-Seine (Val-de-Marne), Centre commercial « Grand Ciel », Zac « Bords de Seine » : opération réalisée du 15 avril au 30 octobre 1995. Diagnostic approfondi. Avec le concours de la SEMI Ivry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Ricard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Arroyo-Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bojarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Conseil général du Val de Marne; Laboratoire départemental du Val de Marne, ASPAV, ARPEA 94. 2002, 2 vol. (307 p.-111 p.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uckange (Moselle) &amp;quot;Cité des Sports&amp;quot; : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Blouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est; Inrap Grand-Est. 2002, 1 vol. (215 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claye-Souilly (77) Les Monts Gardés 1, Lot 11 du TGV est européen. Compte-rendu préliminaire d’évaluation archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boulenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2002, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC des Cent Arpents : Secteur Est, Évaluation « Secteur III de Marne-la-Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Guinchard-Panseri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Glisoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Souchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Ile-de-France. 2002, 2 vol. (141, 36 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le château de Meinsberg XVe-XXe siècles, Manderen (Moselle) : rapport de fouilles. Document final de synthèse, campagne 1998</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renée Lansival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaury Masquilier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gheller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Saint Quinio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap GEN; Service régional de l'archéologie de Lorraine. 2002, 1 vol. (61p.) : couv. ill. en noir, ill. en coul., plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changis-sur-Marne (Seine-et-Marne), Les Pétreaux : Habitats du Bronze final et de La Tène D. Secteur 9 : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Île de France; Inrap Centre - Île-de-France. 2002, 2 vol. (pagination multiple [146], [185] p.) : 168 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changis-sur-Marne (Seine-et-Marne), Les Pétreaux : habitat du Bronze final et du Bronze final / Hallstatt ancien : [rapport de fouille]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2001, 1 vol. (pagination multiple [211] p.) : ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nécropole mérovingienne de Métrich (VIe-VIIe s.) à Koenigsmacker et le campement militaire (début XVIIIe s.) de Koenigsmacker (Moselle) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édith Peytremann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Tegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Inrap Grand Est Nord. 2001, 2 vol. (84, 363 p.) : ill. en noir et en coul., cartes, plans, annexes, inventaires ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vittel (Vosges) - Étude d'impact archéologique sur la zone industrielle de la Croisette. Rapport de diagnostic d'archéologie préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Grand Est Nord; Service régional de l'archéologie de Lorraine. 2000, pp.57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des mégalithes de Lorraine, 4 vol. (Meuse, Vosges, Meurthe-et- Moselle, Moselle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Schemmama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Inrap Grand Est Nord. 2000, pp.584</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), La Manjoire : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lesniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2000, 1 vol. (pagination multiple [25] p.) : 13 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'habitat déserté de Gungling (occupation de l'âge du Fer et du XIe au XVIe siècle) à Grosbliederstroff : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édith Peytremann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vissac Carole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 2000, 2 vol. (108, 120 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat et nécropole du Bronze final III et de La Tène à Rosières-aux-Salines (Meurthe-et-Moselle) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bergantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Blaising</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 2000, 1 vol. (390 p.) : ill., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bure, Meuse, La Voie Gasselle : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Boulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Decanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Demant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afan Grand Est, Moulins-lès-Metz; Service régional de l'archéologie de Lorraine. 2000, 189 p. : 50 fig., 39 cl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'habitat déserté de Gungling (occupation de l'âge du Fer et du XIe au XVIe siècle) à Grosbliederstroff (Moselle) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édith Peytremann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vissac Carole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Baccega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lony Bourada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afan Grand Est, Moulins-lès-Metz; Service régional de l'archéologie de Lorraine. 2000, 2 vol. (108, 120 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morelmaison (Vosges), station de compression. Projet Gaz de France. Sondages Archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Horion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 1999, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoroute A86 (Hauts-de-Seine), Rueil-Malmaison : site des Coteaux de la Jonchère. Document final de synthèse de fouille préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gebhardt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association pour les fouilles archéologiques nationales; Service régional de l'archéologie d'Île-de-France. 1999, 2 vol. (100, 102 p.) : 90 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Souhesmes-Rampont « Champ le Gendarme » (Meuse) : Fouille d'une zone agro-pastorale en périphérie d'un site protohistorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lino Mocci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Saint-Quinio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 1998, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrières-en-Brie (Seine-et-Marne), Secteur III de Marne-la-Vallée : ZAC des Hauts de Ferrières (5e Tranche) : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Paccard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Celly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lemaure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Marcinkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 1998, 2 vol. (pagination multiple 73-[28], LXXXVIII-[ca 200] p.) : ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mousson (Meurthe-et-Moselle) &amp;quot;Centre d'enfouissement technique&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Saint-Quinio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 1998, 1 vol. (10 p.) : ill. en noir, cartes plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Précy-sur-Marne (Seine-et-Marne), Les Sables : parcelle ZC 29 : installations humaines aux Sables de Précy du Néolithique au Gallo-Romain : [rapport de diagnostic]. Document final de synthèse, Fouille d'évaluation archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Jacobieski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre-Île-de-France; Service régional de l'archéologie d'Île-de-France. 1998, 1 vol. (pagination multiple [20] p.-19 p. de pl.) : ill. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bitche (Moselle), étude d'impact archéologique concernant la liaison RN 62- Bitche (Moselle) décembre 1997. La future déviation RN 62, liaison Sarreguemines-Bitche (Moselle). Rapport de diagnostic d'archéologie préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mervelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Saint Quinio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afan Grand Est, Moulins-lès-Metz; Service régional de l'archéologie de Lorraine. 1998, pp.48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site de Vandières (Meurthe-et-Moselle) &amp;quot;Les Grandes Corvées&amp;quot; : campagne de fouille 1995</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Dolata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mervelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Afan Grand Est; Inrap Grand-Est. 1998, 1 vol. (86 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosières-aux-Salines (Meurthe-et-Moselle) Zone industrielle Rosières-aux-Salines/Dombasle : rapport d'évaluation et de prospection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Thomashausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colling Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ernst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 1997, 1 vol. (55 p.) : ill. en noir, cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancerville (Meuse) Contournement de Saint-Dizier, rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mervelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afan Grand Est, Moulins-lès-Metz; Service régional de l'archéologie de Lorraine. 1997, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le gisement protohistorique et gallo-romain de Crévéchamps &amp;quot;Tronc du Chêne&amp;quot;et &amp;quot;Sous Velle&amp;quot; Meurthe-et-Moselle : campagne de fouilles 1993-1994 (zones D, E et F) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colling Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Daux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Dolata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mervelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap GEN; Service régional de l'archéologie de Lorraine. 1997, 1 vol. (439 p.) : couv. ill., ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changis-sur-Marne, Les Pétreaux (77), Un habitat rural de l'âge du Fer : rapport intermédiaire de fouille préventive, 2 (secteur 3). 23 novembre - 1er décembre 1995/5 février - 5 avril 1996</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flory Mizabakani Diamonika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Afan. 1996, 1 vol. (pagination multiple [140] p.) : ill. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arcueil (Val-de-Marne), ZAC de l'église, sauvetage urgent. Avec le concours de la SEMASEP. Rapport final d'opération de diagnostic d'archéologie préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Duceppe-Lamarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Versignon-Rozier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Wicha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental d'archéologie; Service régional de l'archéologie d'Île-de-France. 1995, 73 + 21 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noiseau (Val de Marne) - Zac de la Pépinière. Diagnostic préventif du 1er avril 1995 au 21 avril 1995. Rapport de diagnostic d'archéologie préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental d'archéologie; Service régional de l'archéologie d'Île-de-France. 1995, 15 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arcueil (Val-de-Marne) - Rue Berthollet : Diagnostic préventif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie Île-de-France; Conseil général du Val de Marne; Laboratoire départemental du Val de Marne. 1994, 5 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Haye-les-Roses (Val-de-Marne), ZAC du Plateau. Angle de la rue de Bicêtre et de la rue de Chevilly. Surveillance archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Mallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental d'archéologie; Service régional de l'archéologie d'Île-de-France. 1994, 4 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villejuif (Val-de-Marne) « ZAC des Esselières » : Surveillance de décapage du 25 avril au 31 mai 1994. Rapport de surveillance archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental d'archéologie; Service régional de l'archéologie d'Île-de-France. 1994, 10 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orly (Val de Marne) « Les Charmilles » : Surveillance de décapage du 1er juin au 19 juin 1994. Rapport de surveillance archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental du Val de Marne; ASPAV; ARPEA 94; Service régional de l'archéologie d'Île-de-France. 1994, 5 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogue de l'exposition : D'une rive à l'autre, Chelles-Gournay : ville de Chelles, musée Alfred Bonno, [du 21 juin 2010 au 30 juin 2011]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bellido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Charamond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bulletin Hors-Série de la Société Archéologique et Historique de Chelles (Hors-série), 92 p., 2010, 2951677480</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sites de hauteur gaulois et gallo-romains des environs de Saint-Dié, Vosges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Caumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Debon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrage réalisé par la Direction régionale des Affaires Culturelles de Lorraine, Service régional de l'Archéologie. Éditions Serpenoise, 234 (Itinéraires du patrimoine), 24 p. : illustrations (chiefly color), maps ; 23 cm, 2000, 978-2-913411-12-8 2-913411-12-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId385"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Véronique Brunet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">veronique-brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6004-7394</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation des productions lithiques en silex au Néolithique en basse vallée de Marne de la fin du Ve au IIIe millénaire av. n. è. Acquisition de la matière première, objectifs du débitage, comportements économiques par une approche territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéologie et Préhistoire. Université Paris 1 - Panthéon Sorbonne, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03956625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une enceinte du Néolithique moyen II : Méry-sur-Marne, &amp;quot; La Remise&amp;quot; (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Barray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, pp.5-132, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polished axes: A factor in social integration on a local and supra-local scale?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Archaeological Conference of Central Germany: The Social Value of Prehistoric Axes: New archaeological and archaeometric approaches, International conference in Halle (Saale) from 5 to 7 October 2023.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Prof. Dr. Harald Meller (Halle [Saale]/DE); Prof. Dr. Ernst Pernicka (Mannheim/DE); Prof. Dr. Roberto Risch (Barcelona/ES und Halle [Saale]/DE), Oct 2023, Halle-Saale, Germany. pp.237-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage et Savoir-faire dans la production de lames de hache en silex en basse vallée de Marne de la fin du 5e au 3e mill. av. n.è.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14es Rencontres Méridionales de Préhistoire récente, Savoir-faire, Chaînes opératoires, Traditions techniques, communautés de pratiques des sociétés de la Préhistoire récente (VIIIe-IIe mill. av. J.-C.), Palais-Musée des Archevêques Narbonne, 18-21 octobre 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ingrid Sénépart; Jessie Cauliez; Anne Hesler; Muriel Gandelin; Vincent Ard; Éric Thirault; Christophe Gilabert, Oct 2023, Narbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-cultural dynamics in the management of Bartonian Tertiary flint in western Greater Paris suburbs (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th EAA Annual Meeting, Session # 143 ResourceCultures - Socio-Cultural Dynamics and the Use of Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Martin Bartelheim, Universität Tübingen (Germany); Philippe Della Casa, Universität Zürich (Switzerland); Thomas Scholten, Universität Tübingen (Germany), Aug 2024, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithic production and supply of raw material at Michelsberg in the lower Marne basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New finds in the East – origins, spread and characteristics of the Michelsberg phenomenon in the light of new research, conference in Münster</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ralf Gleser; Silviane Scharl; Ute Seidel; Michael Strobel, May 2023, Münster, Westfälische WilhelmsUniversität Münster Fürstenberghaus (F2), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lithothèques de silicites en France, de la collecte à la constitution d’un outil pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Tomasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bressy-Leandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Binder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delvigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collecter, collectionner, conserver</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philippe GUILLET, Géologue, ingénieur, docteur en sciences de la terre de l'université de Nantes, directeur du Muséum d'Histoire naturelle de Nantes, TOUR Olivier, Paléopathologiste, bioanthropologue, directeur d'études, directeur du laboratoire d'anthropologie biologique Paul Broca de l'École pratique des hautes études (EPHE), membre du laboratoire De la Préhistoire à l'actuel (PACEA, UMR 5199, université de Bordeaux / CNRS), May 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ateliers de taille, habitats et sites d'extraction du silex de la fin du Ve au IIIe millénaire avant notre ère dans le bassin minier Marne et Morin (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XVIII° UISPP World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, F. Djindjian; F. Giligny (Université Paris 1); L. Costa (CNRS); S. Robert (EHESS); K. Gruel (ENS); A.M. Moigne (MNHN); P. Depaepe (Inrap); L. Lakovleva (UMR 7041), Jul 2018, Paris, France. pp.87-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration et durée d’utilisation des enceintes à fossés et/ou palissades du Néolithique moyen 2 (4200-3800 CalBC) dans la France du Nord –</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dubouloz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Monchablon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33e colloque interrégional sur le Néolithique. Le phénomène des enceintes dans le Néolithique du nord-ouest de l’Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Internéo, Nov 2019, Saint-Dié des Vosges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation spatiale des territoires du bassin aval de la Marne et de Centre Bretagne au Néolithique récent-final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosalie Jallot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII° congrès UISPP Paris Juin 2018, Between Economy and Symbolism: approaches to territories in Neolithic Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Giligny; Marie Besse, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction du silex en puits de mine, fabrication en séries de haches polies : une grande première il y a 5 000 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Patrimoine du 21 septembre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Culture; Office de Tourisme de Marne-et-Gondoire; Musée Gatien Bonnet de Lagny-sur-Marne; Inrap; Société Historique et Archéologique de Lagny et environs (SHALE), Sep 2018, Rentilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles datations pour les bâtiments des Lignères à Mareuil-lès-Meaux (Seine-et-Marne) ? Habitations et habitats du Néolithique à l’Âge du Bronze en France et ses marges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIe rencontres Nord-Sud de Préhistoire récente, colloque commun APRAB, InterNéo, RMPR, Dijon 19-21 novembre 2015, Habitations et habitats du Néolithique à l’âge du Bronze en France et ses marges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Lemercier; Ingrid Sénépart; Marie Besse; Claude Mordant, Nov 2015, Dijon, France. pp.247-260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux bâtiments du Michelsberg récent à Jossigny & Montévrain (77) et Cuiry-lès-Chaudardes (02)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitations et Habitat du Néolithique à l’âge du Bronze en France et ses marges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Lemercier; Ingrid Sénépart; Marie Besse; Claude Mordant, Nov 2015, Dijon, France. pp.100-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires et ressources lithiques dans le nord de la France et en Belgique dans l'horizon Chasséen-Michelsberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Giligny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zones de productions et organisation des territoires au Néolithique. Espaces exploités, occupés, parcourus. 30e colloque interrégional sur le Néolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catherine Louboutin; Christian Verjux, Nov 2011, Tours, France. pp.65-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02551247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productions lithiques en plateau et en fond de vallée en habitat au Néolithique moyen II : divergences techniques et économiques avec les exemples de Jossigny « Le Pré du But » (77) et de Neuville-sur-Oise « Chemin Fin de l’Oise » (95)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romana Blaser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations et exploitations néolithiques, et si l'on parlait des plateaux..</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christophe Laurelut; Jan Vanmoerkerke, Oct 2013, Châlons-sur-Marne, France. pp.139-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site des Lignères à Mareuil-lès-Meaux (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamys Hachem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Monchablon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InterNéo 10, Actes de la Journée d'informations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cyrille Billard; Anthony Denaire, Nov 2014, Paris, France. pp.81-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et caractérisation des sites néolithiques sur le plateau de Brie (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Lejeune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Détection, caractérisation et fouille des sites néolithiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DRAC Centre – Service régional de l’archéologie, l’Inrap, l’Université François Rabelais de Tours et l’UMR CITERES – Laboratoire Archéologie et Territoires, Apr 2009, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation préliminaire de l'occupation néolithique de Montévrain et de Jossigny (Seine-et-Marne).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Jeune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'information du 22 novembre 2008, InterNéo 7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Giligny, Ivan Praud, Nov 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de sauvetage d'un monument funéraire et d'une enceinte néolithiques à Vignely « La Noue Fenard » (Seine-et-Marne) : premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chambon Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impact interculturels au Néolithique moyen, du terroir au territoire : sociétés et espaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pascal Duhamel, Oct 2001, Dijon, France. pp.335-351</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les occupations néolithiques et l'établissement antique de la ZAC du Clos Rose à Montévrain (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées archéologiques d’Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Service régional de l'archéologie d'Ile-de-France, Dec 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux sites de la fin du Néolithique en vallée de Marne : Lesches « Les Prés du Refuge » et Meaux « Route de Varreddes », résultats préliminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InterNéo 5 - Actes de la Journée d’informations du 20 novembre 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Giligny, Nov 2004, Paris, France. pp.101-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site néolithique de Vignely (77) « La Noue Fenard »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Archéologiques d'Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Service régional de l'archéologie d'Ile-de-France, Dec 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of lithic production methods and the circulation of raw materials in the Michelsberg Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gleser R.,; Scharl S.,; Seidel U.,; Strobel M. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neue Funde im Osten - Entstehung, Verbreitung und Charakteristik des Phänomens Michelsberg im Lichte neuer Forschungen / Nouvelles trouvailles à l'Est - origines, diffusion et caractéristiques du phénomène Michelsberg à la lumière de nouvelles recherches. Conférence internationale à l'Université de Münster, 31 mai - 2 juin 2023 / International Conference at the University of Münster, 31 mai - 2 juin 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Band 5, Néolithique et âges des métaux plus anciens. Studien und Materialien, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04940444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le silex du Grand-Pressigny à la fin du Néolithique de la Champagne à la Manche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le phénomène pressignien. La diffusion des poignards et autres silex taillés du Grand-Pressigny en Europe occidentale au Néolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mémoire LI, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association des Publications Chauvinoises</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.723-732, 2019, 979-10-90534-54-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles datations pour les bâtiments des « Lignères » à Mareuil-lès-Meaux (Seine-et-Marne) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Lemercier; Ingrid Sénépart; Marie Besse; Claude Mordant. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitations et Habitat du Néolithique à l’âge du Bronze en France et ses marges. Actes des secondes rencontres Nord/Sud de Préhistoire récente, Dijon 19-21 novembre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archives d'Écologie Préhistorique, pp.247-260, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mobilier lithique, Les outils en silex et chaille, Les herminettes et les haches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Buzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie N. Carcaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le gisement de Crévéchamps (Lorraine) : du Néolithique à l'époque romaine dans la vallée de la Moselle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 110, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de la Fondation Maison des sciences de l’homme; MCC; MENESR; CNRS; INRAP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.268-282, 2016, Document d’Archéologie Française, 2-7351-2081-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites d'habitat du Néolithique récent dans la basse vallée de la Marne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boulenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Richard Cottiaux, Laure Salanova. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du IVe millénaire dans le Bassin parisien, le Néolithique récent entre Seine, Oise et Marne (3500-2900 avant notre ère)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société archéologique de l’Est et l’Association des Amis de la revue archéologique d’Île-de-France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.151-187, 2014, Revue Archéologique de l'Est, 34è supp. /Revue Archéologique d’Île-de-France, 1er supp., 978-2-915544-25-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fosse 264 du Néolithique récent de Vignely « La Noue Fénard » (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bémilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cottiaux Richard; Salanova Laure. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du IVe millénaire dans le bassin parisien : le Néolithique récent entre Seine, Oise et Marne (3500-2900 avant notre ère)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAE : supplément 34 ; RAIF : supplément 1, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Est; Revue archéologique d'Ile-de-France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-136, 2014, 978-2-915544-25-1. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.artehis.16686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01159092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vestiges de chasse au Néolithique récent : la fosse de Vignely en bord de la Marne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages "archéologie &amp; société"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 28, , pp.20-25, A paraître, Chasse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation préliminaire de l'occupation néolithique de Montévrain et de Jossigny (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Jeune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association pour les Études Interrégionales sur le Néolithique (INTERNEO); Société Préhistorique Française. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERNEO 7, Journée d'information du 22 novembre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association pour les Études Interrégionales sur le Néolithique (INTERNEO)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.121-129, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des croissants au pays des « livres de beurre » à la fin du Néolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Millet-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romana Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (2), pp.211-241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04663178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation des productions lithiques en silex au Néolithique en basse vallée de Marne de la fin du Ve au IIIe millénaire av. n. è. Acquisition de la matière première, objectifs du débitage, comportements économiques par une approche territoriale [Résumé de thèse]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (2), pp.346-348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’habitat lorrain du Néolithique moyen et final de Saint-Julien-lès-Metz en Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Berrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bonnardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 64, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/galliap.4290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enclos circulaires de l'âge du Bronze de Chalifert, &amp;quot;ZAC du clos des Haies Saint-Eloi&amp;quot;, Seine-et-Marne, dans leur contexte du nord de l'Ile-de-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rochart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Granchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Legriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.141-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation et intégration régionale des sépultures campaniformes de Trémery « ZAC de la Fontaine-des-Saints » site 19 (Moselle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Dupart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lefèbvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 117 (4), pp.619-639. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2020.15152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03022665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour le pic en silex au Néolithique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaick Samzun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4, pp.21-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volmunster (Moselle), « Nassenwald » Site de hauteur de La Tène finale de type éperon barré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Cabart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Deffressigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Bilan scientifique de la région Lorraine 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morelmaison (88), Pâquis du Levain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Bilan scientifique de la région Lorraine 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trémery (57), ZAC de la Fontaine des Saints, « La Grande Rayée », Zone 19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Bilan scientifique de la région Lorraine 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Julien-lès-Metz (57), Ferme de Grimont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Bilan scientifique de la région Lorraine 1998, pp.90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirschnaumen (57), rue de la Heidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Bilan scientifique de la région Lorraine 1998, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Souhesmes-Rampont (55), « Champ le Gendarme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilan scientifique de la région Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Bilan scientifique de la région Lorraine 1998, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations humaines près de l’ancien cours du Grand Morin à Coupvray « Le Chemin de Lesches sud-est » (Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Léger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Groupement archéologique de Seine-et-Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 35-35 (années 1994-1977), pp.152-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exceptional discovery of a « statue-menhir » and engraved megalithic blocks in Île-de-France (Chamigny, Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosalie Jallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Masson Mourey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europa Conference 2019. Neolithic Connections : Britain, The Channel Islands and France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Jersey, United Kingdom. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte inédite de blocs mégalithiques gravés en Seine-et-Marne : de l’analyse technique à une étude territoriale fonctionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosalie Jallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIème Rencontres Nord-Sud de Préhistoire récente, Thème 1 : Quel fonctionnement pour les réseaux techniques, économiques et symbolique ? « (IM)MOBILE ? » Circulation, échanges des objets et des idées, mobilité, stabilités des personnes et des groupes durant la Pré et-Protohistoire européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Lyon, France. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un habitat lorrain du Néolithique moyen à Saint-Julien-lès-Metz (Moselle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIe Rencontres Nord-Sud de Préhistoire récente Habitations et habitat du Néolithique à l'âge du Bronze en France et ses marges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Dijon, France. , Habitations et habitat du Néolithique à l'âge du Bronze en France et ses marges Actes des Secondes Rencontres Nord-Sud de Préhistoire récente, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux bâtiments du Néolithique moyen à Saint-Julien-lès-Metz « Ferme de Grimont » (Lorraine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitations et Habitat du Néolithique à l’âge du Bronze en France et ses marges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Dijon, France. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archives d'Ecologie Préhistorique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Actes des IIe rencontres Nord-Sud de Préhistoire récente, pp.93-99, 2018, Habitations et Habitat du Néolithique à l’âge du Bronze en France et ses marges</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jossigny, un site du Néolithique moyen II sur le plateau briard (77)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rochart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Salavert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations et exploitations néolithiques : et si l’on parlait des plateaux ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Châlons-sur-Marne, France. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray « Le Chemin de Lesches » (Seine-et-Marne). Un atelier de façonnage de haches en silex : approche technologique et typologique. Mémoire de DEA sous la direction de Marion Lichardus. Université de Paris 1, UFR d'Histoire de l'art et d'archéologie. 135 p., 79 fig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mammouths de la grotte de Bernifal (Dordogne). Mémoire de Maîtrise d'Art et d'Archéologie, option Préhistoire, sous la direction de Yvette Taborin, José Garanger, Université Paris 1 Panthéon-Sorbonne, 1 v. (141 f.) : illustrations, cartes. ; 30 cm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1987</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (112)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC de la Rucherie : Phase 2 : Rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bustos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie (DRAC) d'Île-de-France. 2024, 1 vol. (196 p.) : 86 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC de la Rucherie : Phase 1 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bustos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional d'archéologie d'Île-de-France; Inrap CIF. 2024, 1 vol. (731 p.) : 266 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chelles (Seine-et-Marne), 10-12 rue Étienne Bourgeois : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional d'archéologie d'Île-de-France. 2024, 1 col. (251 p.) : 156 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citry (Seine-et-Marne), Les rues de Marne : Tranche 5 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Coussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D124141, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2023, 1 vol. (179 p.) : 54 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longperrier (Seine-et-Marne), &amp;quot;ZAC des Archers&amp;quot; : Tranche 1 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D111748, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2023, 1 vol. (67 p.) : 25 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chelles (Seine-et-Marne), 31 rue Gustave Nast : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bellido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bustos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F131907, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2023, 1 vol. (263 p.) : 21 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Pathus (Seine-et-Marne), Grande Rue et Rue de la Maison Neuve : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milena Frouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2022, 110 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bailly-Romainvilliers /Serris, La Motte (77) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bergot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bustos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'Archéologie Île-de-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray 77, Le chemin de Lesches sud-Port de Plaisance - D139846 - phase 2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bourrouilh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray 77, Le chemin de Lesches sud-Opération immobilière Plaisance - D139846 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Coussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2022, 1 vol. (86 p.) : 3 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), 1 au 9 rue Saint-Fiacre : rapport de fouille. Volume 1, Textes, [Descriptions des structures par unités]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boislève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F119830, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2022, 1 vol. (494 p.) : 305 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermé (Seine-et-Marne), Carrière SPM-Synéos d'Hermé : Tranche 6 des diagnostics archéologiques : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ameye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Peake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Antoine Vella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre ïle-de-France; Service Régional d'Archéologie d'Île de France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torcy (Seine-et-Marne), ZAC des Côteaux de la Marne : phase 2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Seguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bellido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D125363, Inrap - Centre Île-de-France; Service Régional de l'archéologie d'Île-de-France. 2022, 1 vol. (119 p.) : 15 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermé (Seine-et-Marne), Carrière SPM-Synéos d'Hermé : Tranche 7 des diagnostics archéologiques : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ameye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Legoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D142001, Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2022, 1 vol. (85 p.) : 41 fig., ill. en noir et en coul., couv. ill. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray (77), ZAC de Coupvray « La Pièce des Cent Arpents ». Volume 2, études spécialisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boulen Muriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Coubray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villevaudé (Seine-et-Marne) Bois Gratuel, Les Mazarins. Occupations gauloises, antiques et alto-médiévales : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Casasoprana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Boulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray 77, Le chemin de Lesches sud-Port de Plaisance - D139846 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Coussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2022, 1 vol. (86 p.) : 3 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermé (Seine-et-Marne), Carrière SPM-Synéos d'Hermé : Tranche 7 des diagnostics archéologiques : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ameye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre ïle-de-France; Service régional de l'archéologie d'Île-de-France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevran (Seine-Saint-Denis), Plaine Montceleux /Projet Terre d'Eaux : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Bouquet-De-Stefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Delage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre ïle-de-France; Service Régional d'Archéologie d'Île de France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Pathus (77), Le Tillet, Grande Rue : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Bouquet-De-Stefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre ïle-de-France; Service Régional d'Archéologie d'Île de France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicq (Yvelines), 1 rue du Radet : Aux marges de la nécropole alto-médiévale de Vicq : angle sud-est de l'espace funéraire (Ve-VIIIe s.) et témoins d'une occupation médiévale (XIe-XIVe s.) : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Pecqueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boursier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chantran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2021, 2 vol. (480, 301 p.) : 243 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AEN « SILEX » Ressources en silex et techno-économie. PAS R 113 685. Rapport d'activité 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Creusillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre national de la Préhistoire; DRAC de Corse; CEPAM; DST Inrap; SARL Paléotime. 2020, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chamigny (Seine-et-Marne), Rue de la Marne-RD 80 : Lieu-dit &amp;quot;La Grande Maison&amp;quot; [rapport de fouille]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Pecqueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2020, 390, 489 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouroux (Seine-et-Marne), &amp;quot;Parc d'Activités du Plateau de Voisins&amp;quot; : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Louesdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2020, 1 vol. (332 p.) : 275 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitry-Mory (Seine-et-Marne), Lieu-dit &amp;quot;Maurepas&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France; Service Régional de l'archéologie d'Ïle-de-France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte du troisième habitat ouvert Michelsberg sur la frange septentrionale du plateau de Brie, du Néolithique au second âge du Fer, vol. 1 in Montévrain (Seine-et-Marne), ZAC du Clos Rose : les occupations néolithique, protohistorique et antique de la ZAC du Clos Rose.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Fronteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2019, 1 vol. (417 p.) : 269 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mesnil-Amelot (Seine-et-Marne), Route Départemental n°401 - Les Lavandières : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villeparisis (Seine-et-Marne), Chemin des Petits Marais : (futur 3e collège) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Frère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2019, 1 vol. (110 p.) : 37 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aulnay-sous-Bois (Seine-Saint-Denis), Rue Henri Becquerel : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Broutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2018, 1 vol. (62 p.) : 19 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mesnil-Amelot (Seine-et-Marne), SPG Ligne 17 gare : &amp;quot;Les Touches&amp;quot; phase 1 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Bruley-Chabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gomès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2018, 1 vol. (117 p.) : 63 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), Rue des Vergers du Roi : Les Hauts de Chantereine : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France; Service régional de l'archéologie d'Île-de-France. 2017, 1 vol. (54 p.) : 19 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torcy (Seine-et-Marne), ZAC des Côteaux de la Marne : ancien camping : (phase 1) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2017, 1 vol. (139 p.) : 35 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serris (Seine-et-Marne), ZAC du Couternois : &amp;quot;La Pièce du bois des Dames&amp;quot; : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gentili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Alligri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2017, 3 vol. (496, 645, 334 p. ) : 286 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chamigny (Seine-et-Marne), Rue de la Marne - RD 80 : lieu-dit &amp;quot;La Grande Maison&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2016, 1 vol. (173 p.) : 51 fig., ill. en noir et en coul. ; 30 cm + 2 plans</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mareuil-lès-Meaux (Seine-et-Marne), Les Larins, station d'épuration, rue des Pavés des Rouazes : Les Lignères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2016, 1 vol. (358 p.) : 91 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dhuisy, Chamigny, Sainte-Aude (Seine-et-Marne), ZA &amp;quot;Les Effaneaux&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2016, 1 vol. (347 p.) : 105 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montévrain (Seine-et-Marne), &amp;quot;Le Clos Rose&amp;quot; : lot L1 : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Duplessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2015, 1 vol. (238 p.) : 43 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villevaudé (Seine-et-Marne), Carrière Siniat du Pin-Villevaudé : zone dite &amp;quot;Terres du Poitou&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2015, 1 vol. (83 p.) : 46 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crégy-lès-Meaux (Seine-et-Marne), RD 38 - rue de la Mare : (Les Closeaux 1) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2015, 1 vol. (68 p.) : 30 fig., ill. en noir et en coul. ; 30 cm : (Les Closeaux 1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crégy-lès-Meaux (Seine-et-Marne), Rue de la Mare - rue Roger Salengro : Les Closeaux 2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2015, 1 vol. (65 p.) : 32 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), 3 route de Varreddes : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bellido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2015, 1 vol. (40 p.) : 6 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montévrain (Seine-et-Marne), « Le Clos Rose » - ZAC Université : un habitat ouvert du Michelsberg en rebord de plateau : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Fronteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Irribarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Le Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2015, 2 vol. (204, 539 p.) : 113 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrières-en-Brie (Seine-et-Marne), ZAC Parc du Bel Air : (BAV1 et BAV2) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Pantano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2015, 1 vol. (94 p.) : 58 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bailly-Romainvilliers, Coutevroult, Villeneuve-le-Comte, Villiers-sur-Morin (Seine-et-Marne), Liaison A4/RN36 : échangeur de Bailly-Romainvilliers : barreau et giratoires : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bergot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Ile-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2014, 1 vol. (83 p.) : 36 fig., ill. en noir et en coul. ; 30 cm + 2 plans</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trémery, Moselle, ZAC de la Fontaine des Saints, site 19 : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Deffressigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Dupart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Inrap Grand Est. 2014, 2 vol. (120, [39] p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouroux (Seine-et-Marne), Parc d'Activités du Plateau de Voisins : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Borgnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Île de France; Inrap Centre - Île-de-France. 2014, 1 vol. (262 p.) : 118 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jossigny (Seine-et-Marne), « Le Pré du But », « Le Pré au Chêne » : Marne-la-Vallée, secteur 3 : un habitat Michelsberg en rebord de plateau à Jossigny : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Barray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Boitard-Bidaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Île de France; Inrap Centre - Île-de-France. 2014, pp.359, 450</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), Rue des Vergers du Roi - rue des Pommiers : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barenghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2014, 1 vol. (65 p.) : 26 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thorigny-sur-Marne (Seine-et-Marne), Les Sauvières : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Prié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lesniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France. 2013, 1 vol. (60 p.) : 18 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalifert (Seine-et-Marne), ZAC du Clos des Haies Saint Eloi : phase A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2013, 1 vol. (132 p.) : 62 fig., ill. en noir et en coul., couv. ill. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citry (Seine-et-Marne), &amp;quot;La Rangée, La Grande Pièce, les Rues de Marne, Près le Moulin Saint-Faron, Les Oudelains, les Grandes Malsanges&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Adrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamys Hachem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France; Service régional de l'archéologie d'Île-de-France. 2012, 1 vol. (245 p.) : 138 fig., ill. en noir et en coul., couv. ill. ; 30 cm + 3 plans + 1 cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lagny-sur-Marne (Seine-et-Marne), Chemin de Mortcerf / Les Étoisies : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Henry-Duplessis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2011, 1 vol. (87 p.) : 44 fig., ill. en noir et en coul., couv. ill. ; 30 cm + 1 cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC du Sycomore : &amp;quot;Les Coudrais, Les Pigeonneaux&amp;quot; : secteur 3 : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cornu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2011, 1 vol. (233 p.) : 107 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC du Sycomore : phase 2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Moret-Auger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2011, 1 vol. (138 p.) : 72 fig., ill. en noir et en coul. ; 30 cm + 2 plans</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chessy (Seine-et-Marne), ZAC des Studios et Congrès : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Delozanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2011, 1 vol. (266 p.) : 131 fig., ill. en noir et en coul. ; 30 cm + 1 plan + 1 cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupvray (Seine-et-Marne), ZAC de la Dhuis : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Lafosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2010, 1 vol. (75 p.) : 46 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dampmart (Seine-et-Marne), ZAC des Cordonniers A : 25 rue de Carnetin : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Prié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Pantano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2010, 1 vol. (48 p.) : 24 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roissy-en-France (Val-d'Oise), &amp;quot;ZAC du Moulin - La Vignole&amp;quot; : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Damour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2009, 1 vol. (442 p.) : 110 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larchant (Seine-et-Marne), &amp;quot;Le Chemin de Paris / La Besace&amp;quot; : phase 3 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Ameye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2009, 1 vol. (38 p.) : 10 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villenoy (Seine-et-Marne), &amp;quot;Les Seize-Arpents&amp;quot; : une occupation de plateau du Villeneuve-Saint-Germain (Néolithique ancien) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre - Île-de-France, Pantin; Service régional de l'archéologie d'Île-de-France. 2009, 1 vol. (157 p.) : 65 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charny (Seine-et-Marne), &amp;quot;La Pièce de Choisy&amp;quot;, &amp;quot;Le Diable aux Forts&amp;quot; : Fresnes-sur-Marne (Seine-et-Marne), &amp;quot;Les Vieilles Fourches&amp;quot; : Nécropoles de l'Âge du Bronze et de La Tène, ensembles parcellaires et habitats laténiens, gallo-romains, du haut Moyen Âge en rebord de plateau de la vallée de la Marne à Fresnes et à Charny : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Rouppert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kubiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Foucray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2009, 2 vol. (pagination multiple [253] p.-125 p. de pl. : ill. en noir et en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serris (Seine-et-Marne), &amp;quot;ZAC de La Motte 4, 3, 9&amp;quot; : Les Prés de la Fontaine (Sud) : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lesniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2008, 1 vol. (107 p.) : 18 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bailly-Romainvilliers (Seine-et-Marne), &amp;quot;La Plaine de la Ferme des Champs, La Maison Brûlée, l'Avenue d'en face, Le Bon Puits, La Lisière, Le Parc de Bailly&amp;quot; : Le Prieuré : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Pantano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Pendriez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2007, 3 vol. (168, 139, non paginé [ca 215] p.) : 164 fig., couv. ill. en couv., ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serris (Seine-et-Marne), « ZAC du Val d'Europe » : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Damour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Monolova-Jeand'Heur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2007, 1 vol. (180 p.) : 47 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marolles-sur-Seine (Seine-et-Marne), &amp;quot;La Ferme de la Muette&amp;quot; : [rapport de fouilles]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Bergot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dietrich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2007, 1 vol. (pagination multiple [60] p.-[21] p. de pl.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quincy-Voisins (Seine-et-Marne), &amp;quot;Les Ternoys&amp;quot; : ZAC de Ternoy : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Paccard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2007, 1 vol. (80 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinq ateliers de taille de haches en silex du Néolithique moyen II découverts à Jossigny en Seine-et-Marne [notice]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Interne] Inrap, Institut national de recherches archéologiques préventives. 2007, pp.16-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Julien-lès-Metz (Moselle) « Ferme de Grimont » : Site d'habitat Groβgartach/épi-Roëssen : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Baccega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Daux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Inrap Grand-Est. 2006, 1 vol. (129 p.) : couv. ill., ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lesches (Seine-et-Marne), Les Prés du Refuge : occupations humaines en abord des marais de Lesches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Allenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2006, 2 vol. (145 p.) : 120 pl., couv. ill. en coul., ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrières-en-Brie (Seine-et-Marne), ZAC du Parc du Bel-Air 3/2/6 : &amp;quot;Bel-air&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2006, 1 vol. (pagination multiple [101] p.-24 p de pl.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jossigny (Seine-et-Marne), ZAC du Pré Chêne 3/2/1 : &amp;quot;Le Pré Chêne et le Pré du But&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Escats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2006, 1 vol. (pagination multiple [131] p.-[38] p. de pl.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montévrain (Seine-et-Marne), &amp;quot;Le Clos Rose (sud)&amp;quot; : ZAC Université 3/2/2 : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Konig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2006, 1 vol. (pagination multiple 37-[48] p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chessy (Seine-et-Marne), ZAC de Chessy 4/3/1 : &amp;quot;Le Clos Girard&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Pantano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Pendriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Séguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2006, 1 vol. (pagination multiple 64-[95] p.-47 p. de pl.) : 44 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volmunster (Moselle) &amp;quot;Nassenwald &amp;quot; : site de hauteur de la Tène finale de type éperon barré : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Cabart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Inrap Grand Est. 2005, 1 vol. (117 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montévrain (Seine-et-Marne), les occupations néolithiques et l'établissement antique de la ZAC du Clos Rose : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Jeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2004, 1 vol. (85 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poincy Les Long Prés. Rapport de Diagnostic archéologique du 02/12/2003 au 23/12/2003 « Près le pont Trilport, Les Longs Prés-sud». Carrière des sablières de Meaux : rapport de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Casadei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2004, 1 vol. (75 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaux (Seine-et-Marne), Route de Varreddes - Chemin de Flandre : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2003, 1 vol. (47 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pontault-Combault (Seine-et-Marne), « ZAC de Pontillault », lieu-dit « Les Berchères ». Document final de synthèse de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2003, 1 vol. (non paginé [18] p.) : 10 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trocy-en-Multien « La Justice ». 77 476 003 : rapport de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2003, 1 vol. (102 p.) : 22 fig., ill. en noir et en coul., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivry-sur-Seine (Val-de-Marne), Centre commercial « Grand Ciel », Zac « Bords de Seine » : opération réalisée du 15 avril au 30 octobre 1995. Diagnostic approfondi. Avec le concours de la SEMI Ivry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Ricard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Arroyo-Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bojarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Conseil général du Val de Marne; Laboratoire départemental du Val de Marne, ASPAV, ARPEA 94. 2002, 2 vol. (307 p.-111 p.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claye-Souilly (77) Les Monts Gardés 1, Lot 11 du TGV est européen. Compte-rendu préliminaire d’évaluation archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boulenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2002, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uckange (Moselle) &amp;quot;Cité des Sports&amp;quot; : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Blouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est; Inrap Grand-Est. 2002, 1 vol. (215 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), ZAC des Cent Arpents : Secteur Est, Évaluation « Secteur III de Marne-la-Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Guinchard-Panseri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Glisoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Souchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Ile-de-France. 2002, 2 vol. (141, 36 p.) : ill. en noir et en coul., couv. ill. en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le château de Meinsberg XVe-XXe siècles, Manderen (Moselle) : rapport de fouilles. Document final de synthèse, campagne 1998</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renée Lansival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaury Masquilier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gheller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Saint Quinio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap GEN; Service régional de l'archéologie de Lorraine. 2002, 1 vol. (61p.) : couv. ill. en noir, ill. en coul., plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changis-sur-Marne (Seine-et-Marne), Les Pétreaux : Habitats du Bronze final et de La Tène D. Secteur 9 : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Île de France; Inrap Centre - Île-de-France. 2002, 2 vol. (pagination multiple [146], [185] p.) : 168 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changis-sur-Marne (Seine-et-Marne), Les Pétreaux : habitat du Bronze final et du Bronze final / Hallstatt ancien : [rapport de fouille]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Service régional de l'archéologie d'Île-de-France. 2001, 1 vol. (pagination multiple [211] p.) : ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nécropole mérovingienne de Métrich (VIe-VIIe s.) à Koenigsmacker et le campement militaire (début XVIIIe s.) de Koenigsmacker (Moselle) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édith Peytremann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willy Tegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Inrap Grand Est Nord. 2001, 2 vol. (84, 363 p.) : ill. en noir et en coul., cartes, plans, annexes, inventaires ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des mégalithes de Lorraine, 4 vol. (Meuse, Vosges, Meurthe-et- Moselle, Moselle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Schemmama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Inrap Grand Est Nord. 2000, pp.584</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vittel (Vosges) - Étude d'impact archéologique sur la zone industrielle de la Croisette. Rapport de diagnostic d'archéologie préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Grand Est Nord; Service régional de l'archéologie de Lorraine. 2000, pp.57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bussy-Saint-Georges (Seine-et-Marne), La Manjoire : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Sethian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Lesniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 2000, 1 vol. (pagination multiple [25] p.) : 13 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat et nécropole du Bronze final III et de La Tène à Rosières-aux-Salines (Meurthe-et-Moselle) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bergantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Blaising</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 2000, 1 vol. (390 p.) : ill., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'habitat déserté de Gungling (occupation de l'âge du Fer et du XIe au XVIe siècle) à Grosbliederstroff : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édith Peytremann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vissac Carole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 2000, 2 vol. (108, 120 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bure, Meuse, La Voie Gasselle : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Boulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Decanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Demant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afan Grand Est, Moulins-lès-Metz; Service régional de l'archéologie de Lorraine. 2000, 189 p. : 50 fig., 39 cl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'habitat déserté de Gungling (occupation de l'âge du Fer et du XIe au XVIe siècle) à Grosbliederstroff (Moselle) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édith Peytremann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vissac Carole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Baccega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lony Bourada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afan Grand Est, Moulins-lès-Metz; Service régional de l'archéologie de Lorraine. 2000, 2 vol. (108, 120 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoroute A86 (Hauts-de-Seine), Rueil-Malmaison : site des Coteaux de la Jonchère. Document final de synthèse de fouille préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cottiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gebhardt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association pour les fouilles archéologiques nationales; Service régional de l'archéologie d'Île-de-France. 1999, 2 vol. (100, 102 p.) : 90 fig., ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morelmaison (Vosges), station de compression. Projet Gaz de France. Sondages Archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Horion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 1999, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrières-en-Brie (Seine-et-Marne), Secteur III de Marne-la-Vallée : ZAC des Hauts de Ferrières (5e Tranche) : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Paccard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Celly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lemaure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Marcinkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Inrap Centre - Île-de-France. 1998, 2 vol. (pagination multiple 73-[28], LXXXVIII-[ca 200] p.) : ill. en noir et en coul. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Souhesmes-Rampont « Champ le Gendarme » (Meuse) : Fouille d'une zone agro-pastorale en périphérie d'un site protohistorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lino Mocci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Saint-Quinio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 1998, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mousson (Meurthe-et-Moselle) &amp;quot;Centre d'enfouissement technique&amp;quot; : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Saint-Quinio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 1998, 1 vol. (10 p.) : ill. en noir, cartes plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Précy-sur-Marne (Seine-et-Marne), Les Sables : parcelle ZC 29 : installations humaines aux Sables de Précy du Néolithique au Gallo-Romain : [rapport de diagnostic]. Document final de synthèse, Fouille d'évaluation archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Jacobieski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap Centre-Île-de-France; Service régional de l'archéologie d'Île-de-France. 1998, 1 vol. (pagination multiple [20] p.-19 p. de pl.) : ill. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bitche (Moselle), étude d'impact archéologique concernant la liaison RN 62- Bitche (Moselle) décembre 1997. La future déviation RN 62, liaison Sarreguemines-Bitche (Moselle). Rapport de diagnostic d'archéologie préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mervelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Saint Quinio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afan Grand Est, Moulins-lès-Metz; Service régional de l'archéologie de Lorraine. 1998, pp.48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site de Vandières (Meurthe-et-Moselle) &amp;quot;Les Grandes Corvées&amp;quot; : campagne de fouille 1995</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Dolata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mervelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Afan Grand Est; Inrap Grand-Est. 1998, 1 vol. (86 p.) : ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosières-aux-Salines (Meurthe-et-Moselle) Zone industrielle Rosières-aux-Salines/Dombasle : rapport d'évaluation et de prospection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Thomashausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colling Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ernst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie de Lorraine (Metz); Afan Grand Est. 1997, 1 vol. (55 p.) : ill. en noir, cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancerville (Meuse) Contournement de Saint-Dizier, rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mervelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afan Grand Est, Moulins-lès-Metz; Service régional de l'archéologie de Lorraine. 1997, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le gisement protohistorique et gallo-romain de Crévéchamps &amp;quot;Tronc du Chêne&amp;quot;et &amp;quot;Sous Velle&amp;quot; Meurthe-et-Moselle : campagne de fouilles 1993-1994 (zones D, E et F) : rapport de fouilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colling Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Daux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Dolata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mervelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap GEN; Service régional de l'archéologie de Lorraine. 1997, 1 vol. (439 p.) : couv. ill., ill. en coul., cartes, plans ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changis-sur-Marne, Les Pétreaux (77), Un habitat rural de l'âge du Fer : rapport intermédiaire de fouille préventive, 2 (secteur 3). 23 novembre - 1er décembre 1995/5 février - 5 avril 1996</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flory Mizabakani Diamonika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Île-de-France; Afan. 1996, 1 vol. (pagination multiple [140] p.) : ill. ; 30 cm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arcueil (Val-de-Marne), ZAC de l'église, sauvetage urgent. Avec le concours de la SEMASEP. Rapport final d'opération de diagnostic d'archéologie préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Duceppe-Lamarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Versignon-Rozier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Wicha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental d'archéologie; Service régional de l'archéologie d'Île-de-France. 1995, 73 + 21 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noiseau (Val de Marne) - Zac de la Pépinière. Diagnostic préventif du 1er avril 1995 au 21 avril 1995. Rapport de diagnostic d'archéologie préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental d'archéologie; Service régional de l'archéologie d'Île-de-France. 1995, 15 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arcueil (Val-de-Marne) - Rue Berthollet : Diagnostic préventif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie Île-de-France; Conseil général du Val de Marne; Laboratoire départemental du Val de Marne. 1994, 5 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villejuif (Val-de-Marne) « ZAC des Esselières » : Surveillance de décapage du 25 avril au 31 mai 1994. Rapport de surveillance archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental d'archéologie; Service régional de l'archéologie d'Île-de-France. 1994, 10 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Haye-les-Roses (Val-de-Marne), ZAC du Plateau. Angle de la rue de Bicêtre et de la rue de Chevilly. Surveillance archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Mallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental d'archéologie; Service régional de l'archéologie d'Île-de-France. 1994, 4 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orly (Val de Marne) « Les Charmilles » : Surveillance de décapage du 1er juin au 19 juin 1994. Rapport de surveillance archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil général du Val de Marne; Laboratoire départemental du Val de Marne; ASPAV; ARPEA 94; Service régional de l'archéologie d'Île-de-France. 1994, 5 p. : ill</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogue de l'exposition : D'une rive à l'autre, Chelles-Gournay : ville de Chelles, musée Alfred Bonno, [du 21 juin 2010 au 30 juin 2011]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bellido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Charamond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bulletin Hors-Série de la Société Archéologique et Historique de Chelles (Hors-série), 92 p., 2010, 2951677480</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sites de hauteur gaulois et gallo-romains des environs de Saint-Dié, Vosges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Caumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Debon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrage réalisé par la Direction régionale des Affaires Culturelles de Lorraine, Service régional de l'Archéologie. Éditions Serpenoise, 234 (Itinéraires du patrimoine), 24 p. : illustrations (chiefly color), maps ; 23 cm, 2000, 978-2-913411-12-8 2-913411-12-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId385"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AC764C6C"/>
+    <w:nsid w:val="51504F9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/veronique-brunet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6004-7394" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03956625v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887019v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bulard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Barray" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Boitard-Bidaut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600358v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600451v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696256v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205402v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205461v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Tomasso" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bressy-Leandri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delvigne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fernandes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886488v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861398v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dubouloz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Praud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monchablon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Colas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888265v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Jallot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603023v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603005v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Irribarria" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Andr&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886711v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886667v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551247v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Collet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886390v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamys Hachem" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886771v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lejeune" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602379v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Jeune" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886807v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lanchon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chambon Philippe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896873v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886820v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cottiaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896867v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940444v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888272v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Renard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://citeres.univ-tours.fr/IMG/pdf/-195.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966384v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887015v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Koenig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Buzzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Carcaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100301770" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01159092v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;milli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Boitard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/rae/7461" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.16686" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887008v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boulenger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886989v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gosselin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764705v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-39765-3511-822/interneo-07-pdf.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663178v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Millet-Richard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Durand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696259v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209591v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Berrio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.4290" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04111702v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochart" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Granchon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Legriel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022665v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Dupart" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lef&#232;bvre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2020.15152" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764737v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Borgnon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Samzun" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897065v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Cabart" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Deffressigne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897082v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888259v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897066v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897080v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897078v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886779v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;ger" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545030v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Masson Mourey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888263v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897087v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886541v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/hal-02061722/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886747v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Couderc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Salavert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205487v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696298v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941777v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Blanchard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bustos" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mah&#233;-Hourlier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696285v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barenghi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941778v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cornu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Goff" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lepareux-Couturier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc S&#233;guier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205493v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205381v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205370v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bellido" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956704v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Sethian" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blaser" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600485v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Delozanne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Frouin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956474v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bergot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956722v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bourrouilh" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956054v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ameye" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Peake" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Vella" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205311v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205352v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Seguier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205335v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Legoff" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174036v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulen Muriel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coubray" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956601v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Casasoprana" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Beauvais" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956659v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956064v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956031v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bouquet-De-Stefani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delage" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956013v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601294v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boursier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chantran" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600661v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545080v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Seng" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896741v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Louesdon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Durand" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236567v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896771v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925125v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601338v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#232;re" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896654v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bruley-Chabot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertrand" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gom&#232;s" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600781v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Broutin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896640v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600501v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601286v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gentili" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Alligri" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896548v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896595v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896619v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Besnier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896676v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duplessis" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601344v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896504v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896485v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601269v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couturier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896712v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Forestier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601210v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Pantano" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600918v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888282v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896469v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888298v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600521v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896437v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pri&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lesniak" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896417v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601195v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Adrot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Clement" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601249v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Henry-Duplessis" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601017v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Moret-Auger" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601026v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600559v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896361v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lafosse" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896346v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896338v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Damour" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Couty" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601336v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemili" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601106v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rouppert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kubiak" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foucray" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896321v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896310v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bertin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mille" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600832v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Pendriez" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896282v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Monolova-Jeand'Heur" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896269v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dietrich" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886829v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896290v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Paccard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888277v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Baccega" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Daux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896164v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601199v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896221v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Escats" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896230v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konig" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601130v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gautier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888290v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894280v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893985v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Casadei" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894269v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893947v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893972v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893920v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ricard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Arroyo-Bishop" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bojarski" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bailly" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896795v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bour" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adam" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Breton" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blouet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896137v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894107v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guinchard-Panseri" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Glisoni" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Souchu" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Leclerc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601253v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Lansival" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Masquilier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gheller" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Saint Quinio" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894248v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lafage" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601046v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896932v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Peytremann" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bo&#235;s" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Tegel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601346v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck G&#233;rard" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896935v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schemmama" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894040v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896944v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vissac Carole" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896950v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Antoine" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bergantz" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Blaising" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600992v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Robert" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Clavel" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Demant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601236v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lony Bourada" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897081v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Horion" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600806v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Durand" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gebhardt" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897077v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lino Mocci" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Saint-Quinio" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896786v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Celly" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lemaure" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Marcinkowski" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896789v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601280v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Jacobieski" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600955v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mervelet" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Prouteau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896798v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Dolata" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896802v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thomashausen" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colling Didier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ernst" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600710v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601257v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900247v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Frugier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flory Mizabakani Diamonika" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600739v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duceppe-Lamarre" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mousset" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Versignon-Rozier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wicha" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601274v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600722v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601244v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mallet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601333v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601275v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601353v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Charamond" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696299v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bouchet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caumont" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Debon" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/veronique-brunet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6004-7394" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03956625v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887019v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bulard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Barray" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Boitard-Bidaut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600358v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600451v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696256v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205402v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205461v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Tomasso" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bressy-Leandri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delvigne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fernandes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886488v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861398v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dubouloz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Praud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monchablon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Colas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888265v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Jallot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603023v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603005v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Irribarria" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Andr&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886711v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551247v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Collet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886667v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886390v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamys Hachem" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886771v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lejeune" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602379v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Jeune" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886807v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lanchon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chambon Philippe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896873v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886820v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cottiaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896867v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940444v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888272v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Renard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://citeres.univ-tours.fr/IMG/pdf/-195.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966384v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887015v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Koenig" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Buzzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Carcaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100301770" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887008v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boulenger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/rae/7461" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01159092v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;milli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Boitard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.16686" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886989v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gosselin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764705v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-39765-3511-822/interneo-07-pdf.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663178v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Millet-Richard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Durand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696259v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209591v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Berrio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.4290" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04111702v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochart" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Granchon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Legriel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022665v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Dupart" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lef&#232;bvre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2020.15152" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764737v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Borgnon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Samzun" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897065v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Cabart" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Deffressigne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897082v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888259v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897080v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897066v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897078v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886779v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;ger" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545030v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Masson Mourey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888263v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897087v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886541v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/hal-02061722/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886747v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Couderc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Salavert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205487v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696298v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941777v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Blanchard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bustos" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mah&#233;-Hourlier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696285v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barenghi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941778v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cornu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Goff" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lepareux-Couturier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc S&#233;guier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205493v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205381v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205370v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bellido" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600485v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Delozanne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Frouin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956474v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Sethian" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bergot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956722v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bourrouilh" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956704v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blaser" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205311v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956054v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ameye" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Peake" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Vella" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205352v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Seguier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205335v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Legoff" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174036v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulen Muriel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coubray" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956601v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Casasoprana" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Beauvais" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956659v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956064v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956031v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bouquet-De-Stefani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delage" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956013v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601294v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boursier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chantran" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600661v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545080v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Seng" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896741v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Louesdon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Durand" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236567v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896771v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925125v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601338v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#232;re" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600781v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Broutin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896654v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bruley-Chabot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertrand" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gom&#232;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600501v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896640v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601286v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gentili" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Alligri" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896595v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896548v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896619v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Besnier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896676v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duplessis" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601344v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896485v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896504v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601269v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couturier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896712v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Forestier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601210v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Pantano" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600918v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888282v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896469v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888298v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600521v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896437v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pri&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lesniak" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896417v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601195v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Adrot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Clement" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601249v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Henry-Duplessis" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601026v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601017v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Moret-Auger" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600559v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896361v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lafosse" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896346v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896338v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Damour" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Couty" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896321v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601336v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemili" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601106v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rouppert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kubiak" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foucray" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896310v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bertin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mille" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600832v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Pendriez" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896282v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Monolova-Jeand'Heur" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896269v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dietrich" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896290v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Paccard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886829v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888277v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Baccega" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Daux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896164v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601199v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896221v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Escats" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896230v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konig" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601130v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gautier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888290v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894280v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893985v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Casadei" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894269v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893972v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893947v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893920v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ricard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Arroyo-Bishop" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bojarski" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bailly" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896137v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896795v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bour" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adam" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Breton" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blouet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894107v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guinchard-Panseri" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Glisoni" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Souchu" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Leclerc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601253v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Lansival" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Masquilier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gheller" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Saint Quinio" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894248v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lafage" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601046v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896932v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Peytremann" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bo&#235;s" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Tegel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896935v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schemmama" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601346v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck G&#233;rard" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894040v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896950v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Antoine" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bergantz" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Blaising" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896944v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vissac Carole" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600992v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Robert" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Clavel" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Decanter" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Demant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601236v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lony Bourada" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600806v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Durand" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gebhardt" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897081v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Horion" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896786v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Celly" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lemaure" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Marcinkowski" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897077v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lino Mocci" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Saint-Quinio" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896789v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601280v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Jacobieski" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600955v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mervelet" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Prouteau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896798v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Dolata" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896802v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thomashausen" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colling Didier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ernst" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600710v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601257v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900247v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Frugier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flory Mizabakani Diamonika" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600739v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duceppe-Lamarre" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mousset" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Versignon-Rozier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wicha" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601274v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600722v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601333v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601244v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mallet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601275v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601353v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Charamond" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696299v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bouchet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caumont" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Debon" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>