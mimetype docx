--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -830,1062 +830,1062 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02517677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Aux origines de la méditation réformée : les Excellens discours et Opuscules théologiques de Jean de L’Espine (1505-1597) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de l'Histoire du Protestantisme Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 159, p. 281-296</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Rudesse ou douceur ? La querelle de la simplicité au temps de Malherbe », Malherbe, numéro spécial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix-septième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Aux origines de la méditation réformée : les Excellens discours et Opuscules théologiques de Jean de L’Espine (1505-1597) »</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La poésie amoureuse en milieu navarrais : l’exemple de Jacques de Constans (1547-1621) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Amis de Ronsard du Japon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, XXV, p. 121-134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La chanson spirituelle au temps de la Réforme », numéro thématique &amp;quot;Les langages de la foi aux XVIe et XVIIe siècles en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studia litteraria Universitatis Iagellonicae Cracoviensis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, https://www.ejournals.eu/Studia-Litteraria/Tom-7-(2012)/Zeszyt-1/art/875/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le Printemps d’Agrippa d’Aubigné ou les turbulences de la poésie »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Albineana, Cahiers d'Aubigné</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22, https://www.persee.fr/doc/albin_1154-5852_2010_num_22_1_1161</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pour une poétique réformée. L’influence de Calvin sur les poètes des XVIe et XVIIe siècles »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, CX (4), https://www.cairn.info/revue-d-histoire-litteraire-de-la-france-2010-4-page-883.htm</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La lyre protestante : Calvin et la réforme poétique en France », numéro thématique « Réforme et poésie en Europe aux XVIe et XVIIe siècles », dir. Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, https://journals.openedition.org/rhr/7163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« &amp;quot;La vraye maniere de bien prier&amp;quot; » : l’exégèse au service de la prière dans le Commentaire de Jehan Calvin sur le livre des Pseaumes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réforme, Humanisme, Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 67, p. 139-155</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« “La vraye voix de l’ame” : méditation et lyrisme chez Duplessis-Mornay »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Albineana, Cahiers d'Aubigné</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 18, https://www.persee.fr/doc/albin_1154-5852_2006_num_18_1_1061</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pour un nouveau lyrisme : les paraphrases de psaumes en vers mesurés »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Albineana, Cahiers d'Aubigné</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 17, https://www.persee.fr/doc/albin_1154-5852_2005_num_17_1_993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« “Apprendre à estre Roi” : la leçon politique des Psaumes dans les méditations d’Aubigné et de Duplessis-Mornay »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelle revue du 16e siecle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 21/2, p. 95-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations autour du psaume 51 : les méditations de Bèze, d’Aubigné et de Duplessis-Mornay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société de l'Histoire du Protestantisme Français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 159, p. 281-296</w:t>
+              <w:t xml:space="preserve">, 2003, 149, p. 705-718</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...641 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La langue de Canaan : les clairs desseins d’un verbe inspiré »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers textuel 34/44</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Agrippa d’Aubigné. Les Tragiques, dir. Marie-Madeleine Fragonard, Pascal Debailly et Jean Vignes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Un manuscrit retrouvé d’Agrippa d’Aubigné : le Recueil des vers de Monsieur d’Ayre »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bibliothèque d'Humanisme et Renaissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, LXV (1), p. 125-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les métamorphoses du bestiaire biblique dans les Paraphrases sur les CL Pseaumes de David de Jean-Baptiste Chassignet », numéro spécial L'animal au XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biblio 17 (Tübingen)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, p. 27-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242948v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04242955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Derniers feux d’un genre : les Méditations sur les Psaumes d’Agrippa d’Aubigné »</w:t>
               </w:r>
@@ -2295,69 +2295,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dariusz Krawczyk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studia litteraria Universitatis Iagellonicae Cracoviensis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 17 (2), 2022</w:t>
+              <w:t xml:space="preserve">, 17 (1), 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04048412v1</w:t>
+                <w:t xml:space="preserve">hal-04048400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sous le Soleil noir : discours et représentations de la mélancolie dans la littérature médiévale et renaissante</w:t>
               </w:r>
@@ -2390,69 +2390,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dariusz Krawczyk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studia litteraria Universitatis Iagellonicae Cracoviensis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 17 (1), 2022</w:t>
+              <w:t xml:space="preserve">, 17 (2), 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04048400v1</w:t>
+                <w:t xml:space="preserve">hal-04048412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Antéchrist au XVIe siècle</w:t>
               </w:r>
@@ -2958,1817 +2958,1817 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05094922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’Écriture de soi à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tarrête</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de la Sorbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 41, 2024, Cahiers V. L. Saulnier, 979-10-231-0778-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/IZVI5922⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Discours mystique entre Moyen Âge et première modernité. 4. Aspects de la Révélation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gomez-Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Renaissances. 1, Construction et circulation d'une catégorie historiographique (XIXe-XXIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Lucken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.507, 2024, 978-2-600-06548-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentations de soi à la Renaissance/Representing the self in the Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Refini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Vaillancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04048396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’amoureuse rage. Agrippa d’Aubigné poète profane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Genève, Droz, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04048381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le discours mystique entre Moyen Âge et première modernité. Tome 3 : L'institution à l'épreuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-rené Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gomez-Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thought and action in the Renaissance/Penser et agir à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Desan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04048392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Renaissance au grand large. Mélanges en l'honneur de Frank Lestringant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Lucken</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.507, 2024, 978-2-600-06548-1</w:t>
+                <w:t xml:space="preserve">Alexandre Tarrête</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ferrer Véronique; Millet Olivier; Tarrête Alexandre. Librairie Droz, 2019, Travaux d'humanisme et Renaissance, 600, 978-2-600-05832-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04028374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le discours mystique entre Moyen Âge et première modernité. Tome 2 : Le sujet en transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-rené Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gomez-Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Printemps d'Agrippa d'Aubigné. Edition critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04048387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre de Brach. Poésie, théâtre, traduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concetta Cavallini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Schena Editore, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écrire la Bible en français au Moyen Âge et à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-rené Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, 2017, Travaux d'Humanisme et Renaissance, 978-2-600-04770-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(direction) Autres regards sur les Essais, livre III de Montaigne.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Giacomotto-Charra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Vintenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Langue des émotions, XVIe-XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ramond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, 2017, 978-2-406-06249-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06251-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02425504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écrire la Bible en français au Moyen Age et à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, pp.808, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02517666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'unique change de scène: écritures spirituelles et discours amoureux (XIIe-XVIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Marczuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, 161, 2016, Rencontres, 978-2-406-05736-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-05738-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Muses sacrées. Poésie et théâtre de la Réforme entre France et Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosanna Gorris Camos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, pp.496, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02517657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exercices de l’âme fidèle. La littérature de piété en prose dans l’espace réformé francophone (1524-1685)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Sepmaine de Guillaume de Salluste du Bartas, assortie des commentaires de Simon Goulart et de Pantaléon Thevenin. Edition du Jour I par Véronique Ferrer.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Céard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Bellenger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier. 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur les Discours des misères de ce temps de Ronsard. « D’une plume de fer sur un papier d’acier ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Lestringant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tarrête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, 2009</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servir Dieu, le roi et l'Etat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Daussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Valette</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association des Amis d'Agrippa d'Aubigné, pp.700, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00422925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les paraphrases bibliques aux XVIe et XVIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mantero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Honoré Champion, 2024</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, 2006, « Travaux d’Humanisme et Renaissance »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...1436 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03481452v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">halshs-00422925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petites Œuvres meslees d’Agrippa d’Aubigné, suivies du Recueil des vers de Monsieur d’Ayre</w:t>
               </w:r>
@@ -4911,237 +4911,336 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05094933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Révélation et révélations »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gomez-Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. Véronique Ferrer, Marie-Christine Gomez-Géraud et Jean-René Valette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le discours mystique entre Moyen Âge et première modernité. 4. Aspects de la Révélation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Champion, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’écriture de soi à la Renaissance. Bilan historiographique et pistes de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Victor Desarbres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tarrête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paul-Victor Desarbres, Véronique Ferrer, Alexandre Tarrête. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Écriture de soi à la Renaissance en marge des genres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 41, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorbonne Université Presses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.7-17, 2024, Cahiers V. L. Saulnier, 979-10-231-0778-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.70551/CECZ4486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Christian uses of Petrarchan love language in French late Renaissance: the emergence of a religious lyric sociolect »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bernhard Huss (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petrarchism: Competing Models for Early Modern Community Building (1400-1700)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Heidelberg, Winter Verlag, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05041440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Penser et inventer la nouveauté, une vieille histoire »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5161,156 +5260,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. V. Ferrer, J.-L. Fournel et C. Lucken. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renaissances 1. Constructions et circulations d’une catégorie historiographique (XIXe-XXIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Genève, Droz, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242801v1</w:t>
-              </w:r>
-[...97 lines deleted...]
-                <w:t xml:space="preserve">hal-04242807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Soi comme un poète. Agrippa d’Aubigné dans Le Printemps »</w:t>
               </w:r>
@@ -5363,1445 +5363,1445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« “Sainement et gaiement vivre” au temps des guerres de religion : la leçon humaniste de Montaigne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. Thierry Gontier et Nicola Panicchi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montaigne. Penser en temps de guerres de religion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Classiques Garnier, p. 165-176, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« La Bible des poètes. Écritures et réécritures à la Renaissance »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Letteratura e Bibbia, Atti delle “Rencontres de l’Archet"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://www.sapegno.it/wp-content/uploads/2022/02/ATTI-RENCONTRES-2020.pdf, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">dir. Thierry Gontier et Nicola Panicchi. </w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les anthologies de poésie chrétienne en milieu réformé (1555-1591) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. Adeline Lionetto et Jean-Charles Monferran. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Montaigne. Penser en temps de guerres de religion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Paris, Classiques Garnier, p. 165-176, 2022</w:t>
+              <w:t xml:space="preserve">Les Fleurs de poésie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Classiques Garnier, p. 211-225, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Fantaisie mythologique et parodie épique dans Le Printemps d’Agrippa d’Aubigné »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. François Rouget. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges en l’honneur de Denis Bjaï</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Genève, Droz, p. 239-260, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Mystique et institution : &amp;quot;la question du corps&amp;quot; »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Gomez-Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Véronique Ferrer, Marie-Christine Gomez-Géraud et Jean-René Valette. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le discours mystique entre Moyen Âge et première modernité. 3. L’institution à l’épreuve</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Champion, p. 11-42, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La poésie du désespoir de Joachim Du Bellay à Agrippa d’Aubigné »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Une honnête curiosité de s’enquérir de toute chose ». Mélanges en l’honneur d’Olivier Millet,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Genève, Droz, p. 207-217, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La gaieté de Montaigne »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Jean Balsamo et Amy Graves. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Montaigne. Mélanges en l’honneur de Philippe Desan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Classiques Garnier, p. 231-242, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">dir. François Rouget. </w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Michel de L’Hospital : quelques réflexions autour de la poésie chrétienne (Carmina, I, 7) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. Perrine Galand et Loris Petris. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges en l’honneur de Denis Bjaï</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Genève, Droz, p. 239-260, 2021</w:t>
+              <w:t xml:space="preserve">Michel de L’Hospital, poète et chancelier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Genève, Droz, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...93 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’itinérance de « l’âme fidèle affligée ». Histoire et affliction dans la spiritualité réformée »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Françoise Poulet et Inès Kirschleger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Itinérances spirituelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Champion, p. 161-174, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La Réforme en actes : l’exemple de Guillaume Farel »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Philippe Desan et Véronique Ferrer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thought and action in the Renaissance/Penser et agir à la Renaissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Genève, Droz, p. 85-100, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Prédication ou méditation ? Le rôle du livre dans la préparation à la mort chez les réformés français des XVIe et XVIIe siècles »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Inès Kirschleger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prêcher la mort à l’époque moderne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 175-186, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">dir. Perrine Galand et Loris Petris. </w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La difficulté d’être des poètes réformés à l’âge classique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. Alain Génetiot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Michel de L’Hospital, poète et chancelier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Genève, Droz, 2020</w:t>
+              <w:t xml:space="preserve">Morales du poème à l’âge classique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Classiques Garnier, p. 267-283, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« &amp;quot;Jamais le soleil radieux ne se courrouce&amp;quot; : l’interprétation confessionnelle de la colère divine dans le contexte réformé des persécutions (XVIe et XVIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">éd. Chrystel Bernat et Frédéric Gabriel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les émotions de Dieu. Attributions et appropriations chrétiennes (XVIe-XVIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Brepols, p. 189-204, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De la &amp;quot;Muse charnelle&amp;quot; à la &amp;quot;Muse éternelle&amp;quot; : deux langages en miroir »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Marie-Christine Gomez-Géraud et Jean-René Valette. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le discours mystique entre Moyen Age et première modernité. 1. La question du langage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Champion, p. 279-295, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Penser le martyre sous le régime de l’Edit de Nantes : l’exemple du Triomphe de l’Eglise sous la croix de Charles Drelincourt (1629-1670) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Véronique Ferrer, Olivier Millet et Alexandre Tarrête. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Renaissance au grand large. Mélanges en l’honneur de Frank Lestringant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Droz, p. 669-679, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’écriture de la vulnérabilité dans les paraphrases de psaumes aux XVIe et XVIIe siècles »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Lignereux, S. Macé, S. Patzold et K. Ridder (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vorstellungen vom Frühmittelalter bis ins 18. Jahrhundert/ La Vulnérabilité : discours et représentations du Moyen-Âge aux siècles classiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tübingen, SFB, « Bedrohte Ordnungen/Ordres menacés », p. 151-161, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Itinéraires subjectifs (XIIe-XVIIe siècle) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Véronique Ferrer, Marie-Christine Gomez-Géraud et Jean-René Valette. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le discours mystique entre Moyen Âge et première modernité. 2. Le sujet en transformation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Champion, p. 11-37, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">éd. Chrystel Bernat et Frédéric Gabriel. </w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Montaigne malgré lui. La réception des Essais en milieu réformé »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. Philippe Desan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les émotions de Dieu. Attributions et appropriations chrétiennes (XVIe-XVIIIe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Paris, Brepols, p. 189-204, 2019</w:t>
+              <w:t xml:space="preserve">Usages philosophiques de Montaigne (XVIIe-XXIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Vrin, p. 21-38, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...93 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La prière dans les tragédies réformées »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Michele Mastroianni. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Tragédie sainte en France (1540-1600)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Classiques Garnier, p. 163-180, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242876v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04242874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écrire et réécrire la Bible ; La langue de la Bible : les traductions en français ; La Bible “littéraire” ; La Bible en devenir : écritures de l’Histoire</w:t>
               </w:r>
@@ -7212,792 +7212,792 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02517736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">C'est à l'éternité que je t'emprunte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ferrer; Véronique and Valette; Jean-René and Marczuk; Barbara. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Unique change de scène - Écritures spirituelles et discours amoureux (XIIe-XVIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 161, Classiques Garnier, pp.9--37, 2016, Rencontres, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-05738-3.p.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poésie et théâtre de la Réforme entre France et Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosanna Gorris Camos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Ferrer et Rosanna Gorris. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Muses sacrées. Poésie et théâtre de la Réforme entre France et Italie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Droz, pp.7-40, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02517742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Soi et les autres : politique du sujet chez Montaigne (Essais, III, 10) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Desan (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures du livre III des Essais de Montaigne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Champion Classiques, p. 289-310, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De la parole sainte à la parole mondaine. Ecrire le Cantique des Cantiques au XVIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alessandra Preda. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Cantique des Cantiques dans les Lettres françaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edizione universitarie, pp.109-122, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02517715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D’Aubigné et la satire du gascon à la cour de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Balsamo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamique des langues vernaculaires dans l’Europe de la Renaissance. Acteurs et lieux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Droz, pp.181-193, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02517689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parler à Dieu, édifier les fidèles : la poésie au service de la Réforme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Véronique Ferrer et Rosanna Gorris. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Muses sacrées. Poésie et théâtre de la Réforme entre France et Italie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Droz, pp.57-70, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02517709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Émotions spirituelles »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathilde Bernard, Alexandre Gefen et Carole Talon-Hugon (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arts et émotions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Armand Colin, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Ferrer; Véronique and Valette; Jean-René and Marczuk; Barbara. </w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Avant-propos – Forword »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. Rosanna Gorris et Alexandre Vanautgaerden. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Unique change de scène - Écritures spirituelles et discours amoureux (XIIe-XVIIe siècle)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Labyrinthes de l’esprit. Collections et bibliothèques de la Renaissance. Renaissance libraries and collections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Genève, Droz, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Véronique Ferrer et Rosanna Gorris. </w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Du Bartas et la science de Dieu »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dir. Denis Bjaï. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Muses sacrées. Poésie et théâtre de la Réforme entre France et Italie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Droz, pp.7-40, 2016</w:t>
+              <w:t xml:space="preserve">Du Bartas, ses lecteurs et la science du temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Genève, Droz, p. 189-202, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Agrippa d’Aubigné », « Antoine de La Roche-Chandieu », « Opinion », « Prophétie », « Satire », « Vérité »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">François Rouget (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Ronsard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Classiques Garnier, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242915v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">hal-04242880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Agrippa d’Aubigné »</w:t>
               </w:r>
@@ -8205,319 +8205,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Bible et littérature: du Psautier huguenot aux Chrestiennes meditations »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jan Klok (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theodore Beza : Zijn leven, zijn werk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kampen, Kok, p. 148-150, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Méditer en poète : Sponde et ses méditations sur les Psaumes »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">dir. Véronique Duché et Sabine Lardon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jean de Sponde, homme politique et poète (1557-1595)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 117-130, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Judith par Du Bartas : réformes d’un mythe »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rosanna Gorris (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Donne della Bibbia, la Bibbia delle Donne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fasano, Schena Editore, p. 287-296, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« &amp;quot;Un homme suis voyant affliction&amp;quot; : la fortune littéraire de Jérémie en milieu réformé »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ferrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. Rieu, B. Bonhomme, H. Baby et A. Préta-de Beaufort (dir.),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Echos poétiques de la Bible</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Champion, p. 195-205, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242884v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04242921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Drôle d’Histoire : la représentation “récréative de ce siècle” dans les Aventures du Baron de Faeneste »</w:t>
               </w:r>
@@ -9323,51 +9323,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="113D97C9"/>
+    <w:nsid w:val="D6C47C45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9554,51 +9554,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cslf.parisnanterre.fr/recherches/equipes-du-cslf/renaissances" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renaissances-upl.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05041425v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ferrer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04734242v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242702v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102454v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4467/20843933ST.22.009.15597" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102448v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102435v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517681v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517677v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242707v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242988v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242984v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242987v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242981v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242983v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242978v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242971v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242969v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242966v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242962v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242959v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242952v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242948v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242955v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242940v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242939v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05041415v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04734236v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242713v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04048412v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Marczuk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Krawczyk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04048400v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04048416v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Bokdam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517650v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Desan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101739v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101749v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Magnien-Simonin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101742v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05094922v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fournel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de La Gorce" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/france/product/9782600066280" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709077v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Lucken" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/9782600065481" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04734232v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tarr&#234;te" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/IZVI5922" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04825725v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Valette" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Gomez-G&#233;raud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04048396v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Refini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vaillancourt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048381v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011427v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-ren&#233; Valette" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048392v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011443v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048387v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028374v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Millet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101728v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetta Cavallini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429800v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Giacomotto-Charra" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Vintenon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425504v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ramond" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06251-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517666v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406968v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05738-3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517657v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Gorris Camos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102407v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101722v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean C&#233;ard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Bellenger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101725v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lestringant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481452v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mantero" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422925v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Daussy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102418v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05094933v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242818v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Victor Desarbres" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/cahiers-v-l-saulnier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/CECZ4486" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05041440v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242801v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242807v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242820v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242826v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242829v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242773v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242767v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242764v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242782v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242793v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242836v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242841v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242833v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242838v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242870v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242748v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242858v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242754v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242866v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242848v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242876v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242874v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039160v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517733v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517729v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242731v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517738v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517736v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517715v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517689v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242905v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517709v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242907v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406964v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05738-3.p.0009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517742v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242915v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242909v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242880v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242912v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02848-4_285-1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242881v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242919v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242889v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242887v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242884v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242921v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242891v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242924v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242925v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242896v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242901v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242897v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242928v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242903v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242931v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242933v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cslf.parisnanterre.fr/recherches/equipes-du-cslf/renaissances" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renaissances-upl.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05041425v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ferrer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04734242v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242702v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102454v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4467/20843933ST.22.009.15597" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102448v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102435v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517681v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517677v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242988v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242707v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242984v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242987v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242981v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242983v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242978v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242971v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242969v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242966v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242962v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242955v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242959v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242952v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242948v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242940v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242939v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05041415v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04734236v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242713v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04048400v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Marczuk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Krawczyk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04048412v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04048416v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Bokdam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517650v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Desan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101739v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101749v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Magnien-Simonin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101742v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05094922v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fournel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de La Gorce" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/france/product/9782600066280" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04734232v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tarr&#234;te" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/IZVI5922" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04825725v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Valette" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Gomez-G&#233;raud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709077v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Lucken" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/9782600065481" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04048396v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Refini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vaillancourt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048381v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011427v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-ren&#233; Valette" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048392v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028374v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Millet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011443v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048387v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101728v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetta Cavallini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011418v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429800v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Giacomotto-Charra" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Vintenon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425504v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ramond" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06251-6" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517666v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406968v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05738-3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517657v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Gorris Camos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102407v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101722v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean C&#233;ard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Bellenger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04101725v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lestringant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422925v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Daussy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481452v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mantero" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04102418v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05094933v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242807v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242818v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Victor Desarbres" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/cahiers-v-l-saulnier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/CECZ4486" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05041440v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242801v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242820v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242829v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242826v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242793v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242782v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242773v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242767v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242764v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242838v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242836v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242841v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242833v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242848v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242866v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242870v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242748v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242858v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242754v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242874v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242876v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039160v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517733v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517729v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242731v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517738v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517736v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406964v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05738-3.p.0009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517742v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242905v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517715v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517689v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517709v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242907v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242909v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242880v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242915v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242912v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02848-4_285-1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242881v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242919v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242921v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242889v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242887v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242884v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242891v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242924v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242925v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242896v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242901v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242897v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242928v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242903v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242931v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04242933v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>