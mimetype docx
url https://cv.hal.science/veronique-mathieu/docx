--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -614,264 +614,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01431898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'eau à Glanum</w:t>
+                <w:t xml:space="preserve">Les maisons de Glanum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Mathieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Archéo thema : revue d'archéologie et d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 24, p. 23-27</w:t>
+              <w:t xml:space="preserve">, 2012, 24, p. 45-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00741844v1</w:t>
+                <w:t xml:space="preserve">halshs-00741835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les maisons de Glanum</w:t>
+                <w:t xml:space="preserve">L'eau à Glanum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Mathieu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Agusta-Boularot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Gazenbeek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Archéo thema : revue d'archéologie et d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 24, p. 45-49</w:t>
+              <w:t xml:space="preserve">, 2012, 24, p. 23-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00741835v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00741844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre Gardon et Vistre, Clausonne, l'étang, ses drainages et l'aqueduc antique de Nîmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Fiches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1095,51 +1095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Agusta-Boularot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Gazenbeek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Marcadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2447,51 +2447,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guy Barruol, Jean-Luc Fiches et Pierre Garmy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les ponts routiers en Gaule romaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions de l'Association de la Revue Archéologique de Narbonnaise, p. 75-81, 2011, Revue Archéologique de Narbonnaise, supplément 41</w:t>
@@ -2514,199 +2514,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00739693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'organisation de la fouille de la maison et de ses abords</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La maison, son évolution, ses activités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Luc Fiches. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une Maison de l'agglomération routière d'Ambrussum (Villetelle, Hérault). Fouille de la zone 9 (1995-1999)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Association pour le Développement de l'Archéologie en Languedoc-Roussillon (A.D.A.L.), p. 27-47, 2009, Monographies d'Archéologie Méditerranéenne, 26</w:t>
+              <w:t xml:space="preserve">, Association pour le Développement de l'Archéologie en Languedoc-Roussillon (A.D.A.L.), p. 215-315, 2009, Monographies d'Archéologie Méditerranéenne, 26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00743079v1</w:t>
+                <w:t xml:space="preserve">halshs-00743081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La maison, son évolution, ses activités</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'organisation de la fouille de la maison et de ses abords</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Fiches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Manniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Luc Fiches. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une Maison de l'agglomération routière d'Ambrussum (Villetelle, Hérault). Fouille de la zone 9 (1995-1999)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Association pour le Développement de l'Archéologie en Languedoc-Roussillon (A.D.A.L.), p. 215-315, 2009, Monographies d'Archéologie Méditerranéenne, 26</w:t>
+              <w:t xml:space="preserve">, Association pour le Développement de l'Archéologie en Languedoc-Roussillon (A.D.A.L.), p. 27-47, 2009, Monographies d'Archéologie Méditerranéenne, 26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00743081v1</w:t>
+                <w:t xml:space="preserve">halshs-00743079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nîmes, Maison Carrée</w:t>
               </w:r>
@@ -4165,393 +4165,393 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01683842v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Collectif de Recherche « Les ports antiques de Narbonne (Aude) »</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laure Le Brazidec</w:t>
+                <w:t xml:space="preserve">L’établissement littoral de Saint-Martin-le-Bas à Gruissan (Aude). Rapport final d'opération triannuelle de fouille archéologique programmée (2017-2019), PCR &amp;quot;Les ports antiques de Narbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Bruniaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Carayon</w:t>
+                <w:t xml:space="preserve">Fabrice Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Aloisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boislève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Casenove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Volume 1, SRA Occitanie. 2019, pp.331</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] UMR5140 ASM / SRA Occitanie. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04858477v1</w:t>
+                <w:t xml:space="preserve">hal-03047219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’établissement littoral de Saint-Martin-le-Bas à Gruissan (Aude). Opération programmée 2019.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Projet Collectif de Recherche « Les ports antiques de Narbonne (Aude) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Andersch Goodfellow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Le Brazidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bruniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Volume 1, SRA Occitanie. 2019, pp.331</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Bigot</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-02391189v1</w:t>
+                <w:t xml:space="preserve">hal-04858477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’établissement littoral de Saint-Martin-le-Bas à Gruissan (Aude). Rapport final d'opération triannuelle de fouille archéologique programmée (2017-2019), PCR &amp;quot;Les ports antiques de Narbonne</w:t>
+                <w:t xml:space="preserve">L’établissement littoral de Saint-Martin-le-Bas à Gruissan (Aude). Opération programmée 2019.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sperandio Emeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Casenove</w:t>
+                <w:t xml:space="preserve">Aline Doniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] UMR5140 ASM / SRA Occitanie. 2019</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Occitanie. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03047219v1</w:t>
+                <w:t xml:space="preserve">hal-02391189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le forum de l'agglomération gallo-romaine d'Ambrussum à Villetelle (Hérault).</w:t>
               </w:r>
@@ -4685,51 +4685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Andersch Goodfellow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bruniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Carayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4807,51 +4807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Andersch Goodfellow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bruniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5316,51 +5316,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04502558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mignot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Le Brazidec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Renaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Scrinzi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Caballero" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908783v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kbiri Alaoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfattah Ichkhakh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Rocca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Anne de Chazelles" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443814v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Labussi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre J&#233;z&#233;gou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mathieu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431898v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Agusta-Boularot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Lassalle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741844v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Fabre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paillet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Gazenbeek" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741835v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741831v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fiches" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pey" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415871v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Berdeaux-Le Brazidec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chabal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Gafa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2007.1177" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005100v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Marcadal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850976v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Maligorne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/hal-02540140v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Sanz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bohbot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741784v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864810v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741758v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04837266v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183234v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130163v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Pellegrino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02049327v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Callegarin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Darles" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousset" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casadevelazquez.org/publications/librairie-en-ligne/livre/rirha-site-antique-et-medieval-du-maroc-iii/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123976v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bessac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Darde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426907v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gardeisen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00739693v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Raynaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743079v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743081v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00742936v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787818v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545689v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Michel Py" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Adroher" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Buxo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Conche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193142v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy Du Cardonnoy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madeleine" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127682v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918617v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.418" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04568774v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nodot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Augeyrolles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gougeon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419886v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin-Mazouni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Morgane Abiven" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Eus&#232;be" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04677235v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andersch Goodfellow" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barat-Jamin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carayon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858552v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Autier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe Bacle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194876v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cossart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jomelli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Zeitoun" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683842v4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;nistant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858477v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391189v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sperandio Emeline" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bigot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Doniga" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047219v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Aloisi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Casenove" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04506413v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Conterio-Garcia" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(coll.) Favory" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02547196v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02547397v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Camus" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04506430v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bourdenx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Faisandier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04506472v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Martinache" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04502558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mignot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Le Brazidec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Renaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Scrinzi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Caballero" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908783v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kbiri Alaoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfattah Ichkhakh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Rocca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Anne de Chazelles" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443814v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Labussi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre J&#233;z&#233;gou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mathieu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431898v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Agusta-Boularot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Lassalle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741835v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741844v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Fabre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paillet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Gazenbeek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741831v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fiches" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pey" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415871v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Berdeaux-Le Brazidec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chabal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Gafa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2007.1177" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005100v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Marcadal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850976v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Maligorne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/hal-02540140v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Sanz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bohbot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741784v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864810v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741758v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04837266v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183234v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130163v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Pellegrino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02049327v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Callegarin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Darles" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousset" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casadevelazquez.org/publications/librairie-en-ligne/livre/rirha-site-antique-et-medieval-du-maroc-iii/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123976v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bessac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Darde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426907v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gardeisen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00739693v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Raynaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743081v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743079v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00742936v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787818v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545689v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Michel Py" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Adroher" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Buxo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Conche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193142v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy Du Cardonnoy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madeleine" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127682v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918617v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.418" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04568774v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nodot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Augeyrolles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gougeon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419886v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin-Mazouni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Morgane Abiven" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Eus&#232;be" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04677235v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andersch Goodfellow" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barat-Jamin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carayon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858552v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Autier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe Bacle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194876v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cossart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jomelli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Zeitoun" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683842v4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;nistant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047219v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bigot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Aloisi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Casenove" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858477v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391189v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sperandio Emeline" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Doniga" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04506413v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Conterio-Garcia" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(coll.) Favory" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02547196v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02547397v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Camus" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04506430v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bourdenx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Faisandier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04506472v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Martinache" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>