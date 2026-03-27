--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -280,356 +280,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04924543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Debating Clitoridectomy in Victorian England: Sexuality, Knowledge and Consent of the Female Patient in the Male Medical Discourse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Molinari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal for the History of Medicine and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/26667711-20241156⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« “Captives of ignorance”? Women, education and knowledge in the Victorian period »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La clé des langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04924546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Dis-moi où tu habites… » L’accès à l’avortement au prisme de la dévolution dans le Royaume‑Uni contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Molinari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Nedelec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ILCEA: Revue de l’Institut des langues et cultures d'Europe, Amérique, Afrique, Asie et Australie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11prh⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jostled Diagnoses: Women’s Mental Health and Sexuality in the Long Nineteenth Century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal for the History of Medicine and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.1-23. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/26667711-20241156⟩</w:t>
+              <w:t xml:space="preserve">, 2024, pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/26667711-20241158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04850728v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-04620471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
@@ -1558,333 +1558,333 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Countering the “satanic device of mixed marriages” in New South Wales with the emigration of “reputable Scotch Protestant females”: John Dunmore Lang’s 1849 visit to Orkney and Shetland »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Molinari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Unions/Disunions”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFEE (Société Française d'Etudes Ecossaises), Edinburgh University, May 2024, Edinburgh (Scotland), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04924529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">“Terror, desire, and female sexuality in the Victorian period”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Terror and Desire in 19th century Britain »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04620450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Countering the “satanic device of mixed marriages” in New South Wales with the emigration of “reputable Scotch Protestant females”: John Dunmore Lang’s 1849 visit to Orkney and Shetland »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Unions/Disunions”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFEE (Société Française d'Etudes Ecossaises), Edinburgh University, May 2024, Edinburgh (Scotland), France</w:t>
+              <w:t xml:space="preserve">International Congress of the French Society for Scottish Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, French Society for Scottish Studies, May 2024, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">«La British Ladies’ Female Emigrant Society: utiliser la traversée pour forger les émigrantes aux attentes des colonies australiennes »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Les voyageurs européens et les lointains, 1600-1840"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ILCEA4, LUHCIE, Laboratoire PLEIADE,, Jun 2024, Paris BNF, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04620433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2054,303 +2054,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04924521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">“Abortion in Northern Ireland – when Border Issues Meet Women’s Rights”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Molinari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“In Search of Britain Memory and Heritage”,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Picardie, Jan 2019, Amiens (EACES-CRIISEA, Université Picardie Jules Vernes), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04924516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« L’émigration organisée des jeunes femmes célibataires vers les colonies en France et en Angleterre à la fin du XIXe siècle »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Enfants déracinés »,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire de Recherche sur la Personne de l’UCLY et l’équipe de Recherche Louis Josserand de Lyon III., Oct 2019, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04931223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">“Abortion in Northern Ireland – when Border Issues Meet Women’s Rights”</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abortion in Northern Ireland – when Women’s Bodies become Hostages of the Political Game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">“In Search of Britain Memory and Heritage”,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Picardie, Jan 2019, Amiens (EACES-CRIISEA, Université Picardie Jules Vernes), France</w:t>
+              <w:t xml:space="preserve">Irish Bodies and Irish Worlds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Canadian Association for Irish Studies I, May 2019, Montreal (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04924512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exception nord-irlandaise en matière d'avortement : enjeux politiques et droits des femmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SAES (Société des Anglicites de l'Enseignement Supérieur)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Aix-Marseille, Jun 2019, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04924509v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04924512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5661,51 +5661,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248283v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Molinari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3366/nor.2025.0323" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924543v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924546v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850719v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/26667711-20241156" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850728v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Favier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/26667711-20241158" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620471v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Nedelec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11prh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648190v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Beylier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11prd" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140094v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.10202" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01988968v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.5657" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737941v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.1850" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164556v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164520v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911649v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650921v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/016121ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924547v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/irlan.2007.1788" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650903v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.1179" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912558v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04070685v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Camp" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620450v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924529v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620433v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620462v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171771v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924521v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04931223v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924516v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924509v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995793v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mianowski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783032104137" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-10414-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320717v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Violaine Louvet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mart&#237;nez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360002v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689073v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110745085" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04198801v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Stephens" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mikowski" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poir&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degott" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxalide-editions.com/produit/74/9782374090160/irish-fairy-tales" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695131v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Benedetti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157390v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110710403" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512017v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Deschaux-Beaume Deschaux-Dutard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gr&#233;ciano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01988978v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431606v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Besson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164559v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164567v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431601v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna Spalding Andreolle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190695v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996607v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995798v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297824v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676714v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324875v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/recherche/publications-de-luniversite" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320687v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274993v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689074v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142166v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274986v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01887255v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01887257v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464194v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164565v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453810v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071793v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453809v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164572v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021888v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Berton&#232;che" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna Andreolle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511023v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071726v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02495515v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071727v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071728v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00912762v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248283v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Molinari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3366/nor.2025.0323" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924543v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850719v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/26667711-20241156" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924546v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620471v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Nedelec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11prh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850728v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Favier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/26667711-20241158" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648190v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Beylier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11prd" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140094v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.10202" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01988968v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.5657" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737941v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.1850" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164556v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164520v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911649v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650921v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/016121ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924547v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/irlan.2007.1788" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650903v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.1179" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912558v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04070685v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Camp" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924529v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620450v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620462v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620433v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171771v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924521v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924516v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04931223v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924512v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04924509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995793v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mianowski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783032104137" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-10414-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320717v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Violaine Louvet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mart&#237;nez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360002v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689073v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110745085" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04198801v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Stephens" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mikowski" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poir&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degott" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxalide-editions.com/produit/74/9782374090160/irish-fairy-tales" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695131v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Benedetti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157390v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110710403" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512017v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Deschaux-Beaume Deschaux-Dutard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gr&#233;ciano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01988978v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431606v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Besson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164559v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164567v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431601v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna Spalding Andreolle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190695v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996607v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995798v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297824v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676714v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324875v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/recherche/publications-de-luniversite" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320687v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274993v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689074v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142166v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274986v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01887255v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01887257v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464194v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164565v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453810v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071793v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453809v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164572v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021888v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Berton&#232;che" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna Andreolle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511023v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071726v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02495515v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071727v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071728v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00912762v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>