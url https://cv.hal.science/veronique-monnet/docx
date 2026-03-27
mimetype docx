--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -766,558 +766,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete genome sequence of the industrial fast-acidifying strain &amp;lt;em&amp;gt;Streptococcus thermophilus&amp;lt;/em&amp;gt; N4L</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mycoplasmas are no exception to extracellular vesicles release: Revisiting old concepts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Loux</w:t>
+                <w:t xml:space="preserve">Patrice Gaurivaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronique Martin</w:t>
+                <w:t xml:space="preserve">Sarah Ganter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristian Magnabosco</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Pedersen</w:t>
+                <w:t xml:space="preserve">Alexandre Villard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Manso-Silván</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Chevret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/MRA.01029-18⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (11), pp.e0208160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0208160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628963v1</w:t>
+                <w:t xml:space="preserve">hal-02621449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mycoplasmas are no exception to extracellular vesicles release: Revisiting old concepts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarah Ganter</w:t>
+                <w:t xml:space="preserve">Complete genome sequence of the industrial fast-acidifying strain &amp;lt;em&amp;gt;Streptococcus thermophilus&amp;lt;/em&amp;gt; N4L</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Proust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Villard</w:t>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucía Manso-Silván</w:t>
+                <w:t xml:space="preserve">Veronique Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Chevret</w:t>
+                <w:t xml:space="preserve">Cristian Magnabosco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Pedersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 13 (11), pp.e0208160. </w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0208160⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/MRA.01029-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621449v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic response of Pseudomonas aeruginosa PAO1 adhering to solid surfaces</w:t>
+                <w:t xml:space="preserve">Perspectives d’alternatives thérapeutiques antimicrobiennes aux antibiotiques en élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Guilbaud</w:t>
+                <w:t xml:space="preserve">Christian Ducrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Bruzaud</w:t>
+                <w:t xml:space="preserve">D. Fric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
+                <w:t xml:space="preserve">Anne-Christine Lalmanach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Orange</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Guillot</w:t>
+                <w:t xml:space="preserve">P. Sanders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 30 (1), pp.77-88</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01575338v1</w:t>
+                <w:t xml:space="preserve">hal-01602639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives d’alternatives thérapeutiques antimicrobiennes aux antibiotiques en élevage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proteomic response of Pseudomonas aeruginosa PAO1 adhering to solid surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bruzaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Ducrot</w:t>
+                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Fric</w:t>
+                <w:t xml:space="preserve">Nicole Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Christine Lalmanach</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">P. Sanders</w:t>
+                <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01465⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01602639v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dissémination des gènes d’antibiorésistance par la chaîne alimentaire</w:t>
               </w:r>
@@ -1372,51 +1372,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass Spectrometry Analysis of the Extracellular Peptidome of Lactococcus lactis: Lines of Evidence for the Coexistence of Extracellular Protein Hydrolysis and Intracellular Peptide Excretion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1846,414 +1846,414 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shotgun metaproteomic profiling of biomimetic anaerobic digestion processes treating sewage sludge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RovS and its associated signaling peptide form a cell-to-cell communication system required for streptococcus agalactiae pathogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Perez Pascual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Bize</w:t>
+                <w:t xml:space="preserve">Philippe Gaudu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Cardona</w:t>
+                <w:t xml:space="preserve">Betty Fleuchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Desmond-Le Quéméner</w:t>
+                <w:t xml:space="preserve">Colette Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Battimelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nelly Badalato</w:t>
+                <w:t xml:space="preserve">Isabelle Rosinski-Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pmic.201500041⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.02306-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01536494v1</w:t>
+                <w:t xml:space="preserve">hal-01204482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How microbes communicate in food: a review of signaling molecules and their impact on food quality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shotgun metaproteomic profiling of biomimetic anaerobic digestion processes treating sewage sludge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Bize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Cardona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Rul</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elie Desmond-Le Quéméner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Battimelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Badalato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cofs.2015.03.003⟩</w:t>
+              <w:t xml:space="preserve">Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (20), pp.3532-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmic.201500041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01535306v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RovS and its associated signaling peptide form a cell-to-cell communication system required for streptococcus agalactiae pathogenesis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How microbes communicate in food: a review of signaling molecules and their impact on food quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Besset</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Françoise Rul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2, pp.100-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cofs.2015.03.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mBio.02306-14⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01204482v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quorum-sensing regulators in Gram-positive bacteria: ‘cherchez le peptide’</w:t>
               </w:r>
@@ -2324,563 +2324,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of [i]S. thermophilus[/i] LMD-9 to bacitracin: involvement of a BceRS/AB-like module and of the rhamnose-glucose polysaccharide synthesis pathway</w:t>
+                <w:t xml:space="preserve">Quantitative proteome analyses identify PrfA-responsive proteins and phosphoproteins in [i]Listeria monocytogenes[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Thevenard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Colette Besset</w:t>
+                <w:t xml:space="preserve">Sandeep Kumar Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Choinard</w:t>
+                <w:t xml:space="preserve">Francine Moussan Désirée Ake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Fourcassie</w:t>
+                <w:t xml:space="preserve">Zongfu Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Boyaval</w:t>
+                <w:t xml:space="preserve">Eliane Milohanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Cossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2014.02.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 13 (12), pp.6046-6057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/pr500929u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204047v1</w:t>
+                <w:t xml:space="preserve">hal-01204416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metaproteomics of cellulose methanisation under thermophilic conditions reveals a surprisingly high proteolytic activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Lue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Bize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Madigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8 (1), pp.88-102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ismej.2013.120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative proteome analyses identify PrfA-responsive proteins and phosphoproteins in [i]Listeria monocytogenes[/i]</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bacterial protein signals are associated with Crohn's disease.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francine Moussan Désirée Ake</w:t>
+                <w:t xml:space="preserve">Catherine Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zongfu Wu</w:t>
+                <w:t xml:space="preserve">David P Kreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliane Milohanic</w:t>
+                <w:t xml:space="preserve">Christian Beauvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Cossart</w:t>
+                <w:t xml:space="preserve">Sebastian Vaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 13 (12), pp.6046-6057. </w:t>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 63 (10), pp.1566-1577. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/pr500929u⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/gutjnl-2012-303786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01204416v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial protein signals are associated with Crohn's disease.</w:t>
+                <w:t xml:space="preserve">Response of [i]S. thermophilus[/i] LMD-9 to bacitracin: involvement of a BceRS/AB-like module and of the rhamnose-glucose polysaccharide synthesis pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Juste</w:t>
+                <w:t xml:space="preserve">Benoit Thevenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David P Kreil</w:t>
+                <w:t xml:space="preserve">Sandrine Choinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Beauvallet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Guillot</w:t>
+                <w:t xml:space="preserve">P. Fourcassie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Vaca</w:t>
+                <w:t xml:space="preserve">P. Boyaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 63 (10), pp.1566-1577. </w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 177, pp.89-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/gutjnl-2012-303786⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2014.02.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00933734v1</w:t>
+                <w:t xml:space="preserve">hal-01204047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular Life Cycle of ComS, the Competence-Stimulating Peptide of Streptococcus thermophilus</w:t>
               </w:r>
@@ -3000,90 +3000,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rgg-associated SHP signaling peptides mediate cross-talk in Streptococci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Betty Fleuchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mezange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chambellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3128,1125 +3128,1125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the adaptation of Lactococcus lactis to isoleucine starvation integrating dynamic transcriptome and proteome information</w:t>
+                <w:t xml:space="preserve">The dynamic protein partnership of RNA polymerase in Bacillus subtilis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Dressaire</w:t>
+                <w:t xml:space="preserve">Olivier O. Delumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Redon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe C. Gitton</w:t>
+                <w:t xml:space="preserve">François Lecointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Loubiere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Veronique Monnet</w:t>
+                <w:t xml:space="preserve">Jan J. Muntel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Guédon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1475-2859-10-S1-S18⟩</w:t>
+              <w:t xml:space="preserve">Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (15), pp.2992 - 3001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmic.201000790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02645800v1</w:t>
+                <w:t xml:space="preserve">hal-01000647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis of protein role prediction methods: Which are the relevant data?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization of Streptococcus thermophilus two-component systems: Insilico analysis, functional analysis and expression of response regulator genes in pure or mixed culture with its yogurt partner, Lactobacillus delbrueckii subsp bulgaricus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit B. Thevenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niriaina N. Rasoava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal P. Fourcassie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique V. Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick P. Boyaval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Genomics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1875693X01104010001⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 151 (2), pp.171 - 181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2011.08.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019340v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The initial efficiency of the proteolytic system of Lactococcus lactis strains determines their responses to a cheese environment</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rgg proteins associated with internalized small hydrophobic peptides: a new quorum-sensing mechanism in streptococci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Fleuchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmina Vidic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2010.11.010⟩</w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 80 (4), pp.1102-1119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2958.2011.07633.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01001438v1</w:t>
+                <w:t xml:space="preserve">hal-01000581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamic protein partnership of RNA polymerase in Bacillus subtilis</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of the serine/threonine/tyrosine phosphoproteome of the pathogenic bacterium Listeria monocytogenes reveals phosphorylated proteins related to virulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Guédon</w:t>
+                <w:t xml:space="preserve">Sandeep S. Misra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Milohanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine F. Ake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan I. Mijakovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef J. Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 11 (15), pp.2992 - 3001. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pmic.201000790⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 11 (21), pp.4155 - 4165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmic.201100259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000647v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Streptococcus thermophilus two-component systems: Insilico analysis, functional analysis and expression of response regulator genes in pure or mixed culture with its yogurt partner, Lactobacillus delbrueckii subsp bulgaricus</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The dynamic protein partnership of RNA polymerase in Bacillus subtilis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick P. Boyaval</w:t>
+                <w:t xml:space="preserve">Olivier Delumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lecointe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Muntel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Guédon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2011.08.019⟩</w:t>
+              <w:t xml:space="preserve">Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (15), pp. 2992-3001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmic.201000790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000625v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03761115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rgg proteins associated with internalized small hydrophobic peptides: a new quorum-sensing mechanism in streptococci</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Guillot</w:t>
+                <w:t xml:space="preserve">Sensitivity analysis of protein role prediction methods: Which are the relevant data?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Lopes-Kleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jasmina Vidic</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Trubuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2958.2011.07633.x⟩</w:t>
+              <w:t xml:space="preserve">Open Genomics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2001 (4), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1875693X01104010001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000581v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the serine/threonine/tyrosine phosphoproteome of the pathogenic bacterium Listeria monocytogenes reveals phosphorylated proteins related to virulence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The initial efficiency of the proteolytic system of Lactococcus lactis strains determines their responses to a cheese environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille M. Yvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe C. Gitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandeep S. Misra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eliane Milohanic</w:t>
+                <w:t xml:space="preserve">Emilie E. Chambellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francine F. Ake</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaelle G. Bergot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique V. Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pmic.201100259⟩</w:t>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (5), pp.335 - 345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2010.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01001244v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamic protein partnership of RNA polymerase in Bacillus subtilis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of the adaptation of Lactococcus lactis to isoleucine starvation integrating dynamic transcriptome and proteome information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Dressaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe C. Gitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Delumeau</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Eric Guédon</w:t>
+                <w:t xml:space="preserve">Pascal Loubiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pmic.201000790⟩</w:t>
+              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1475-2859-10-S1-S18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03761115v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibitory effect of αS1- and αS2-casein hydrolysates on angiotensin I-converting enzyme in human endothelial cells in vitro, rat aortic tissue ex vivo, and renovascular hypertensive rats in vivo</w:t>
               </w:r>
@@ -4517,51 +4517,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Gardan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette C. Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4660,51 +4660,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique V. Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Péchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Trubuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HFSP Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 2 (1), pp.29-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4755,51 +4755,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciana Herve Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guillouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Guédon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine C. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5010,51 +5010,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of the transcription of a short gene encoding a cyclic peptide in Streptococcus thermophilus: a new quorum-sensing system?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Wessner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5125,319 +5125,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02668752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights in the molecular biology and physiology of revealed by comparative genomics</w:t>
+                <w:t xml:space="preserve">Genetic transformation of Brevibacterium linens strains producing high amounts of diverse sulphur compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Hols</w:t>
+                <w:t xml:space="preserve">Michelle Nardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Hancy</w:t>
+                <w:t xml:space="preserve">Peggy Sextius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Fontaine</w:t>
+                <w:t xml:space="preserve">Pascal P. Bonnarme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Grossiord</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Deborah Prozzi</w:t>
+                <w:t xml:space="preserve">Henry-Eric Spinnler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique V. Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 72 (2), pp.179-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022029905000737⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.femsre.2005.04.008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01631250v1</w:t>
+                <w:t xml:space="preserve">hal-02680650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic transformation of Brevibacterium linens strains producing high amounts of diverse sulphur compounds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New insights in the molecular biology and physiology of revealed by comparative genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Hols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Nardi</w:t>
+                <w:t xml:space="preserve">Frédéric Hancy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peggy Sextius</w:t>
+                <w:t xml:space="preserve">Laetitia Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal P. Bonnarme</w:t>
+                <w:t xml:space="preserve">Benoît Grossiord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henry-Eric Spinnler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Veronique V. Monnet</w:t>
+                <w:t xml:space="preserve">Deborah Prozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 72 (2), pp.179-187. </w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 29 (3), pp.435 - 463. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0022029905000737⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.femsre.2005.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02680650v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milk fermentation by Lactococcus lactis with modified proteolytic systems to accumulate potentially bio-active peptides</w:t>
               </w:r>
@@ -5566,64 +5566,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Garault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Le Bars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5791,51 +5791,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Nardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Garault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Juillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6592,103 +6592,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial surface sensing: Phenotype of adherent bacteria depends on abiotic surface properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bruzaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOFILMS 6</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Vienna, Austria</w:t>
@@ -7012,51 +7012,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of additional Ser/Thr protein kinases in the genome of &amp;lt;em&amp;gt;Streptococcus thermophilus&amp;lt;/em&amp;gt; using structural homology detection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samantha Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7094,90 +7094,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The dynamic protein partnership of RNA polymerase in &amp;lt;em&amp;gt;Bacillus subtilis&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Delumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lecointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice P. Polard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7984,51 +7984,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05140587v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gardan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Honvo-Houeto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;zange" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Jean Maillot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Balvay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.001487" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735378v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aar&#243;n Mill&#225;n-Oropeza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monnet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zivy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes10010002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03229044v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abarna Lingeswaran" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Metton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Juillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11091096" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622417v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Proust" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sourabie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pedersen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Besancon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Haudebourg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00906" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391885v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Henry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Haller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Canette" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01329" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628963v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Magnabosco" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01029-18" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621449v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gaurivaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ganter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Villard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Manso-Silv&#225;n" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chevret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0208160" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575338v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Guilbaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bruzaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Bouffartigues" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Orange" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01465" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602639v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fric" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sanders" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01799400v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532602v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Boulay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b00424" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607358v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Putignani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica del Chierico" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Vernocchi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cicala" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Cucchiara" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MIB.0000000000000602" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636416v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perez Pascual" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Monnet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00706" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532559v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/1040841X.2014.948804" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536494v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bize" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Cardona" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Desmond-Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Battimelli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Badalato" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201500041" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XTRHQ31C-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535306v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rul" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2015.03.003" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N4C1BXNX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204482v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Fleuchot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Besset" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rosinski-Chupin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02306-14" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536500v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13060" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204047v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thevenard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Choinard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fourcassie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boyaval" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2014.02.011" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204297v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Lue" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Monnet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Madigou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.120" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204416v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Misra" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Moussan D&#233;sir&#233;e Ake" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongfu Wu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Milohanic" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cossart" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr500929u" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933734v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juste" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P Kreil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vaca" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2012-303786" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001084v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette C. Besset" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Gitton" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Guillot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L. Fontaine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.02196-12" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190550v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mezange" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066042" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645800v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Dressaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Redon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loubiere" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-10-S1-S18" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019340v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Lopes-Kleine" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trubuil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1875693X01104010001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001438v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Yvon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie E. Chambellon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle G. Bergot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2010.11.010" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N5G20ZNL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000647v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Delumeau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecointe" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan J. Muntel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201000790" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GF0MKNTH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000625v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Thevenard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niriaina N. Rasoava" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Fourcassie" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Boyaval" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2011.08.019" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZ3NTPLN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000581v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmina Vidic" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07633.x" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001244v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep S. Misra" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine F. Ake" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Mijakovic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef J. Deutscher" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201100259" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QXPPM00D-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03761115v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delumeau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Muntel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204234v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goirand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tardivel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lucas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Algaron" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3060" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657656v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasna Beganovic" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van de Guchte" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659126v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00257-09" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659069v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana L&#243;pez Kleine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657078v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Herve Jimenez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guillouard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Gautier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira S. Boudebbouze" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200700489" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659003v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Ibrahim" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Nicolas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessi&#232;res" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bolotin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.2007/006205-0" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668752v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Wessner" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01057-07" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01631250v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hols" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hancy" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fontaine" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grossiord" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Prozzi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsre.2005.04.008" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0VLTXVWD-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680650v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Nardi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Sextius" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Bonnarme" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry-Eric Spinnler" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029905000737" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/02220D38AD928A065F624522C93760031816BAD7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895519v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Miranda" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Bars" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2003034" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294376v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Garault" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683443v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Rul" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-148-11-3413" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294360v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Letort" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Nardi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895462v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001114" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929336v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Monnet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mp Chapot-Chartier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Gripon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929084v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bars" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Neviani" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gripon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929074v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vassal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Roux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04323423v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349950v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Millan Oropeza" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01570138v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevalier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878417v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Vincent Bienvenut" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Davanture" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Langella" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160634v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Soille" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Madec" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733931v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Samson" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822191v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P. Polard" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833826v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bat" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Henry" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delrieux" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Auffret-van Der Kemp" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523817v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523828v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523846v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605701v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dore" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusko Ehrlich" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05140587v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gardan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Honvo-Houeto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;zange" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Jean Maillot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Balvay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.001487" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735378v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aar&#243;n Mill&#225;n-Oropeza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monnet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zivy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes10010002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03229044v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abarna Lingeswaran" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Metton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Juillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11091096" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622417v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Proust" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sourabie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pedersen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Besancon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Haudebourg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00906" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391885v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Henry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Haller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Canette" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01329" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621449v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gaurivaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ganter" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Villard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Manso-Silv&#225;n" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chevret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0208160" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628963v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Martin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Magnabosco" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01029-18" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602639v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fric" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sanders" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575338v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Guilbaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bruzaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Bouffartigues" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Orange" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01465" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01799400v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532602v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Boulay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b00424" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607358v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Putignani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica del Chierico" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Vernocchi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cicala" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Cucchiara" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MIB.0000000000000602" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636416v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perez Pascual" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Monnet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00706" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532559v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/1040841X.2014.948804" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204482v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Fleuchot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Besset" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rosinski-Chupin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02306-14" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536494v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bize" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Cardona" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Desmond-Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Battimelli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Badalato" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201500041" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XTRHQ31C-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535306v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rul" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2015.03.003" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N4C1BXNX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536500v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13060" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204416v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Misra" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Moussan D&#233;sir&#233;e Ake" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongfu Wu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Milohanic" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cossart" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr500929u" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204297v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Lue" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Monnet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Madigou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.120" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933734v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juste" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P Kreil" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vaca" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2012-303786" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204047v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thevenard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Choinard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fourcassie" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boyaval" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2014.02.011" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001084v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette C. Besset" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Gitton" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Guillot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L. Fontaine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.02196-12" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190550v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mezange" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066042" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000647v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Delumeau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecointe" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan J. Muntel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201000790" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GF0MKNTH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000625v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Thevenard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niriaina N. Rasoava" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Fourcassie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Boyaval" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2011.08.019" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZ3NTPLN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000581v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmina Vidic" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07633.x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001244v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep S. Misra" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine F. Ake" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Mijakovic" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef J. Deutscher" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201100259" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QXPPM00D-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03761115v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delumeau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Muntel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019340v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Lopes-Kleine" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trubuil" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1875693X01104010001" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001438v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Yvon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie E. Chambellon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle G. Bergot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2010.11.010" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N5G20ZNL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645800v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Dressaire" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Redon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loubiere" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-10-S1-S18" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204234v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goirand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tardivel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lucas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Algaron" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3060" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657656v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasna Beganovic" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van de Guchte" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659126v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00257-09" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659069v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana L&#243;pez Kleine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657078v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Herve Jimenez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guillouard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Gautier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira S. Boudebbouze" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200700489" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659003v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Ibrahim" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Nicolas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessi&#232;res" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bolotin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.2007/006205-0" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668752v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Wessner" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01057-07" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680650v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Nardi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Sextius" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Bonnarme" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry-Eric Spinnler" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029905000737" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/02220D38AD928A065F624522C93760031816BAD7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01631250v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hols" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hancy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fontaine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grossiord" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Prozzi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsre.2005.04.008" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0VLTXVWD-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895519v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Miranda" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Bars" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2003034" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294376v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Garault" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683443v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Rul" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-148-11-3413" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294360v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Letort" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Nardi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895462v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001114" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929336v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Monnet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mp Chapot-Chartier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Gripon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929084v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bars" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Neviani" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gripon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929074v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vassal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Roux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04323423v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349950v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Millan Oropeza" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01570138v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevalier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878417v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Vincent Bienvenut" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Davanture" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Langella" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160634v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Soille" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Madec" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733931v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Samson" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822191v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P. Polard" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833826v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bat" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Henry" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delrieux" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Auffret-van Der Kemp" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523817v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523828v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523846v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605701v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dore" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusko Ehrlich" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>