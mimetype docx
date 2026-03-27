--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Véronique ROBERT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">veronique-robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0005-5224-460X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">mon parcours</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecalibacterium langellae sp. nov. isolated from human faeces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Ang Li Xuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atsushi Hisatomi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masahiro Hirasaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shintaro Maeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 75 (6), </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/ijsem.0.006804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05106084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecalibacterium Diversity in the Gut Microbiome of Crohn's Disease Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Mclellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Therese Goudiaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Brot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">United European Gastroenterology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (8), pp.1480-1490. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ueg2.70023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05106089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecalibacterium duncaniae as a novel next generation probiotic against influenza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Heumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Deruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Delval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.1347676. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fimmu.2024.1347676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of a Newly Isolated Blautia faecis Strain and Its Benefit in Mouse Models of Post-Influenza Secondary Enteric and Pulmonary Infections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Verstraeten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Sencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Raise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Huillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Layec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nutrients</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (7), pp.1478. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/nu14071478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prophylactic Faecalibacterium prausnitzii treatment prevents the acute breakdown of colonic epithelial barrier in a preclinical model of pelvic radiation disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Lapiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mallia Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Demarquay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gut microbes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (1), pp.1-15. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19490976.2020.1812867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03194901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral Primo-Colonizing Bacteria Modulate Inflammation and Gene Expression in Bronchial Epithelial Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chad Macpherson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Belvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (8), pp.1094. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms8081094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of the caecal gut microbiota of mice by dietary supplement containing resistant starch: impact is donor-dependent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cherbuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Bellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Schwiertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.1234. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2019.01234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of mucus-related properties of Streptococcus thermophilus: from adhesion to induction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neïké Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Wrzosek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna M. Radziwill-Bienkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélinda Ringot-Destrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Duviau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2018.00980⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food-grade TiO2 is trapped by intestinal mucus in vitro but does not impair mucin O-glycosylation and short-chain fatty acid synthesis in vivo: implications for gut barrier protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna M. Radziwill-Bienkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasper B.J. Kamphuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Steenkeste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Bettini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nanobiotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (1), pp.53. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12951-018-0379-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Insights into the Diversity of the Genus Faecalibacterium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Benevides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sriti Burman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebeca Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1790. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01617957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of plasmid-encoded peptidase S8 (PrtP) to adhesion and transit in the gut of Lactococcus lactis IBB477 strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Maria Radziwill-Bienkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karolina Drabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Chain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cherbuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 101 (14), pp.5709-5721. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00253-017-8334-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiota Is Involved in Post-resection Adaptation in Humans with Short Bowel Syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pingenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Le Beyec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.224. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2017.00224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01547049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmid transfer efficiency using &amp;lt;em&amp;gt;Lactoccocus lactis&amp;lt;/em&amp;gt; strains depends on invasiveness status but also on plasmid copy number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mariat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Langella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 364 (14), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsle/fnx100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional characterization of novel &amp;lt;em&amp;gt;Faecalibacterium prausnitzii&amp;lt;/em&amp;gt; strains isolated from healthy volunteers: a step forward in the use of &amp;lt;em&amp;gt;F. prausnitzii&amp;lt;/em&amp;gt; as a next-generation probiotic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebeca Martín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie S. Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Benevides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteria isolated from lung modulate asthma susceptibility in mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Remot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphyne Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Noordine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Boukadiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1061-1074. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ismej.2016.181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecology and metabolism of the beneficial intestinal commensal bacterium Faecalibacterium prausnitzii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebeca Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Sokol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gut microbes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (2), pp.146-151. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4161/gmic.27651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00961711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Polyunsaturated Fatty Acids on Oxidized Low Density Lipoprotein-Induced U937 Cell Apoptosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Sayegrih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Abreu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Atherosclerosis and Thrombosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (6), pp.494 - 503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647197v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of n-3 PUFA on eNOS activity and expression in Ea hy 926 cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Gousset-Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Grynberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Tardivel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prostaglandins, Leukotrienes and Essential Fatty Acids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76 (3), pp.131-139. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plefa.2006.11.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03740316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of bacterial RNA-Seq & human gut microbiota metaproteomic datasets highlights Faecalibacterium duncaniae A2-165’s import systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Huillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Langella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Sokol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International metaproteomics symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId116"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Véronique ROBERT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">veronique-robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0005-5224-460X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">mon parcours</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecalibacterium langellae sp. nov. isolated from human faeces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Ang Li Xuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atsushi Hisatomi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masahiro Hirasaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shintaro Maeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 75 (6), </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/ijsem.0.006804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05106084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecalibacterium Diversity in the Gut Microbiome of Crohn's Disease Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Mclellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Therese Goudiaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Brot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">United European Gastroenterology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (8), pp.1480-1490. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ueg2.70023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05106089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecalibacterium duncaniae as a novel next generation probiotic against influenza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Heumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Deruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bouilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Delval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.1347676. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fimmu.2024.1347676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of a Newly Isolated Blautia faecis Strain and Its Benefit in Mouse Models of Post-Influenza Secondary Enteric and Pulmonary Infections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Verstraeten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Sencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Raise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Huillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Layec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nutrients</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (7), pp.1478. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/nu14071478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prophylactic Faecalibacterium prausnitzii treatment prevents the acute breakdown of colonic epithelial barrier in a preclinical model of pelvic radiation disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Lapiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mallia Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Demarquay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gut microbes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (1), pp.1-15. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19490976.2020.1812867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03194901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral Primo-Colonizing Bacteria Modulate Inflammation and Gene Expression in Bronchial Epithelial Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chad Macpherson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Belvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (8), pp.1094. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms8081094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of the caecal gut microbiota of mice by dietary supplement containing resistant starch: impact is donor-dependent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cherbuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Bellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Schwiertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.1234. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2019.01234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of mucus-related properties of Streptococcus thermophilus: from adhesion to induction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neïké Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Wrzosek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna M. Radziwill-Bienkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bélinda Ringot-Destrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Duviau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2018.00980⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food-grade TiO2 is trapped by intestinal mucus in vitro but does not impair mucin O-glycosylation and short-chain fatty acid synthesis in vivo: implications for gut barrier protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna M. Radziwill-Bienkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasper B.J. Kamphuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Steenkeste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Bettini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nanobiotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (1), pp.53. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12951-018-0379-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiota Is Involved in Post-resection Adaptation in Humans with Short Bowel Syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pingenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Le Beyec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.224. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2017.00224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01547049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of plasmid-encoded peptidase S8 (PrtP) to adhesion and transit in the gut of Lactococcus lactis IBB477 strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Maria Radziwill-Bienkowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karolina Drabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Chain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cherbuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 101 (14), pp.5709-5721. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00253-017-8334-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Insights into the Diversity of the Genus Faecalibacterium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Benevides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sriti Burman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebeca Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1790. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01617957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmid transfer efficiency using &amp;lt;em&amp;gt;Lactoccocus lactis&amp;lt;/em&amp;gt; strains depends on invasiveness status but also on plasmid copy number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mariat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Langella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 364 (14), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsle/fnx100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional characterization of novel &amp;lt;em&amp;gt;Faecalibacterium prausnitzii&amp;lt;/em&amp;gt; strains isolated from healthy volunteers: a step forward in the use of &amp;lt;em&amp;gt;F. prausnitzii&amp;lt;/em&amp;gt; as a next-generation probiotic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebeca Martín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie S. Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Benevides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacteria isolated from lung modulate asthma susceptibility in mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Remot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphyne Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Noordine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Boukadiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1061-1074. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ismej.2016.181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecology and metabolism of the beneficial intestinal commensal bacterium Faecalibacterium prausnitzii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebeca Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bridonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Sokol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gut microbes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (2), pp.146-151. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4161/gmic.27651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00961711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Polyunsaturated Fatty Acids on Oxidized Low Density Lipoprotein-Induced U937 Cell Apoptosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Sayegrih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Abreu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Atherosclerosis and Thrombosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (6), pp.494 - 503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647197v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of n-3 PUFA on eNOS activity and expression in Ea hy 926 cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Gousset-Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Grynberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Tardivel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prostaglandins, Leukotrienes and Essential Fatty Acids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76 (3), pp.131-139. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plefa.2006.11.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03740316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of bacterial RNA-Seq & human gut microbiota metaproteomic datasets highlights Faecalibacterium duncaniae A2-165’s import systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Huillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Langella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Sokol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International metaproteomics symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId116"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E666EF73"/>
+    <w:nsid w:val="9E8A8D0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/veronique-robert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5224-460X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106084v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ang Li Xuan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Robert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Hisatomi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Hirasaki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shintaro Maeno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006804" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106089v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mclellan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Therese Goudiaby" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Brot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benech" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ueg2.70023" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786870v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chollet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Heumel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Deruyter" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bouilloux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Delval" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1347676" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649191v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Verstraeten" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Sencio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Raise" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Huillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Layec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14071478" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194901v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lapiere" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallia Geiger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Demarquay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2020.1812867" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02977352v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Mathieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chad Macpherson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Belvis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8081094" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620543v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cherbuy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Bellet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mayeur" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schwiertz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01234" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886485v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne&#239;k&#233; Fernandez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wrzosek" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna M. Radziwill-Bienkowska" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;linda Ringot-Destrez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Duviau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00980" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624418v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Talbot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper B.J. Kamphuis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Steenkeste" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bettini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-018-0379-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01617957v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Benevides" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sriti Burman" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Martin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Thomas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01790" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605918v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Maria Radziwill-Bienkowska" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Drabot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-017-8334-1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547049v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gillard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pingenot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Le Beyec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00224" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625027v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mariat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chatel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnx100" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629302v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Mart&#237;n" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Miquel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bridonneau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01226" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595509v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Remot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphyne Descamps" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Noordine" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Boukadiri" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2016.181" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961711v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Miquel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Sokol" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/gmic.27651" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647197v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nowak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Tardivel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Sayegrih" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Abreu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740316v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gousset-Dupont" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Grynberg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lacour" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2006.11.005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7FGX4Z0J-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321685v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/veronique-robert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5224-460X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106084v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ang Li Xuan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Robert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Hisatomi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Hirasaki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shintaro Maeno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006804" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106089v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mclellan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Therese Goudiaby" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Brot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benech" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ueg2.70023" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786870v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chollet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Heumel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Deruyter" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bouilloux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Delval" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1347676" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649191v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Verstraeten" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Sencio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Raise" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Huillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Layec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14071478" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194901v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lapiere" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallia Geiger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Demarquay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2020.1812867" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02977352v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Mathieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chad Macpherson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Belvis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8081094" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620543v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cherbuy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Bellet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mayeur" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schwiertz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01234" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886485v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne&#239;k&#233; Fernandez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wrzosek" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna M. Radziwill-Bienkowska" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;linda Ringot-Destrez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Duviau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00980" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624418v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Talbot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper B.J. Kamphuis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Steenkeste" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bettini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-018-0379-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547049v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gillard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pingenot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Le Beyec" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00224" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605918v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Maria Radziwill-Bienkowska" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Drabot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-017-8334-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01617957v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Benevides" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sriti Burman" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Thomas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01790" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625027v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mariat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chatel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnx100" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629302v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Mart&#237;n" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Miquel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bridonneau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01226" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595509v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Remot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphyne Descamps" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Noordine" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Boukadiri" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2016.181" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961711v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Miquel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Sokol" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/gmic.27651" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647197v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nowak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Tardivel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Sayegrih" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Abreu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740316v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gousset-Dupont" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Grynberg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lacour" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2006.11.005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7FGX4Z0J-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321685v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>