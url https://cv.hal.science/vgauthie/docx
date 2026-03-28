--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,4949 +66,4949 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse, caractérisation microstructurale et propriétés physiques d’un nouveau carbure ternaire nanostructuré : la phase MAX (Ti2Nb)AlC1.82</w:t>
+                <w:t xml:space="preserve">Synthesis, microstructural characterization and transport properties of ternary nanolaminated carbide Ti2NbAlC1.82</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mohammed Berrabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Cabioc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chartier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Métallurgie, Quel Avenir !</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">49th International Conference and Exposition on Advanced Ceramics and Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Daytona Beach (FL), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05343182v1</w:t>
+                <w:t xml:space="preserve">hal-05353971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux de la réutilisation de l’Inconel 625 dans la fabrication additive par fusion laser sur lit de poudres pour la production de pieces d’équipements navals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léandra Hereil</w:t>
+                <w:t xml:space="preserve">Synthesis and characterization of ternary nanolaminated carbide Ti2NbAlC1.82</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Berrabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+                <w:t xml:space="preserve">Thierry Cabioc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Patrick Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dubois</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erny C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Métallurgie, Quel avenir !</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">THERMEC 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Tours (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05343157v1</w:t>
+                <w:t xml:space="preserve">hal-05357909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-temperature oxidation of Cr2AlC MAX phase: towards a better understanding of the relationship between synthesis process, microstructure and oxidation mechanism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Thermal properties of carbon-reinforced copper matrix composites produced by powder metallurgy route</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Charteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Silvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Audurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Zuber</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium On High-Temperature Corrosion and Protection of Materials</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05343590v1</w:t>
+              <w:t xml:space="preserve">THERMEC 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Tours (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitruration plasma à température modérée d’alliages à haute entropie AlxCoCrFeNi synthétisés par compaction isostatique à chaud</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Gazagne</w:t>
+                <w:t xml:space="preserve">Synthesis and characterization of ternary nanolaminated carbide Ti2NbAlC1.82</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Thierry Cabioc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chartier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux</w:t>
+              <w:t xml:space="preserve">Materials Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Pittsburgh (Etats-Unis), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Origin and consequence of alumina scale buckling during high temperature oxidation of Cr2AlC MAX Phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Zuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Coupeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on ceramic materials and components for energy and environmental systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Budapest (Hungary), Hungary</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alumina scale buckling during high temperature oxidation of Cr2AlC MAX Phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Zuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Coupeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">48th International Conference and Exposition on Advanced Ceramics and Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Daytona Beach (Florida), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microstructural and thermal characterizations of Cu/ZrC/CF composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Charteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Audurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Poudres et Matériaux Frittés"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Le Creusot, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a better understanding of the high-temperature oxidation of MAX phase Cr2AlC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gonzalez-Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ouisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thermec 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Vienne (Austria), Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plasma-nitriding of AlxCoCrFeNi high entropy alloy produced by Hot Isostatic Pressing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Gazagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Congress and Exhibition on Advanced Materials and Processes (EUROMAT 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Francfort s/Main, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthèse par compaction isostatique à chaud et nitruration de l’alliage à haute entropie AlxCoCrFeNi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Gazagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matériaux 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Poster de conférence</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-05344632v1</w:t>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05358184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microstructure’s influence on the high temperature oxidation of bulk Cr2AlC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Zuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gonzalez-Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">46th International Conference and Exposition on Advanced Ceramics and Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Daytona Beach (Florida), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05354009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural arrangement in the Cr-Al-C system: Cr2AlC nanolamellar structure evolution during oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Zuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Frapper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th International Ceramics Congress (CIMTEC 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Perugia (Italy), Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05358190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-temperature oxidation of alumino-forming MAX phases: relationship between powder metallurgy processing routes, microstructural characteristics and oxidation resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Drouelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Levraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Zuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th International Ceramics Congress (CIMTEC 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Perugia (Italy), Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, microstructural characterization and transport properties of a new (Ti2Nb)AlC2 ternary nanolaminate carbide solid solution.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Berrabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cabioc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrica Epifano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 46 (3), pp.117894. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2025.117894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and characterization of a new (Ti1-yCuy)2(Al1-xCux)C MAX phase solid solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Aouchiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Eyidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Nechiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04365613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cr2AlC and metals reactivity: Sintering and oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17, pp.100561. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.oceram.2024.100561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cr 2 AlC high temperature oxidation under dry and wet air: understanding of the oxidation mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gonzalez-Julian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 43 (12), pp.5159-5167. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.05.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04370387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alumina scale buckling during high temperature oxidation of Cr2AlC MAX Phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Coupeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.O. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 43 (16), pp.7334-7340. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.08.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04365627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a better understanding of the high-temperature oxidation of MAX phase Cr2AlC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gonzalez-Julian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 42 (5), pp.2089-2096. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2021.12.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation mechanisms in bulk Ti2AlC: Influence of the grain size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenbo Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Levraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.01.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02464699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The correlation between N deficiency and the mechanical properties of the Ti2AlNy MAX phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Wenbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenzhe Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feng Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhaoyang Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pengcheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 40 (6), pp.2279-2286. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.02.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03782519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructure-oxidation resistance relationship in Ti3AlC2 MAX phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Drouelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Villechaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Sallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 826, pp.154062. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.154062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation resistance of Ti 3 AlC 2 and Ti 3 Al 0.8 Sn 0.2 C 2 MAX phases: A comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Drouelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Villechaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 103 (2), pp.1270-1280. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jace.16780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03100621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical properties of Al/ω-Al-Cu-Fe composites synthesized by the SPS technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Characterization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 145, pp.644 - 652. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.09.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01907585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for Symmetry Reduction in Ti&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;(Al&amp;lt;sub&amp;gt;1−δ&amp;lt;/sub&amp;gt;Cu&amp;lt;sub&amp;gt;δ&amp;lt;/sub&amp;gt;)C&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; MAX Phase Solid Solutions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Andreas Hoser</w:t>
+                <w:t xml:space="preserve">Synthesis and characterization of a new (Ti 1-ε ,Cu ε ) 3 (Al,Cu)C 2 MAX phase solid solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nechiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Joulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cabioc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01003⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (2), pp.459-466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.09.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04389103v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of a new (Ti 1-ε ,Cu ε ) 3 (Al,Cu)C 2 MAX phase solid solution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Cabioc’h</w:t>
+                <w:t xml:space="preserve">Evidence for Symmetry Reduction in Ti&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;(Al&amp;lt;sub&amp;gt;1−δ&amp;lt;/sub&amp;gt;Cu&amp;lt;sub&amp;gt;δ&amp;lt;/sub&amp;gt;)C&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; MAX Phase Solid Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Nechiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cabioc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elad Caspi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Rivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hoser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.09.028⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (23), pp.14388-14395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04449714v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation processes of the ω-Al 70 Cu 20 Fe 10 phase synthesized by SPS technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 699, pp.1157 - 1165. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jallcom.2016.12.221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01907492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Key role of electron-phonon interactions in the electronic conductivity of T i 3 Si C 2 : Experiment and ab initio calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nassour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cabioc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Piraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 93 (8), pp.085119. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.085119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04449682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid solution effects in the Ti2Al(C N ) MAX phases: Synthesis, microstructure, electronic structure and transport properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cabioc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 80, pp.421-434. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actamat.2014.07.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Powder metallurgy processing and compressive properties of Ti3AlC2/Al composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.J. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.P. Bei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.. Laplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 530, pp.168-173. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.msea.2011.09.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04756149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Ternary Nanolaminate Carbide: Ti 3 SnC 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cabioc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Dubois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Cabioc'H</w:t>
+                <w:t xml:space="preserve">Patrick Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Chartier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jaouen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 90 (8), pp.2642-2644. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1551-2916.2007.01766.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04445080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, microstructural characterization and transport properties of ternary nanolaminated carbide Ti2NbAlC1.82</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les enjeux de la réutilisation de l’Inconel 625 dans la fabrication additive par fusion laser sur lit de poudres pour la production de pieces d’équipements navals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léandra Hereil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Patrick Chartier</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Metton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erny C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49th International Conference and Exposition on Advanced Ceramics and Composites</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05353971v1</w:t>
+              <w:t xml:space="preserve">La Métallurgie, Quel avenir !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of ternary nanolaminated carbide Ti2NbAlC1.82</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthèse, caractérisation microstructurale et propriétés physiques d’un nouveau carbure ternaire nanostructuré : la phase MAX (Ti2Nb)AlC1.82</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Berrabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cabioc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">THERMEC 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05357909v1</w:t>
+              <w:t xml:space="preserve">La Métallurgie, Quel Avenir !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal properties of carbon-reinforced copper matrix composites produced by powder metallurgy route</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">High-temperature oxidation of Cr2AlC MAX phase: towards a better understanding of the relationship between synthesis process, microstructure and oxidation mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Zuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gonzalez-Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ouisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">THERMEC 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05357901v1</w:t>
+              <w:t xml:space="preserve">11th International Symposium On High-Temperature Corrosion and Protection of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Les Embiez, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of ternary nanolaminated carbide Ti2NbAlC1.82</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nitruration plasma à température modérée d’alliages à haute entropie AlxCoCrFeNi synthétisés par compaction isostatique à chaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Gazagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Dubois</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Patrick Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Technology</w:t>
-[...819 lines deleted...]
-              <w:t xml:space="preserve">Matériaux 2022</w:t>
+              <w:t xml:space="preserve">Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
-[...52 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Frapper</w:t>
-[...183 lines deleted...]
-                <w:t xml:space="preserve">hal-05354009v1</w:t>
+                <w:t xml:space="preserve">hal-05344632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the mechanical properties of a Cu/CF composite with Zrc interphase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Charteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Audurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euro Powder Metallurgy 2023 Congress &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Lisbon (Portugal), Portugal. European Powder Metallurgy Association, 6 p., 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.59499/EP235754770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04473469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Temperature Oxidation Of Cr2AlC MAX Phase Produced By Different Powder Metallurgy Routes: Study Of The Relationship Between Microstructure And Oxidation Resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gonzalez-Julian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euro Powder Metallurgy 2023 Congress &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Lisbonne, Portugal. EPMA, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.59499/EP235763879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04373138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis by powder metallurgy and microstructural characterizations of Cu-Zr/CF composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Charteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Audurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Powder Metallurgy congress 2023 (EURO PM2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Lisbonne, Portugal. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05358170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5018,105 +5018,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matériaux complexes mis en œuvre par métallurgie des poudres : relations procédés-microstructures-propriétés Cas des composites et des phases ternaires nano-lamellaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique [physics]. Université de poitiers, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05358210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId148"/>
+      <w:footerReference w:type="default" r:id="rId147"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5263,51 +5263,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343182v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Berrabah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cabioc'H" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chartier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343157v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andra Hereil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Metton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erny C." TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343590v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Zuber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gonzalez-Julian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ouisse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344632v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gazagne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dubois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pichon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312087v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabioc'H" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Epifano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117894" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365613v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Aouchiche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Eyidi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Nechiche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dubois" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100530" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514727v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2024.100561" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370387v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zuber" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.05.012" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365627v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coupeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O. Renault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.08.013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830059v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2021.12.057" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464699v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Yu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Levraut" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.01.042" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782519v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wenbo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenzhe Jia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Guo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyang Ma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengcheng Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.02.014" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481033v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Drouelle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cormier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Villechaise" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sallot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.154062" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100621v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drouelle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Villechaise" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16780" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907585v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joseph" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Bonneville" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.09.025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389103v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Nechiche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cabioc&#8217;h" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elad Caspi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Rivin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hoser" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449714v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nechiche" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mauchamp" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabioc&#8217;h" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.09.028" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9PVSBQB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907492v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joseph" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Monchoux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brisset" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.12.221" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK17HN0V-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449682v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nassour" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabioch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piraux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.085119" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490548v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Magne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gence" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.07.064" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756149v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Bei" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.. Laplanche" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonneville" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2011.09.068" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THKQ50X4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445080v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jaouen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2007.01766.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0Q9MMXHP-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353971v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357909v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357901v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Charteau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Audurier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353962v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353939v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Parry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Renault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353988v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357920v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353931v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ouisse" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357933v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357885v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Drouelle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358184v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358190v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frapper" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354009v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473469v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Audurier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59499/EP235754770" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373138v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59499/EP235763879" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358170v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05358210v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353971v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Berrabah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cabioc'H" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chartier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357909v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357901v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Charteau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Audurier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353962v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353939v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Zuber" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coupeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Parry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Renault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353988v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357920v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353931v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gonzalez-Julian" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ouisse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357933v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gazagne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dubois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358184v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pichon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354009v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358190v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frapper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357885v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Drouelle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Levraut" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312087v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabioc'H" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Epifano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117894" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365613v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Aouchiche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Eyidi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Nechiche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dubois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100530" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514727v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2024.100561" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370387v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zuber" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ouisse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.05.012" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365627v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O. Renault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.08.013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830059v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2021.12.057" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464699v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Yu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.01.042" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782519v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wenbo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenzhe Jia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Guo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyang Ma" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengcheng Zhang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.02.014" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481033v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Drouelle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cormier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Villechaise" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sallot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.154062" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100621v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drouelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Villechaise" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16780" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907585v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joseph" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Bonneville" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.09.025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449714v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nechiche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mauchamp" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulain" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabioc&#8217;h" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.09.028" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9PVSBQB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389103v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Nechiche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cabioc&#8217;h" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elad Caspi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Rivin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hoser" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907492v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joseph" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Monchoux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brisset" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.12.221" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK17HN0V-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449682v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nassour" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piraux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.085119" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490548v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Magne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gence" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.07.064" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756149v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. Wang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Bei" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.. Laplanche" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonneville" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2011.09.068" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THKQ50X4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445080v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jaouen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2007.01766.x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0Q9MMXHP-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343157v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andra Hereil" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Metton" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erny C." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343182v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343590v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344632v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473469v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Audurier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59499/EP235754770" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373138v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59499/EP235763879" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358170v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05358210v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>