--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -447,2326 +447,2326 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Repenser le régime de protection des animaux sauvages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Florilèges du droit de l’environnement, J.-P. Boivin, N. Foulquier et C. Huglo (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Mémoire du Droit, p. 223, 2024, 9782845390645</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Observations sous l'arrêt GN (Motif de refus fondé sur l’intérêt supérieur de l’enfant)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurisprudence de la CJUE 2023. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bruylant, 2024, 9782802775355</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04950904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, La Mémoire du Droit, p. 223, 2024, 9782845390645</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2023. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2024, 9782802775355</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2024, 9782802775355</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Article 1 – Dignité humaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Charte des droits fondamentaux de l’Union européenne. Commentaire article par article, F. Picod, C. Rizcallah et S. Van Drooghenbroeck (dir.), 3ème édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, p. 41, 2023, 9782802770138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Hongrie / Parlement et Conseil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2022. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2023, 9782802773399</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt S.C.R.L. (Vêtement à connotation religieuse)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2022. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2023, 9782802773399</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table ronde – Le droit de l’animal comme champ disciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Magnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Marguénaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Sueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mutations contemporaines du droit de l’animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DICE Éditions, pp.11-25, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.dice.14885⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Perrot</w:t>
+                <w:t xml:space="preserve">hal-04983486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Braathens Regional Aviation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2021. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2022, 9782802771722</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les droits de l’homme et la lutte contre les pollutions en droit de l’Union européenne. De l’importance de distinguer entre utilisation et utilité de la Charte des droits fondamentaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C. Boiteux-Picheral (dir.), Les droits de l’homme face aux risques pour l’humanité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LexisNexis, p. 143, 2022, 9782711036707</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Komisia za zashtita ot diskriminatsia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2021. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2022, 9782802771722</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donner aux animaux n’est pas prendre aux hommes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les transformations du droit, Mélanges en l’honneur du professeur François Colly, V. Bouhier et D. Houtcieff (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Mémoire Du Droit, p. 377, 2021, 9782845390560</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Veselības ministrija</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2020. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2021, 9782802769477</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les extraterrestres, sujets de droits ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jérôme Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...34 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Marguénaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droits des êtres humains et droits des autres entités : une nouvelle frontière ?,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare et Martin, pp.249-256., 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, p. 41, 2023, 9782802770138</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03970208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Centraal Israëlitisch Consistorie van België e.a.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2020. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2021, 9782802769477</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2023, 9782802773399</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Rayonna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2019. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2020, 9782802766469</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2023, 9782802773399</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’extension de la titularité des droits et principes consacrés par la Charte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dix ans de la Charte des droits fondamentaux de l’Union européenne. Bilan et perspectives, R. Tinière et C. Vial (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, p. 377, 2020, 9782802766186</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2022, 9782802771722</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Haqbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2019. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2020, 9782802766469</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, LexisNexis, p. 143, 2022, 9782711036707</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La contribution du concept de sécurité environnementale à la sauvegarde de la planète et de l’humanité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La sécurité : mutations et incertitudes, Mustapha Afroukh, Christophe Maubernard et Claire Vial (dir.), Actes du colloque des 19 et 20 octobre 2017 à l’Université de Montpellier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Universitaire Varenne, p. 125, 2019, 9782370322043</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2022, 9782802771722</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Liga van Moskeeën en Islamitische Organisaties Provincie Antwerpen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2018. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2019, 9782802763284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Mare et Martin, pp.249-256., 2021</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Menci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2018. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2019, 9782802763284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2021, 9782802769477</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt G4S Secure Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2017. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2018, 9782802760733</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, La Mémoire Du Droit, p. 377, 2021, 9782845390560</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire de l’article 13 de la Déclaration Universelle des Droits de l’Humanité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déclaration universelle des droits de l’humanité. Commentaire article par article, Christian Huglo et Fabrice Picod (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, p. 103, 2018, 9782802761112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2021, 9782802769477</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt C.K.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2017. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2018, 9782802760733</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2020, 9782802766469</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un paradoxe cohérent et surmontable : le difficile respect de l’État de droit dans l’Union (des États) de droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges en l’honneur de Frédéric Sudre. Les droits de l’homme à la croisée des droits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LexisNexis, p. 823, 2018, 9782711029082</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2020, 9782802766469</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Ledra Advertising / Commission et BCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2016. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2017, 9782802758105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, p. 377, 2020, 9782802766186</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt N</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2016. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2017, 9782802758105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Institut Universitaire Varenne, p. 125, 2019, 9782370322043</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt JZ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2016. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2017, 9782802758105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2019, 9782802763284</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Meroni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2016. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2017, 9782802758105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2019, 9782802763284</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt CHEZ Razpredelenie Bulgaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2015. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2016, 9782802753766</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2018, 9782802760733</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2015. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2016, 9782802753766</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, p. 103, 2018, 9782802761112</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observations sous l'arrêt Deutsche Bahn e.a. / Commission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence de la CJUE 2015. Décisions et commentaires, F. Picod (dir.), Coll. Droit de l’Union européenne – Grands arrêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, 2016, 9782802753766</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, 2018, 9782802760733</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les initiatives citoyennes : le bon exemple n’est pas français mais européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théorie et pratique du droit public. En hommage à Olivier Févrot, V. BOUHIER, N. FOULQUIER, F. ROLIN (dir.), Université Evry – Val d’Essonne, le 20 novembre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Mémoire du Droit, p. 3, 2016, 9782845390386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...482 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04951486v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-04951420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’obligation de sécurité au droit à la sécurité dans l’Union européenne ?</w:t>
               </w:r>
@@ -3425,523 +3425,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Propos introductifs : L'autonomie du système de protection des droits fondamentaux de l’Union européenne en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tinière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La protection des droits fondamentaux dans l’Union européenne : entre évolution et permanence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEDECE-Association d'Etudes Européennes; Institut de droit européen des droits de l’homme (IDEDH – EA 3976), Jun 2014, Montpellier, France. pp.9-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Au soutien de la protection de l’animal, le classement de l’animal transcatégoriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ranger l’animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, E. De Mari; D. Taurisson-Mouret, Dec 2013, Montpellier, France. p. 21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...47 lines deleted...]
-              <w:t xml:space="preserve">, CEDECE-Association d'Etudes Européennes; Institut de droit européen des droits de l’homme (IDEDH – EA 3976), Jun 2014, Montpellier, France. pp.9-42</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subsidiarité et Union européenne, de l’équivalence à l’adhésion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le principe de subsidiarité au sens du droit de la Convention européenne des droits de l’homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, F. Sudre, Oct 2013, Montpellier, France. p. 331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, F. Sudre, Oct 2013, Montpellier, France. p. 331</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Union européenne et la gestion des crises énergétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vers une politique européenne de l’énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C. Blumann, Nov 2010, Paris, France. p. 213</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04957545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La méthode d’ajustement de la Cour de justice de l’Union européenne : quand indépendance rime avec équivalence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Charte des droits fondamentaux de l’Union européenne et Convention européenne des droits de l’homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C. Picheral; L. Coutron, Oct 2011, Montpellier, France. p. 93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04957588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les interactions normatives dans le domaine environnemental. La relation symbiotique entre le droit de l’Union européenne et le droit international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les interactions normatives. Droit de l’Union européenne et droit international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L. Burgorgue-Larsen; E. Dubout; A. Maitrot de la Motte; S. Touzé, Feb 2011, Paris, France. p. 249</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04957577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’utilisation des faits économiques en matière de protection de l’environnement : une comparaison des jurisprudences de la CJUE et de la Cour EDH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les utilisations des faits économiques dans le droit de l’Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, P. Maddalon, May 2011, Paris, France. p. 66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04957531v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-04957577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travail et Droit à un environnement sain</w:t>
               </w:r>
@@ -4682,3456 +4682,3456 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04961001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Animaux sauvages dans les cirques, chasse à courre : que demande le peuple ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 1, p. 165</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La ferme garantie du principe de non-discrimination, en particulier s’agissant de la religion, in Chronique Droits fondamentaux - Année 2021, R. Tinière (dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp. 222-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04983536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Animaux sauvages dans les cirques, chasse à courre : que demande le peuple ?</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libre circulation des marchandises : harmonisation des législations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Picod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JurisClasseur Europe Traité [Encyclopédie juridique Juris-classeur]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, fasc. 555</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fragile victoire des oiseaux dans le contentieux relatif aux chasses traditionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n° 1, p. 165</w:t>
+              <w:t xml:space="preserve">, 2021, n° 2, p. 155</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Libre circulation des marchandises : harmonisation des législations</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection du bien-être animal par la Cour de justice de l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 651, pp.461</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03330734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chasse à la glu : est-il encore judicieux et acceptable de coller des oiseaux dans les arbres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 2, p. 169</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le regrettable sauvetage des écoles de tauromachie françaises par le juge administratif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 1, p. 167</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De plus amples précisions s’agissant du droit à une protection juridictionnelle effective, in Chronique Droits fondamentaux - Année 2020, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp. 454-460</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le respect de l’État de droit dans l’Union : toujours plus d’inquiétudes mais aussi quelques notes d’espoir, in Chronique Droits fondamentaux - Année 2020, R Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp. 432-442</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">État des relations avec le droit de la Convention européenne des droits de l'homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tinière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2018, pp.433-439</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Cour de justice, l’animal assommé et l’homme pieux, Observations sous C.J.U.E., 29 mai 2018, Liga van Moskeeën en Islamitische Organisaties Provincie Antwerpen e.a., aff. C-426/16</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle des droits de l'homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 117, p. 179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La défense de l’État de droit au sein de l’Union européenne, une réponse globale à une menace globale, in Chronique Droits fondamentaux - Année 2019, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp. 425-433</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éthique animale, règle de droit et éthique de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de Poléthis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 1, p. 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question non posée : quelle différence entre un rite de mise à mort et un abattage réalisé conformément à un rite ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 1-2, p. 113</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04950985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uchronie et droits fondamentaux : Et si les animaux avaient des droits fondamentaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le respect du droit de propriété, beaucoup plus largement de la Charte et de l’office du juge de l’Union en matière de protection des droits fondamentaux, in Chronique Droits fondamentaux - Année 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp. 457-463</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chasse, pratique locale, tolérance administrative et tradition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 1, p. 125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthodes de capture traditionnelles : les petits oiseaux englués dans le droit et ses contradictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la diversité des droits comparés à l’harmonisation par le droit européen, in L’abattage sans étourdissement, L. Boisseau-Sowinski et J.-P. Marguénaud (dir.), Actes du colloque du 10 mai 2019, Brive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 2, p. 437</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La complémentarité des contrôles politique et juridictionnel aux fins du respect de l’État de droit dans l’Union, in Chronique Droits fondamentaux - Année 2018, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp. 439-446</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dernier épisode de la dernière saison de la série sur le respect de l’État de droit en Pologne : suspense…, in Chronique Droits fondamentaux - Année 2017, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp. 525-529</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chasse à courre et droit de chasse, de suite, de tuer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 1, p. 103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’animal en droit européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Picod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JurisClasseur Europe Traité [Encyclopédie juridique Juris-classeur]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, fasc. 555</w:t>
+              <w:t xml:space="preserve">Revue des Affaires européennes/Law European &amp; Affairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 1, p. 7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Fragile victoire des oiseaux dans le contentieux relatif aux chasses traditionnelles</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Débattre sérieusement de la question de l’interdiction de la corrida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n° 2, p. 155</w:t>
+              <w:t xml:space="preserve">, 2017, n° 2, p. 109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 651, pp.461</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marge de manœuvre des pouvoirs publics face aux compétences de l’Union européenne : l’exemple de l’abattage des animaux gestants, in Droits de regard sur l’abattage des animaux d’élevage, Lucille Boisseau-Sowinski (dir.), Actes du colloque des 7 avril et 8 septembre 2017 à l’Université de Limoges, Brive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 2, p. 597</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">État des relations avec le droit de la Convention européenne des droits de l'homme</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Articulation entre les ordres juridiques. L’affaire Taricco II : du « même si » au « sauf si » permettant de concilier principe de primauté et protection des droits fondamentaux, in Chronique Droits fondamentaux - Année 2017, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp. 505-511</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coopération judiciaire en matière pénale et protection des droits fondamentaux : comment faire confiance aux États membres qui se font confiance, mais pas trop, in Chronique Droits fondamentaux - Année 2016, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp. 518-526</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La drôle d’équitation (de tradition, s’il vous plaît !) française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n° 2, p. 117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Énergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Tinière</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bouhier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 2018, pp.433-439</w:t>
+              <w:t xml:space="preserve">, 2016, 2016, p. 915</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le respect de l’État de droit dans l’Union : toujours plus d’inquiétudes mais aussi quelques notes d’espoir, in Chronique Droits fondamentaux - Année 2020, R Tinière (dir.)</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La corrida aux abois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n° 2, p. 99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’hétérogénéité normative de la Charte des droits fondamentaux, in Chronique Droits fondamentaux - Année 2015, R. Tinière (dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp. 432-442</w:t>
+              <w:t xml:space="preserve">, 2015, pp. 432-438</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le regrettable sauvetage des écoles de tauromachie françaises par le juge administratif</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bouhier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2015, p. 853</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport des animaux au sein du marché intérieur : la Cour de justice contrainte d’abandonner les chiens errants à leur triste sort, observations sous l’arrêt de la CJUE du 3 décembre 2015, Pfotenhilfe-Ungarn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Affaires européennes/Law European &amp; Affairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 4, p. 769</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection des animaux durant leur transport vers des États tiers : la Cour de justice est courageuse mais pas téméraire, observations sous l’arrêt de la CJUE du 23 avril 2015, Zuchtvieh-Export</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Affaires européennes/Law European &amp; Affairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 2, p. 419</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04951441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Union européenne, sourde et aveugle, face au grindadráp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, n° 1, p. 167</w:t>
+              <w:t xml:space="preserve">, 2015, n° 1, p. 121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Chasse à la glu : est-il encore judicieux et acceptable de coller des oiseaux dans les arbres ?</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à la non-discrimination, in Chronique Droits fondamentaux - Année 2015, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp. 438-442</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’arrêt Schrems, in Chronique Droits fondamentaux - Année 2015, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp. 444-449</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La corrida et l’enfant. À propos des observations finales du Comité des droits de l’enfant concernant la France (et le Portugal, la Colombie, le Mexique, le Pérou)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, n° 2, p. 169</w:t>
+              <w:t xml:space="preserve">, 2015, n° 2, p. 133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">De plus amples précisions s’agissant du droit à une protection juridictionnelle effective, in Chronique Droits fondamentaux - Année 2020, R. Tinière (dir.)</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le 7ème alinéa de l’article 521-1 du Code pénal : pourquoi plie-t-il, et ne rompt pas (pour l’instant) ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n° 2, p. 139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu’est-ce qu’une course camarguaise ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n° 1, p. 131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’utilisation contentieuse de la Charte des droits fondamentaux de l’Union européenne, in Chronique Droits fondamentaux - Année 2014, R. Tinière (dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp. 454-460</w:t>
+              <w:t xml:space="preserve">, 2014, pp. 347-353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, n° 39</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bouhier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014, p. 767</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Claire Vial</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bouhier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, pp. 457-463</w:t>
+              <w:t xml:space="preserve">, 2013, 2013, p. 709</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, n° 1, p. 16</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’adhésion de l’Union européenne à la Convention européenne des droits de l’homme, in Chronique Droits fondamentaux - Année 2013, R. Tinière (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp. 339-345</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La question non posée : quelle différence entre un rite de mise à mort et un abattage réalisé conformément à un rite ?</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’inscription de la corrida au patrimoine culturel immatériel à son inscription immatérielle au patrimoine culturel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n° 1-2, p. 113</w:t>
+              <w:t xml:space="preserve">, 2013, n° 2, p. 97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Claire Vial</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04958520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coq de combat ou dindon de la farce ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, n° 1, p. 111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04958504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilan de vingt ans de rapprochement des législations nationales : le marché intérieur des marchandises se porte bien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Affaires européennes/Law European &amp; Affairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, n° 1, p. 43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04957534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bouhier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, pp. 425-433</w:t>
+              <w:t xml:space="preserve">, 2012, 2012, pp.853-859</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...2298 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04983495v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-04957534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La disparition programmée de l’indéfendable corrida</w:t>
               </w:r>
@@ -9435,51 +9435,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04782738v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tini&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vial" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr/droit-union-europeenne-droits-fondamentaux-9782802751090.html#product.info.tab.summary" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946686v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margu&#233;naud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04858294v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Afroukh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maubernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958215v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950904v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950885v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950891v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983486v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Magnon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sueur" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.dice.14885" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945384v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950856v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950866v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950846v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950836v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950842v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03970208v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Delage" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950828v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945579v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950831v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950826v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950822v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950815v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945419v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945566v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945560v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951056v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951089v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951047v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951072v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951156v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951117v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951137v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951126v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951428v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951486v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951431v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951420v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951477v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951446v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951465v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951518v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951453v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946691v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945515v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950929v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952077v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Jallamion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fabre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951977v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951504v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956406v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957531v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957545v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957588v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957577v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957605v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05446244v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boiteux-Picheral" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962575v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962580v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996104v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962568v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961014v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983538v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960978v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961001v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983536v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960955v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960943v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Picod" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960967v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03330734v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781856v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983534v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960886v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960923v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983535v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946705v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983533v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950914v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950985v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983532v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945445v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gonzalez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960234v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269408v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946675v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983530v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960202v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983529v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951103v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960221v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960192v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983527v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983523v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960131v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983501v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouhier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960165v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960103v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983512v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983499v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951407v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951441v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983514v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960123v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983516v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960061v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960088v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983511v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983498v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958504v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958520v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983510v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983496v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983495v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957534v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958485v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983494v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983507v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983503v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957613v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957633v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958168v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958177v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958174v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958184v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958189v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958219v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958226v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958230v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009831v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04782738v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tini&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vial" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr/droit-union-europeenne-droits-fondamentaux-9782802751090.html#product.info.tab.summary" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946686v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margu&#233;naud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04858294v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Afroukh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maubernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958215v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950885v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950904v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950891v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945384v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950856v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950866v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983486v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Magnon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sueur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.dice.14885" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950842v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950836v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950846v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945579v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950831v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03970208v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Delage" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950828v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950822v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950815v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950826v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945419v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945566v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945560v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951056v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951089v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951047v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951072v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951156v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951117v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951137v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951126v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951431v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951420v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951428v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951486v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951477v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951446v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951465v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951518v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951453v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946691v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945515v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950929v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952077v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Jallamion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fabre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951504v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951977v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956406v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957545v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957588v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957577v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957531v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957605v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05446244v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boiteux-Picheral" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962575v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962580v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996104v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962568v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961014v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983538v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960978v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961001v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960955v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983536v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960943v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Picod" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960967v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03330734v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960923v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960886v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983535v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983534v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781856v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945445v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gonzalez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983532v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950914v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04950985v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946705v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983533v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960234v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269408v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946675v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983530v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960202v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951103v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960221v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960192v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983527v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983523v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960131v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983501v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouhier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960165v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983512v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983499v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951407v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951441v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960103v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983514v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983516v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960123v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960088v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960061v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983511v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983498v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983496v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983510v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958520v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958504v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957534v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983495v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958485v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983494v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983507v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983503v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957613v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04957633v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958168v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958177v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958174v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958184v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958189v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958219v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958226v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958230v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009831v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>