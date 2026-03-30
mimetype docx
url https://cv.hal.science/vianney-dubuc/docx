--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -469,51 +469,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyphonic utterance and construction of an unreliable speaker in Tristan Corbière's Les Amours jaunes</w:t>
+                <w:t xml:space="preserve">Polyphonie énonciative et construction d’un locuteur non fiable dans Les Amours jaunes de Tristan Corbière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Dubuc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Tristan Corbière</w:t>
             </w:r>
             <w:r>
@@ -530,52 +530,925 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le poète et le facteur : le jeu d’adresse des Récréations postales de Mallarmé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche "Comment étudier les OLNIs ? Réflexions méthodologiques et épistémologiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Jean Moulin - Lyon 3; Ecole Normale Supérieure de Lyon; Université Sorbonne Nouvelle - Paris 3; IHRIM - Institut d'Histoire des Représentations et des Idées dans les modernités (UMR 5317); Marge (UR 3712); THALIM (UMR 7172), May 2026, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dire &amp;quot;je&amp;quot; et introduction à l’égologie : le cas de l’hybridation du sujet lyrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mazel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Charnières : "je" pluriels, "je" hybrides (XVIIIe siècle-premier XXe siècle) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Grenoble Alpe, Dec 2025, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’invention d’un &amp;quot;dandysme de la gueuserie&amp;quot; : stylistique et politique du mauvais goût dans La Chanson des gueux (1876) de Jean Richepin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche Gouach’ (Goût : Actualités et construction historique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'Histoire des Représentations et des Idées dans les modernités (IHRIM); Université Jean Moulin - Lyon 3; Ecole Normale Supérieure de Lyon, Feb 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivre et écrire comme un autre : postures énonciatives et plurilinguisme au début des années 1870</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude "Vivre en poète"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Normale Supérieure de Lyon; Université Lumière Lyon 2, Nov 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Circulation des discours dans le poème : l’oblitération du sujet lyrique dans les œuvres de Corbière et de Rimbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès biennal de l’International Network for the Study of Lyric (INSL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Network for the Study of Lyric; Université du Québec à Montréal (UQAM), Jun 2025, Montréal (Québec), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relire la poésie du XIXe siècle avec Bakhtine : idéologie, polyphonie et stylistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche "Philosophie française au XIXe siècle"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'Histoire des Représentations et des Idées dans les modernités (IHRIM); Ecole Normale Supérieure de Lyon, Mar 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des styles en poésie : émergence de l’hétérogénéité stylistique et du plurilinguisme social dans la poésie lyrique versifiée (1870-1885)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche "Le style en (icono)texte : littérature et bande dessinée"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Université - Paris 4, Oct 2025, Maison de la recherche, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que la défaite fait à la poésie. Le sujet lyrique face à la défaite de 1870 : étude de la posture énonciative de témoin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ce que la guerre fait à la poésie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de Recherche Internationale de Poésie (CRIP); Institut National d'Histoire de l'Art (INHA), Nov 2024, Paris INHA, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question de la polyphonie : enjeux de la notion et défis pour une stylistique de l’énonciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier de méthodologie de la recherche en stylistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Internationale de Stylistique, Apr 2024, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une approche énonciative de la poésie lyrique : mise au point sur la &amp;quot;lyricologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude "Littératures et arts des XIXe et XXe siècles" des doctorants de l’Institut d’Histoire des Représentations et des Idées dans les Modernité (IHRIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d’Histoire des Représentations et des Idées dans les Modernité (IHRIM - UMR 5317)); Ecole Normale Supérieure de Lyon, May 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une approche stylistique de la subjectivité : la question de l’interdisciplinarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Se chercher dans sa recherche : la thèse comme entre-deux (Doctoriales de l’ED 3LA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole doctorale 3LA; Musée des Beaux-arts de Lyon, Jun 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion d’oblitération ou comment articuler subjectivité et objectivité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Se) représenter sa recherche : figures de soi, figures de l'autre (Doctoriales de l’ED 3LA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Doctorale 3LA; Université Jean Moulin - Lyon 3, Jun 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -643,51 +1516,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E2FB7D6D"/>
+    <w:nsid w:val="648AA23D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -791,51 +1664,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0C2B77F2"/>
+    <w:nsid w:val="E188C1AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -939,51 +1812,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8538659E"/>
+    <w:nsid w:val="8F66D3AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1087,51 +1960,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="0DD96B35"/>
+    <w:nsid w:val="96FD477A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1327,51 +2200,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vianney-dubuc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ihrim.ens-lyon.fr/auteur/dubuc-vianney" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/s414882" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://direje.hypotheses.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/itineraires/16596" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528578v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Dubuc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18796-7.p.0087" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vianney-dubuc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ihrim.ens-lyon.fr/auteur/dubuc-vianney" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/s414882" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://direje.hypotheses.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/itineraires/16596" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528578v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Dubuc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18796-7.p.0087" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563719v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563733v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563717v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563730v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563721v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563718v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563725v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563715v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563628v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563710v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563713v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563591v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>