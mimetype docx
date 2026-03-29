--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -232,256 +232,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05453352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling Energy Consumption in Deep Learning Architectures Using Power Laws</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intelligent Agents: Where Is the Web?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th European Conference on Artificial Intelligence (ECAI-2025)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Second International Workshop on Hypermedia Multi-Agent Systems (HyperAgents 2025) - ECAI 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Bologne, Italy. pp.1-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04977474v2</w:t>
+                <w:t xml:space="preserve">hal-05350520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligent Agents: Where Is the Web?</w:t>
+                <w:t xml:space="preserve">Sobriété et responsabilité de l’IA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second International Workshop on Hypermedia Multi-Agent Systems (HyperAgents 2025) - ECAI 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Bologne, Italy. pp.1-9</w:t>
+              <w:t xml:space="preserve">Défis et recherche en IA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Gardanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05350520v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-05080513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sobriété et responsabilité de l’IA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling Energy Consumption in Deep Learning Architectures Using Power Laws</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Zoubeirou a Mayaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Défis et recherche en IA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th European Conference on Artificial Intelligence (ECAI-2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Bologne, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/FAIA250900⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-05080513v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977474v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Less Is MuRE: Revisiting Shallow Knowledge Graph Embeddings</w:t>
               </w:r>
@@ -1204,126 +1204,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04827151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Information and Interactions on the Web</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FB15k-CVT: A Challenging Dataset for Knowledge Graph Embedding Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Iferroudjene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dagstuhl Seminar 23081 Agents on the Web</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Wadern, Germany. pp.80-81</w:t>
+              <w:t xml:space="preserve">NeSy 2023, 17th International Workshop on Neural-Symbolic Learning and Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Siena, Italy. pp.381-394</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-04240311v1</w:t>
+                <w:t xml:space="preserve">emse-04081543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FB15k-CVT: A Challenging Dataset for Knowledge Graph Embedding Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouloud Iferroudjene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1338,316 +1364,290 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SeReCo Summer Workshop 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Waischenfeld, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04138834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FB15k-CVT: A Challenging Dataset for Knowledge Graph Embedding Models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lifecycle Assessment of a Machine Learning Algorithm: A Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeSy 2023, 17th International Workshop on Neural-Symbolic Learning and Reasoning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Siena, Italy. pp.381-394</w:t>
+              <w:t xml:space="preserve">GreenDays2023@Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-04081543v1</w:t>
+                <w:t xml:space="preserve">emse-04060463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Many Dimensions for your Latent Model? A Cross-Domain Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data&amp;IA@IMT webinar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04219130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifecycle Assessment of a Machine Learning Algorithm: A Case Study</w:t>
+                <w:t xml:space="preserve">On Information and Interactions on the Web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GreenDays2023@Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Dagstuhl Seminar 23081 Agents on the Web</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Wadern, Germany. pp.80-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04060463v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04240311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular Knowledge integration for Smart Building Digital Twins</w:t>
               </w:r>
@@ -3450,51 +3450,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453352v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Raveendran Nair Sheela" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence De Grancey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Charpenay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.439.24" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977474v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Zoubeirou a Mayaki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA250900" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350520v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05080513v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318294v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Schockaert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.emnlp-main.779" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05163532v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497968v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765079v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zimmermann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619042v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2024/364" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04636109v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou Hannou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04636364v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04827151v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04240311v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04138834v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Iferroudjene" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04081543v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219130v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04060463v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tanguy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04086955v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Fatokun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamer Mecharnia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04060174v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Baldoni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Ciortea" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Cranefield" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Padget" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49133-7_4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187236v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03609556v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boissier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3487553.3524243" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795272v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gwenn Bosser" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Ermakova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dupin de Saint-Cyr" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Loor" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03845047v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03609291v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias K&#228;fer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Harth" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-97457-2_3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03260464v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469983v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thabang Lebese" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04994032v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03352217v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03352228v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764936v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jouvelot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3699954" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159987v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03619529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453352v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Raveendran Nair Sheela" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence De Grancey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Charpenay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.439.24" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350520v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05080513v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977474v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Zoubeirou a Mayaki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA250900" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318294v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Schockaert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.emnlp-main.779" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05163532v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497968v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765079v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zimmermann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619042v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2024/364" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04636109v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou Hannou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04636364v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04827151v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04081543v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Iferroudjene" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04138834v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04060463v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tanguy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219130v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04240311v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04086955v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Fatokun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamer Mecharnia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04060174v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Baldoni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Ciortea" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Cranefield" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Padget" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49133-7_4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187236v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03609556v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boissier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3487553.3524243" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795272v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gwenn Bosser" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Ermakova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dupin de Saint-Cyr" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Loor" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03845047v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03609291v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias K&#228;fer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Harth" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-97457-2_3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03260464v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469983v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thabang Lebese" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04994032v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03352217v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03352228v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764936v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jouvelot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3699954" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159987v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03619529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>