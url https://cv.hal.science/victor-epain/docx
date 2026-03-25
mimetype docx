--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,645 +100,780 @@
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000-0003-0049-0954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">276523881</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I am a 3rd year PhD student at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Inria Rennes laboratory</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> (FR), at the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenScale team</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">. I am working on genome assembly and scaffolding. For this purpose, I am implementing graphs’ algorithms and graphs’ structures, and formalise these problems thanks to linear programming. I also play the piano. You can find </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> some improvisations ;)</w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed Integer Linear Programming Framework for SAT Variants of the Connected Flow Problem</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A multi-flow approach for binning circular plasmids from short-reads assembly graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Epain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aniket Mane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Della Vedova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Bonizzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Chauve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Epain</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05133695v1</w:t>
+                <w:t xml:space="preserve">hal-05535485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overlap Graphs for Assembling and Scaffolding Algorithms: Paradigm Review and Implementation Proposals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Mixed Integer Linear Programming Framework for SAT Variants of the Connected Flow Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerian Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03878293v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05133695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inverted Repeats Scaffolding for a Dedicated Chloroplast Genome Assembler</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Overlap Graph for Assembling and Scaffolding Algorithms: Paradigm Review and Implementation Proposals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684406v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03815190v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overlap Graph for Assembling and Scaffolding Algorithms: Paradigm Review and Implementation Proposals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Integer Programming Approach for Nested Pairs Genome Scaffolding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rumen Andonov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03815190v3</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integer Programming Approach for Nested Pairs Genome Scaffolding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Overlap Graphs for Assembling and Scaffolding Algorithms: Paradigm Review and Implementation Proposals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumen Andonov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03613353v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Inverted Repeats Scaffolding for a Dedicated Chloroplast Genome Assembler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Epain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lavenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rumen Andonov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Assemblage de Novo de Longues Lectures Par Programmation Linéaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumen Andonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hristo Djidjev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lavenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -748,594 +883,697 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global exact optimisations for chloroplast structural haplotype scaffolding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumen Andonov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algorithms for Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 19 (5), pp.1-35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13015-023-00243-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04134429v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear integer programming approach for chloroplast genome scaffolding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">DNA fragment assembly, graph structures and chloroplast genome scaffolding : comparative analyses, formulations and implementations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...232 lines deleted...]
-                <w:t xml:space="preserve">hal-03534195v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Other [cs.OH]. Université de Rennes, 2023. English. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2023URENS083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-04516398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mémoire d'étudiant (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration du positionnement de fragments ADN pour réalisation de séquences consensus dans le contexte de l’assemblage de novo de longues lectures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Linear integer programming approach for chloroplast genome scaffolding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03119772v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rumen Andonov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Optimal Scaffolding for Chloroplasts' Inverted Repeats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Epain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rumen Andonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lavenier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JOBIM2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal de novo assemblies for chloroplast genomes based on inverted repeats patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rumen Andonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Epain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lavenier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BiATA 2021 - 4th International conference Bioinformatics: from Algorithms to Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, St. Petersbourg, Russia. pp.1-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03534195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mémoire d'étudiant (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélioration du positionnement de fragments ADN pour réalisation de séquences consensus dans le contexte de l’assemblage de novo de longues lectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Epain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bio-informatique [q-bio.QM]. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03119772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De novo long reads assembly using integer linear programming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Epain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Operations Research [math.OC]. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02413832v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId32"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1403,51 +1641,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A3825DED"/>
+    <w:nsid w:val="8E5B9970"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1634,51 +1872,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/victor-epain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0049-0954" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inria.fr/en/inria-centre-rennes-university" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://team.inria.fr/genscale/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@professeurchep" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://social.sciences.re/@vepain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133695v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Epain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerian Thuillier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03878293v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumen Andonov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03684406v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lavenier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03815190v3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03613353v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007132v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hristo Djidjev" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04134429v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13015-023-00243-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558978v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03625229v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03534195v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03119772v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02413832v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/victor-epain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0049-0954" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/276523881" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inria.fr/en/inria-centre-rennes-university" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://team.inria.fr/genscale/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@professeurchep" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://social.sciences.re/@vepain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535485v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Epain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniket Mane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Della Vedova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonizzoni" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chauve" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133695v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerian Thuillier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03815190v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03613353v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumen Andonov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03878293v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03684406v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lavenier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007132v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hristo Djidjev" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04134429v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13015-023-00243-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04516398v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023URENS083" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558978v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03625229v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03534195v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03119772v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02413832v3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>